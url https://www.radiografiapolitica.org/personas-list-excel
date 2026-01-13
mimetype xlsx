--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -869,60 +869,60 @@
   <si>
     <t>/img/perfiles/1751473773-Christian-Troya.jpeg</t>
   </si>
   <si>
     <t>Christian Eduardo</t>
   </si>
   <si>
     <t>Troya Macías</t>
   </si>
   <si>
     <t>/img/perfiles/1751473746-Christian-Troya-detail.jpeg</t>
   </si>
   <si>
     <t>/img/perfiles/1751473703-Iván-Morales.jpeg</t>
   </si>
   <si>
     <t>Iván Andrés</t>
   </si>
   <si>
     <t>Morales Revelo</t>
   </si>
   <si>
     <t>/img/perfiles/1751473672-Iván-Morales-detail.jpeg</t>
   </si>
   <si>
-    <t>/img/perfiles/1751473630-Luis-Mejía.jpeg</t>
+    <t>/img/perfiles/1765492457-Luis-Mejía.jpg</t>
   </si>
   <si>
     <t>Luis Enrique</t>
   </si>
   <si>
     <t>Mejía López</t>
   </si>
   <si>
-    <t>/img/perfiles/1751473587-Luis-Mejía-detail.jpeg</t>
+    <t>/img/perfiles/1765492254-Luis-Mejía-detail.jpg</t>
   </si>
   <si>
     <t>Candidata a Vicepresidenta de la República por el Partido Social Cristiano</t>
   </si>
   <si>
     <t>Candidato (a) a Vicepresidente de la República</t>
   </si>
   <si>
     <t>/img/perfiles/1735765405-Dallyana-Passailaigue.png</t>
   </si>
   <si>
     <t>Partido Social Cristiano</t>
   </si>
   <si>
     <t>https://www.facebook.com/DallyanaPassailaigue</t>
   </si>
   <si>
     <t>https://x.com/dallyanapass</t>
   </si>
   <si>
     <t>Dallyana Marianela</t>
   </si>
   <si>
     <t>Passailaigue Manosalvas</t>
   </si>