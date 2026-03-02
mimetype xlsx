--- v1 (2026-01-13)
+++ v2 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2304">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2405">
   <si>
     <t>Metadatos</t>
   </si>
   <si>
     <t>Email contacto datos abiertos:</t>
   </si>
   <si>
     <t>info@ciudadaniaydesarrollo.org</t>
   </si>
   <si>
     <t>Autor datos abiertos:</t>
   </si>
   <si>
     <t>Fundación Ciudadanía y Desarrollo</t>
   </si>
   <si>
     <t>Licencia datos abiertos:</t>
   </si>
   <si>
     <t>Creative Commons Attribution Share-Alike 4.0 (CC-BY-SA-4.0)</t>
   </si>
   <si>
     <t>Datos</t>
   </si>
   <si>
@@ -92,89 +92,434 @@
   <si>
     <t>name</t>
   </si>
   <si>
     <t>lastname</t>
   </si>
   <si>
     <t>img</t>
   </si>
   <si>
     <t>funcion_estado_id</t>
   </si>
   <si>
     <t>funcion_estado</t>
   </si>
   <si>
     <t>estado_cargo</t>
   </si>
   <si>
     <t>institucion</t>
   </si>
   <si>
     <t>es_candidato</t>
   </si>
   <si>
+    <t>Miembro del Equipo Técnico para el concurso público de méritos y oposición para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Miembro del Equipo Técnico para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1771859056-Samantha-Carrera.jpeg</t>
+  </si>
+  <si>
+    <t>Samantha Belén</t>
+  </si>
+  <si>
+    <t>Carrera Sánchez</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1771858822-Samantha-Carrera-detail.jpeg</t>
+  </si>
+  <si>
+    <t>Judicial</t>
+  </si>
+  <si>
+    <t>Funcionario</t>
+  </si>
+  <si>
+    <t>Miembro del Equipo Técnico para el Concurso Público de Méritos y Oposición para la Selección y Designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1771528231-Diego-Carlosama.jpeg</t>
+  </si>
+  <si>
+    <t>Diego Fernando</t>
+  </si>
+  <si>
+    <t>Carlosama Collaguazo</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1771527533-Diego-Carlosama-detail.jpeg</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1771522222-Sandra-Armijos.jpeg</t>
+  </si>
+  <si>
+    <t>Sandra Margarita</t>
+  </si>
+  <si>
+    <t>Armijos Mijas</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1771520281-Sandra-Armijos-detail.jpeg</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1770862885-Diana-Rosero.jpg</t>
+  </si>
+  <si>
+    <t>Diana Marvella</t>
+  </si>
+  <si>
+    <t>Rosero Mora</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1770862728-Diana-Rosero-detail.jpg</t>
+  </si>
+  <si>
+    <t>Secretario de la Comisión Ciudadana de Selección para el concurso público de méritos y oposición para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Secretario/a de la Comisión Ciudadana de Selección para el concurso de Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1770786068-David-Soria.jpg</t>
+  </si>
+  <si>
+    <t>David Eduardo</t>
+  </si>
+  <si>
+    <t>Soria Tamayo</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1770785742-David-Soria-detail.jpg</t>
+  </si>
+  <si>
+    <t>Miembro de la Comisión Ciudadana de Selección para el concurso público de méritos y oposición para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Miembro de la Comisión Ciudadana de Selección para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768877867-Marcela-Estrada.jpg</t>
+  </si>
+  <si>
+    <t>Marcela Gladys</t>
+  </si>
+  <si>
+    <t>Estrada Paredes</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768877596-Marcela-Estrada-detail.jpg</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768873966-Cristian-Arpi.jpg</t>
+  </si>
+  <si>
+    <t>Cristian Santiago</t>
+  </si>
+  <si>
+    <t>Arpi Tapia</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768873646-Cristian-Arpi-detail.jpg</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768861233-José-Núñez.jpg</t>
+  </si>
+  <si>
+    <t>José Antonio</t>
+  </si>
+  <si>
+    <t>Núñez Chávez</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768860937-José-Núñez-detail.jpg</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768857921-Zoila-Echeverría.jpg</t>
+  </si>
+  <si>
+    <t>Zoila Amada</t>
+  </si>
+  <si>
+    <t>Echeverría Zambrano</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768857704-Zoila-Echeverría-detail.jpg</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768855654-María-Chacón.jpg</t>
+  </si>
+  <si>
+    <t>María Belén</t>
+  </si>
+  <si>
+    <t>Chacón Cárdenas</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768855075-María-Chacón-detail.jpg</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768850457-Hugo-Ludeña.jpg</t>
+  </si>
+  <si>
+    <t>Hugo Vicente</t>
+  </si>
+  <si>
+    <t>Ludeña Eras</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768850125-Hugo-Ludeña-detail.jpg</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768843821-Wilmer-Delgado.jpg</t>
+  </si>
+  <si>
+    <t>Wilmer Geovanny</t>
+  </si>
+  <si>
+    <t>Delgado Rivadeneira</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768843666-Wilmer-Delgado-detail.jpg</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768841629-Cynthia-Jacho.jpg</t>
+  </si>
+  <si>
+    <t>Cynthia Alexandra</t>
+  </si>
+  <si>
+    <t>Jacho Tipán</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768841250-Cynthia-Jacho-detail.jpg</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768838505-Ericka-Aguaguiña.jpg</t>
+  </si>
+  <si>
+    <t>Ericka Katherine</t>
+  </si>
+  <si>
+    <t>Aguaguiña Moposita</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768838219-Ericka-Aguaguiña-detail.jpg</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768834503-Wellington-Andachi.jpg</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/wandachitrujillo/</t>
+  </si>
+  <si>
+    <t>Wellington Amado</t>
+  </si>
+  <si>
+    <t>Andachi Trujillo</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768833736-Wellington-Andachi-detail.jpg</t>
+  </si>
+  <si>
+    <t>Delegada de la Función de Transparencia y Control Social para conformar la Comisión Ciudadana de Selección para el concurso público de méritos y oposición para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Delegada de la Función de Transparencia para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767890195-Pamela-Garay.jpg</t>
+  </si>
+  <si>
+    <t>Pamela Teresa</t>
+  </si>
+  <si>
+    <t>Garay Mateo</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767889778-Pamela-Garay-detail.jpg</t>
+  </si>
+  <si>
+    <t>Transparencia y Control Social</t>
+  </si>
+  <si>
+    <t>Delegado de la Función de Transparencia y Control Social para conformar la Comisión Ciudadana de Selección para el concurso público de méritos y oposición para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Delegado de la Función de Transparencia para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768948468-Carlos-Guerrero.jpg</t>
+  </si>
+  <si>
+    <t>Carlos Andrés</t>
+  </si>
+  <si>
+    <t>Guerrero Arízaga</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1768948435-Carlos-Guerrero-detail.jpg</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Electoral para conformar la Comisión Ciudadana de Selección para el concurso público de méritos y oposición para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Electoral para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767835097-Maribel-Baldeón.jpg</t>
+  </si>
+  <si>
+    <t>Maribel Rocío</t>
+  </si>
+  <si>
+    <t>Baldeón Andrade</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767834514-Maribel-Baldeón-detail.jpg</t>
+  </si>
+  <si>
+    <t>Electoral</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Electoral para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767816101-Tayron-Valarezo.jpg</t>
+  </si>
+  <si>
+    <t>Tayron Michael</t>
+  </si>
+  <si>
+    <t>Valarezo Eras</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767815873-Tayron-Valarezo-detail.jpg</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Judicial para conformar la Comisión Ciudadana de Selección para el concurso público de méritos y oposición para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Judicial para la Comisión Ciudadana de Selección del Fiscal General del Estado.</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767813905-Natalia-Guarnizo.jpg</t>
+  </si>
+  <si>
+    <t>Natalia de Jesús</t>
+  </si>
+  <si>
+    <t>Guarnizo Condolo</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767813599-Natalia-Guarnizo-detail.jpg</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Judicial para conformar la Comisión Ciudadana de Selección para el concurso público de méritos y oposición para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Judicial para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767808111-Santiago-Ribadeneira.jpg</t>
+  </si>
+  <si>
+    <t>Santiago Cristóbal</t>
+  </si>
+  <si>
+    <t>Ribadeneira Villacrés</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767807745-Santiago-Ribadeneira-detail.jpg</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Legislativa para conformar la Comisión Ciudadana de Selección para el concurso público de méritos y oposición para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Legislativa para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767798264-Silvana-Ramírez.jpg</t>
+  </si>
+  <si>
+    <t>Silvana Mariuxi</t>
+  </si>
+  <si>
+    <t>Ramírez Verdezoto</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767797867-Silvana-Ramírez-detail.jpg</t>
+  </si>
+  <si>
+    <t>Legislativa</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Ejecutiva para conformar la Comisión Ciudadana de Selección para el concurso público de méritos y oposición para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Ejecutiva para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767711911-David-Flores.jpg</t>
+  </si>
+  <si>
+    <t>Flores Brandt</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1767711480-David-Flores-detail.jpg</t>
+  </si>
+  <si>
+    <t>Ejecutiva</t>
+  </si>
+  <si>
     <t>Presidente y Accionista en MH&amp;M ABOGADOS CIA.LTDA.</t>
   </si>
   <si>
     <t>Presidente (a)</t>
   </si>
   <si>
     <t>/img/perfiles/1759136614-María-Muñoz.jpeg</t>
   </si>
   <si>
     <t>María Augusta</t>
   </si>
   <si>
     <t>Muñoz Sánchez</t>
   </si>
   <si>
     <t>/img/perfiles/1759136422-María-Muñoz-detail.jpeg</t>
   </si>
   <si>
-    <t>Funcionario</t>
-[...1 lines deleted...]
-  <si>
     <t>Especialista en Transparencia y Participación 2 en el Consejo de Participación Ciudadana y Control Social</t>
   </si>
   <si>
     <t>Especialista</t>
   </si>
   <si>
-    <t>Miembro del Equipo Técnico para el concurso público de méritos y oposición para la selección y designación del Fiscal General del Estado</t>
-[...10 lines deleted...]
-  <si>
     <t>/img/perfiles/1759131747-Luis-Cueva.jpg</t>
   </si>
   <si>
     <t>Luis Antonio</t>
   </si>
   <si>
     <t>Cueva Ordoñez</t>
   </si>
   <si>
     <t>/img/perfiles/1759131546-Luis-Cueva-detail.jpg</t>
   </si>
   <si>
     <t>/img/perfiles/1759127942-María-Centeno.jpg</t>
   </si>
   <si>
     <t>María Gabriela</t>
   </si>
   <si>
     <t>Centeno Apolo</t>
   </si>
   <si>
     <t>/img/perfiles/1759127505-María-Centeno-detail.jpg</t>
   </si>
   <si>
     <t>Secretaria Técnica Ecuador Crece Sin Desnutrición Infantil</t>
@@ -200,53 +545,50 @@
   <si>
     <t>/img/perfiles/1752774388-María-Muñoz-detail.png</t>
   </si>
   <si>
     <t>Secretaria Nacional de Planificación</t>
   </si>
   <si>
     <t>Secretario(a) Nacional de Planificación</t>
   </si>
   <si>
     <t>/img/perfiles/1752772929-Diana-Ramirez.png</t>
   </si>
   <si>
     <t>https://x.com/DianaRamirezec</t>
   </si>
   <si>
     <t>Diana Paulina</t>
   </si>
   <si>
     <t>Ramirez Villacis</t>
   </si>
   <si>
     <t>/img/perfiles/1752772905-Diana-Ramirez-detail.png</t>
   </si>
   <si>
-    <t>Ejecutiva</t>
-[...1 lines deleted...]
-  <si>
     <t>Delegado permanente del Presidente de la República el directorio de la Agencia de Regulación y Control de Hidrocarburos (ARCH)</t>
   </si>
   <si>
     <t>Delegado permanente del Presidente de la República el directorio de la Agencia de Regulación y Control de Hidrocarburos</t>
   </si>
   <si>
     <t>/img/perfiles/1752771548-José-Neira.png</t>
   </si>
   <si>
     <t>https://www.facebook.com/jose.neira</t>
   </si>
   <si>
     <t>https://x.com/JoseJulioNeira</t>
   </si>
   <si>
     <t>José Julio</t>
   </si>
   <si>
     <t>Neira Hanze</t>
   </si>
   <si>
     <t>/img/perfiles/1752771522-José-Neira-detail.png</t>
   </si>
   <si>
     <t>Secretaria General de Comunicación de la Presidencia</t>
@@ -797,134 +1139,107 @@
   <si>
     <t>Sommerfeld Rosero</t>
   </si>
   <si>
     <t>/img/perfiles/1752680080-María-Sommerfeld-detail.png</t>
   </si>
   <si>
     <t>Ministro de Gobierno</t>
   </si>
   <si>
     <t>Ministro (a) de Gobierno</t>
   </si>
   <si>
     <t>/img/perfiles/1752589192-José-De.png</t>
   </si>
   <si>
     <t>José Javier</t>
   </si>
   <si>
     <t>De la Gasca López-Domínguez</t>
   </si>
   <si>
     <t>/img/perfiles/1752679888-José-De-detail.png</t>
   </si>
   <si>
-    <t>/img/perfiles/1751474066-David-Rojas.jpeg</t>
+    <t>/img/perfiles/1770776554-David-Rojas.jpg</t>
   </si>
   <si>
     <t>David Marcelo</t>
   </si>
   <si>
     <t>Rojas Cajas</t>
   </si>
   <si>
-    <t>/img/perfiles/1751474038-David-Rojas-detail.jpeg</t>
-[...5 lines deleted...]
-    <t>María Belén</t>
+    <t>/img/perfiles/1770776120-David-Rojas-detail.jpg</t>
+  </si>
+  <si>
+    <t>/img/perfiles/1770780102-María-Cadena.jpg</t>
   </si>
   <si>
     <t>Cadena Ramírez</t>
   </si>
   <si>
-    <t>/img/perfiles/1751473968-María-Cadena-detail.jpeg</t>
+    <t>/img/perfiles/1770779733-María-Cadena-detail.jpg</t>
   </si>
   <si>
     <t>/img/perfiles/1751473929-Christian-Reyes.jpeg</t>
   </si>
   <si>
     <t>Christian Sebastian</t>
   </si>
   <si>
     <t>Reyes Mora</t>
   </si>
   <si>
     <t>/img/perfiles/1751473896-Christian-Reyes-detail.jpeg</t>
   </si>
   <si>
     <t>/img/perfiles/1751473850-Manuel-Torres.jpeg</t>
   </si>
   <si>
     <t>Manuel Hernán</t>
   </si>
   <si>
     <t>Torres Torres</t>
   </si>
   <si>
     <t>/img/perfiles/1751473821-Manuel-Torres-detail.jpeg</t>
   </si>
   <si>
-    <t>/img/perfiles/1751473773-Christian-Troya.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>/img/perfiles/1751473703-Iván-Morales.jpeg</t>
   </si>
   <si>
     <t>Iván Andrés</t>
   </si>
   <si>
     <t>Morales Revelo</t>
   </si>
   <si>
     <t>/img/perfiles/1751473672-Iván-Morales-detail.jpeg</t>
   </si>
   <si>
-    <t>/img/perfiles/1765492457-Luis-Mejía.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>Candidata a Vicepresidenta de la República por el Partido Social Cristiano</t>
   </si>
   <si>
     <t>Candidato (a) a Vicepresidente de la República</t>
   </si>
   <si>
     <t>/img/perfiles/1735765405-Dallyana-Passailaigue.png</t>
   </si>
   <si>
     <t>Partido Social Cristiano</t>
   </si>
   <si>
     <t>https://www.facebook.com/DallyanaPassailaigue</t>
   </si>
   <si>
     <t>https://x.com/dallyanapass</t>
   </si>
   <si>
     <t>Dallyana Marianela</t>
   </si>
   <si>
     <t>Passailaigue Manosalvas</t>
   </si>
   <si>
     <t>/img/perfiles/1735765362-Dallyana-Passailaigue-detail.png</t>
@@ -932,53 +1247,50 @@
   <si>
     <t>Candidato a Asambleísta Nacional por el Partido Social Cristiano</t>
   </si>
   <si>
     <t>Candidato (a) a Asambleísta Nacional</t>
   </si>
   <si>
     <t>/img/perfiles/1735762934-Saadin-Serrano.png</t>
   </si>
   <si>
     <t>https://www.facebook.com/aserrano1964?locale=es_LA</t>
   </si>
   <si>
     <t>@aserranoLA6</t>
   </si>
   <si>
     <t>Saadin Alfredo</t>
   </si>
   <si>
     <t>Serrano Valladares</t>
   </si>
   <si>
     <t>/img/perfiles/1735960099-Saadin-Serrano-detail.png</t>
   </si>
   <si>
-    <t>Legislativa</t>
-[...1 lines deleted...]
-  <si>
     <t>Candidato a Asambleísta Nacional por el Partido Izquierda Democrática</t>
   </si>
   <si>
     <t>/img/perfiles/1735753627-Jorge-Sánchez.png</t>
   </si>
   <si>
     <t>Izquierda Democrática</t>
   </si>
   <si>
     <t>https://www.facebook.com/profile.php?id=100009675902727</t>
   </si>
   <si>
     <t>@JorgeSanchezID</t>
   </si>
   <si>
     <t>Jorge Orlando</t>
   </si>
   <si>
     <t>Sánchez Armijos</t>
   </si>
   <si>
     <t>/img/perfiles/1735753601-Jorge-Sánchez-detail.png</t>
   </si>
   <si>
     <t>Candidato a Asambleísta Nacional por el Movimiento Creando Oportunidades</t>
@@ -1559,53 +1871,50 @@
   <si>
     <t>Pedro Javier</t>
   </si>
   <si>
     <t>Granja Angulo</t>
   </si>
   <si>
     <t>/img/perfiles/1730470373-Pedro-Granja-detail.png</t>
   </si>
   <si>
     <t>Superintendente de Compañías, Valores y Seguros</t>
   </si>
   <si>
     <t>/img/perfiles/1729112294-Luis-Cabezas-Klaere.png</t>
   </si>
   <si>
     <t>NO APLICA</t>
   </si>
   <si>
     <t>Cabezas-Klaere</t>
   </si>
   <si>
     <t>/img/perfiles/1729112268-Luis-Cabezas-Klaere-detail.png</t>
   </si>
   <si>
-    <t>Transparencia y Control Social</t>
-[...1 lines deleted...]
-  <si>
     <t>Superintendente de Competencia Económica</t>
   </si>
   <si>
     <t>/img/perfiles/1724767132-Hans-Ehmig.png</t>
   </si>
   <si>
     <t>Hans Willi</t>
   </si>
   <si>
     <t>Ehmig Dillon</t>
   </si>
   <si>
     <t>/img/perfiles/1724766973-Hans-Ehmig-detail.png</t>
   </si>
   <si>
     <t>Superintendenta de Economía Popular y Solidaria</t>
   </si>
   <si>
     <t>Superintendente de Economía Popular y Solidaria</t>
   </si>
   <si>
     <t>/img/perfiles/1724766831-Christina-Murillo.png</t>
   </si>
   <si>
     <t>Christina Ivonne</t>
@@ -3080,53 +3389,50 @@
   <si>
     <t>https://www.facebook.com/EsperanzaMoreta63</t>
   </si>
   <si>
     <t>Esperanza del Rocío</t>
   </si>
   <si>
     <t>Moreta Terán</t>
   </si>
   <si>
     <t>/img/perfiles/1697485999-Esperanza-Moreta-detail.png</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Azuay</t>
   </si>
   <si>
     <t>/img/perfiles/1697209744-Diego-Matovelle.png</t>
   </si>
   <si>
     <t>https://www.facebook.com/dmatovelle</t>
   </si>
   <si>
     <t>@DiegoMatovelle</t>
   </si>
   <si>
-    <t>Diego Fernando</t>
-[...1 lines deleted...]
-  <si>
     <t>Matovelle Vera</t>
   </si>
   <si>
     <t>/img/perfiles/1697209525-Diego-Matovelle-detail.png</t>
   </si>
   <si>
     <t>Asambleísta Nacional- Alianza Acción Democrática Nacional (ADN)</t>
   </si>
   <si>
     <t>/img/perfiles/1735329080-Arturo-Moreno.png</t>
   </si>
   <si>
     <t>Arturo German</t>
   </si>
   <si>
     <t>Moreno Encalada</t>
   </si>
   <si>
     <t>/img/perfiles/1735328980-Arturo-Moreno-detail.png</t>
   </si>
   <si>
     <t>Postulante en el concurso para la selección y designación de la primera autoridad de la Contraloría General del Estado</t>
   </si>
   <si>
     <t>Postulante a Contralor General del Estado</t>
@@ -6564,53 +6870,50 @@
     <t>Superintendente en la Superintendencia de Economía Popular y Solidaria</t>
   </si>
   <si>
     <t>Consejero del Consejo Nacional Electoral</t>
   </si>
   <si>
     <t>Consejero (a) Electoral</t>
   </si>
   <si>
     <t>/img/perfiles/1600721763-José-Cabrera.jpg</t>
   </si>
   <si>
     <t>@jr_cabreraz</t>
   </si>
   <si>
     <t>&lt;p&gt;Consejero del Consejo Nacional Electoral&lt;/p&gt;</t>
   </si>
   <si>
     <t>José Ricardo</t>
   </si>
   <si>
     <t>Cabrera Zurita</t>
   </si>
   <si>
     <t>/img/perfiles/1600721552-José-Cabrera-detail.jpg</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electoral</t>
   </si>
   <si>
     <t>Presidenta del Consejo Nacional Electoral</t>
   </si>
   <si>
     <t>Presidente del Consejo Nacional Electoral</t>
   </si>
   <si>
     <t>/img/perfiles/1608242914-Shiram-Atamaint.jpg</t>
   </si>
   <si>
     <t>https://www.facebook.com/dianatamaint/</t>
   </si>
   <si>
     <t>@DianaAtamaint</t>
   </si>
   <si>
     <t>Shiram Diana</t>
   </si>
   <si>
     <t>Atamaint Wamputsar</t>
   </si>
   <si>
     <t>/img/perfiles/1608243268-Shiram-Atamaint-detail.jpg</t>
   </si>
@@ -7282,51 +7585,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R382"/>
+  <dimension ref="A1:R411"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
@@ -7382,15312 +7685,16216 @@
       </c>
       <c r="L7" t="s">
         <v>19</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
         <v>21</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>23</v>
       </c>
       <c r="Q7" t="s">
         <v>24</v>
       </c>
       <c r="R7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8">
-        <v>1427</v>
+        <v>1456</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="E8" t="s">
         <v>28</v>
       </c>
       <c r="K8" t="s">
         <v>29</v>
       </c>
       <c r="L8" t="s">
         <v>30</v>
       </c>
       <c r="M8" t="s">
         <v>31</v>
       </c>
+      <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8" t="s">
+        <v>32</v>
+      </c>
       <c r="P8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R8">
         <v>999</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9">
-        <v>1427</v>
+        <v>1454</v>
       </c>
       <c r="B9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C9" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="K9" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="M9" t="s">
-        <v>31</v>
+        <v>38</v>
+      </c>
+      <c r="N9">
+        <v>3</v>
+      </c>
+      <c r="O9" t="s">
+        <v>32</v>
       </c>
       <c r="P9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R9">
         <v>999</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10">
-        <v>1427</v>
+        <v>1453</v>
       </c>
       <c r="B10" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C10" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="K10" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="L10" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="M10" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="P10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R10">
         <v>999</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11">
-        <v>1426</v>
+        <v>1452</v>
       </c>
       <c r="B11" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="K11" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="L11" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="M11" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="P11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R11">
         <v>999</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12">
-        <v>1425</v>
+        <v>1451</v>
       </c>
       <c r="B12" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="E12" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="K12" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="L12" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="M12" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="P12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R12">
         <v>999</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13">
-        <v>1424</v>
+        <v>1447</v>
       </c>
       <c r="B13" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="E13" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="K13" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="L13" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="M13" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="P13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R13">
         <v>999</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14">
-        <v>1423</v>
+        <v>1446</v>
       </c>
       <c r="B14" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C14" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="E14" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="L14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M14" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-      <c r="O14" t="s">
         <v>62</v>
       </c>
       <c r="P14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R14">
         <v>999</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15">
-        <v>1422</v>
+        <v>1445</v>
       </c>
       <c r="B15" t="s">
+        <v>53</v>
+      </c>
+      <c r="C15" t="s">
+        <v>54</v>
+      </c>
+      <c r="E15" t="s">
         <v>63</v>
       </c>
-      <c r="C15" t="s">
+      <c r="K15" t="s">
         <v>64</v>
       </c>
-      <c r="E15" t="s">
+      <c r="L15" t="s">
         <v>65</v>
       </c>
-      <c r="G15" t="s">
+      <c r="M15" t="s">
         <v>66</v>
       </c>
-      <c r="H15" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R15">
         <v>999</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16">
-        <v>1421</v>
+        <v>1444</v>
       </c>
       <c r="B16" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="E16" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="K16" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="L16" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="M16" t="s">
-        <v>77</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="P16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R16">
         <v>999</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17">
-        <v>1420</v>
+        <v>1443</v>
       </c>
       <c r="B17" t="s">
-        <v>78</v>
+        <v>53</v>
       </c>
       <c r="C17" t="s">
-        <v>79</v>
+        <v>54</v>
       </c>
       <c r="E17" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="K17" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="L17" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="M17" t="s">
-        <v>84</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="P17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R17">
         <v>999</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18">
-        <v>1419</v>
+        <v>1442</v>
       </c>
       <c r="B18" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>86</v>
+        <v>54</v>
       </c>
       <c r="E18" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="K18" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="L18" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="M18" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="P18" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R18">
         <v>999</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19">
-        <v>1418</v>
+        <v>1441</v>
       </c>
       <c r="B19" t="s">
-        <v>92</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="E19" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>96</v>
+        <v>79</v>
       </c>
       <c r="K19" t="s">
-        <v>97</v>
+        <v>80</v>
       </c>
       <c r="L19" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="M19" t="s">
-        <v>99</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="P19" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R19">
         <v>999</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20">
-        <v>1417</v>
+        <v>1440</v>
       </c>
       <c r="B20" t="s">
-        <v>100</v>
+        <v>53</v>
       </c>
       <c r="C20" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="K20" t="s">
-        <v>104</v>
+        <v>84</v>
       </c>
       <c r="L20" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="M20" t="s">
-        <v>106</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="P20" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R20">
         <v>999</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21">
-        <v>1416</v>
+        <v>1439</v>
       </c>
       <c r="B21" t="s">
-        <v>107</v>
+        <v>53</v>
       </c>
       <c r="C21" t="s">
-        <v>108</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="K21" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="L21" t="s">
-        <v>112</v>
+        <v>89</v>
       </c>
       <c r="M21" t="s">
-        <v>113</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>90</v>
       </c>
       <c r="P21" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R21">
         <v>999</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22">
-        <v>1415</v>
+        <v>1438</v>
       </c>
       <c r="B22" t="s">
-        <v>114</v>
+        <v>53</v>
       </c>
       <c r="C22" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="E22" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>91</v>
+      </c>
+      <c r="G22" t="s">
+        <v>92</v>
       </c>
       <c r="K22" t="s">
-        <v>118</v>
+        <v>93</v>
       </c>
       <c r="L22" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="M22" t="s">
-        <v>120</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>95</v>
       </c>
       <c r="P22" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R22">
         <v>999</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23">
-        <v>1414</v>
+        <v>1437</v>
       </c>
       <c r="B23" t="s">
-        <v>121</v>
+        <v>96</v>
       </c>
       <c r="C23" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>97</v>
       </c>
       <c r="E23" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>98</v>
       </c>
       <c r="K23" t="s">
-        <v>125</v>
+        <v>99</v>
       </c>
       <c r="L23" t="s">
-        <v>126</v>
+        <v>100</v>
       </c>
       <c r="M23" t="s">
-        <v>127</v>
+        <v>101</v>
       </c>
       <c r="N23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O23" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="P23" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R23">
         <v>999</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24">
-        <v>1413</v>
+        <v>1437</v>
       </c>
       <c r="B24" t="s">
-        <v>128</v>
+        <v>53</v>
       </c>
       <c r="C24" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="E24" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>98</v>
       </c>
       <c r="K24" t="s">
-        <v>132</v>
+        <v>99</v>
       </c>
       <c r="L24" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="M24" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>101</v>
       </c>
       <c r="P24" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R24">
         <v>999</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25">
-        <v>1412</v>
+        <v>1436</v>
       </c>
       <c r="B25" t="s">
-        <v>135</v>
+        <v>103</v>
       </c>
       <c r="C25" t="s">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="E25" t="s">
-        <v>137</v>
-[...5 lines deleted...]
-        <v>139</v>
+        <v>105</v>
       </c>
       <c r="K25" t="s">
-        <v>140</v>
+        <v>106</v>
       </c>
       <c r="L25" t="s">
-        <v>141</v>
+        <v>107</v>
       </c>
       <c r="M25" t="s">
-        <v>142</v>
+        <v>108</v>
       </c>
       <c r="N25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O25" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="P25" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R25">
         <v>999</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26">
-        <v>1411</v>
+        <v>1436</v>
       </c>
       <c r="B26" t="s">
-        <v>143</v>
+        <v>53</v>
       </c>
       <c r="C26" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="E26" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>105</v>
       </c>
       <c r="K26" t="s">
-        <v>147</v>
+        <v>106</v>
       </c>
       <c r="L26" t="s">
-        <v>148</v>
+        <v>107</v>
       </c>
       <c r="M26" t="s">
-        <v>149</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="P26" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R26">
         <v>999</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27">
-        <v>1410</v>
+        <v>1435</v>
       </c>
       <c r="B27" t="s">
-        <v>150</v>
+        <v>109</v>
       </c>
       <c r="C27" t="s">
-        <v>151</v>
+        <v>110</v>
       </c>
       <c r="E27" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>154</v>
+        <v>111</v>
       </c>
       <c r="K27" t="s">
-        <v>155</v>
+        <v>112</v>
       </c>
       <c r="L27" t="s">
-        <v>156</v>
+        <v>113</v>
       </c>
       <c r="M27" t="s">
-        <v>157</v>
+        <v>114</v>
+      </c>
+      <c r="N27">
+        <v>5</v>
+      </c>
+      <c r="O27" t="s">
+        <v>115</v>
       </c>
       <c r="P27" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R27">
         <v>999</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28">
-        <v>1409</v>
+        <v>1435</v>
       </c>
       <c r="B28" t="s">
-        <v>158</v>
+        <v>53</v>
       </c>
       <c r="C28" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="E28" t="s">
-        <v>160</v>
+        <v>111</v>
       </c>
       <c r="K28" t="s">
-        <v>161</v>
+        <v>112</v>
       </c>
       <c r="L28" t="s">
-        <v>162</v>
+        <v>113</v>
       </c>
       <c r="M28" t="s">
-        <v>163</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>114</v>
       </c>
       <c r="P28" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R28">
         <v>999</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29">
-        <v>1408</v>
+        <v>1434</v>
       </c>
       <c r="B29" t="s">
-        <v>164</v>
+        <v>109</v>
       </c>
       <c r="C29" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>116</v>
       </c>
       <c r="E29" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>117</v>
       </c>
       <c r="K29" t="s">
-        <v>168</v>
+        <v>118</v>
       </c>
       <c r="L29" t="s">
-        <v>169</v>
+        <v>119</v>
       </c>
       <c r="M29" t="s">
-        <v>170</v>
+        <v>120</v>
       </c>
       <c r="N29">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="O29" t="s">
-        <v>62</v>
+        <v>115</v>
       </c>
       <c r="P29" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R29">
         <v>999</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30">
-        <v>1407</v>
+        <v>1434</v>
       </c>
       <c r="B30" t="s">
-        <v>171</v>
+        <v>53</v>
       </c>
       <c r="C30" t="s">
-        <v>171</v>
+        <v>54</v>
       </c>
       <c r="E30" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>117</v>
       </c>
       <c r="K30" t="s">
-        <v>174</v>
+        <v>118</v>
       </c>
       <c r="L30" t="s">
-        <v>175</v>
+        <v>119</v>
       </c>
       <c r="M30" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>120</v>
       </c>
       <c r="P30" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R30">
         <v>999</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31">
-        <v>1406</v>
+        <v>1433</v>
       </c>
       <c r="B31" t="s">
-        <v>177</v>
+        <v>121</v>
       </c>
       <c r="C31" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>122</v>
       </c>
       <c r="E31" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>123</v>
       </c>
       <c r="K31" t="s">
-        <v>181</v>
+        <v>124</v>
       </c>
       <c r="L31" t="s">
-        <v>182</v>
+        <v>125</v>
       </c>
       <c r="M31" t="s">
-        <v>183</v>
+        <v>126</v>
       </c>
       <c r="N31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O31" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="P31" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R31">
         <v>999</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32">
-        <v>1405</v>
+        <v>1433</v>
       </c>
       <c r="B32" t="s">
-        <v>184</v>
+        <v>53</v>
       </c>
       <c r="C32" t="s">
-        <v>185</v>
+        <v>54</v>
       </c>
       <c r="E32" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>123</v>
       </c>
       <c r="K32" t="s">
-        <v>188</v>
+        <v>124</v>
       </c>
       <c r="L32" t="s">
-        <v>189</v>
+        <v>125</v>
       </c>
       <c r="M32" t="s">
-        <v>190</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>126</v>
       </c>
       <c r="P32" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R32">
         <v>999</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33">
-        <v>1404</v>
+        <v>1432</v>
       </c>
       <c r="B33" t="s">
-        <v>191</v>
+        <v>127</v>
       </c>
       <c r="C33" t="s">
-        <v>192</v>
+        <v>128</v>
       </c>
       <c r="E33" t="s">
-        <v>193</v>
-[...5 lines deleted...]
-        <v>195</v>
+        <v>129</v>
       </c>
       <c r="K33" t="s">
-        <v>196</v>
+        <v>130</v>
       </c>
       <c r="L33" t="s">
-        <v>197</v>
+        <v>131</v>
       </c>
       <c r="M33" t="s">
-        <v>198</v>
+        <v>132</v>
       </c>
       <c r="N33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O33" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="P33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R33">
         <v>999</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34">
-        <v>1403</v>
+        <v>1432</v>
       </c>
       <c r="B34" t="s">
-        <v>199</v>
+        <v>53</v>
       </c>
       <c r="C34" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="E34" t="s">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="K34" t="s">
-        <v>202</v>
+        <v>130</v>
       </c>
       <c r="L34" t="s">
-        <v>203</v>
+        <v>131</v>
       </c>
       <c r="M34" t="s">
-        <v>204</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>132</v>
       </c>
       <c r="P34" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R34">
         <v>999</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35">
-        <v>1402</v>
+        <v>1431</v>
       </c>
       <c r="B35" t="s">
-        <v>205</v>
+        <v>133</v>
       </c>
       <c r="C35" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>134</v>
       </c>
       <c r="E35" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>135</v>
       </c>
       <c r="K35" t="s">
-        <v>209</v>
+        <v>136</v>
       </c>
       <c r="L35" t="s">
-        <v>210</v>
+        <v>137</v>
       </c>
       <c r="M35" t="s">
-        <v>211</v>
+        <v>138</v>
       </c>
       <c r="N35">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O35" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P35" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R35">
         <v>999</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36">
-        <v>1401</v>
+        <v>1431</v>
       </c>
       <c r="B36" t="s">
-        <v>212</v>
+        <v>53</v>
       </c>
       <c r="C36" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="E36" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>135</v>
       </c>
       <c r="K36" t="s">
-        <v>216</v>
+        <v>136</v>
       </c>
       <c r="L36" t="s">
-        <v>217</v>
+        <v>137</v>
       </c>
       <c r="M36" t="s">
-        <v>218</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>138</v>
       </c>
       <c r="P36" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R36">
         <v>999</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37">
-        <v>1400</v>
+        <v>1428</v>
       </c>
       <c r="B37" t="s">
-        <v>219</v>
+        <v>140</v>
       </c>
       <c r="C37" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>141</v>
       </c>
       <c r="E37" t="s">
-        <v>221</v>
-[...5 lines deleted...]
-        <v>223</v>
+        <v>142</v>
       </c>
       <c r="K37" t="s">
-        <v>224</v>
+        <v>50</v>
       </c>
       <c r="L37" t="s">
-        <v>225</v>
+        <v>143</v>
       </c>
       <c r="M37" t="s">
-        <v>226</v>
+        <v>144</v>
       </c>
       <c r="N37">
         <v>2</v>
       </c>
       <c r="O37" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P37" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R37">
         <v>999</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38">
-        <v>1399</v>
+        <v>1428</v>
       </c>
       <c r="B38" t="s">
-        <v>227</v>
+        <v>53</v>
       </c>
       <c r="C38" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="E38" t="s">
-        <v>229</v>
-[...5 lines deleted...]
-        <v>231</v>
+        <v>142</v>
       </c>
       <c r="K38" t="s">
-        <v>232</v>
+        <v>50</v>
       </c>
       <c r="L38" t="s">
-        <v>233</v>
+        <v>143</v>
       </c>
       <c r="M38" t="s">
-        <v>234</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>144</v>
       </c>
       <c r="P38" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R38">
         <v>999</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39">
-        <v>1398</v>
+        <v>1427</v>
       </c>
       <c r="B39" t="s">
-        <v>235</v>
+        <v>146</v>
       </c>
       <c r="C39" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="E39" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>238</v>
+        <v>148</v>
       </c>
       <c r="K39" t="s">
-        <v>239</v>
+        <v>149</v>
       </c>
       <c r="L39" t="s">
-        <v>240</v>
+        <v>150</v>
       </c>
       <c r="M39" t="s">
-        <v>241</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="P39" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R39">
         <v>999</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40">
-        <v>1397</v>
+        <v>1427</v>
       </c>
       <c r="B40" t="s">
-        <v>242</v>
+        <v>152</v>
       </c>
       <c r="C40" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>153</v>
       </c>
       <c r="E40" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>245</v>
+        <v>148</v>
       </c>
       <c r="K40" t="s">
-        <v>246</v>
+        <v>149</v>
       </c>
       <c r="L40" t="s">
-        <v>247</v>
+        <v>150</v>
       </c>
       <c r="M40" t="s">
-        <v>248</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="P40" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R40">
         <v>999</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41">
-        <v>1396</v>
+        <v>1427</v>
       </c>
       <c r="B41" t="s">
-        <v>249</v>
+        <v>26</v>
       </c>
       <c r="C41" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="E41" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>148</v>
       </c>
       <c r="K41" t="s">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="L41" t="s">
-        <v>253</v>
+        <v>150</v>
       </c>
       <c r="M41" t="s">
-        <v>254</v>
+        <v>151</v>
       </c>
       <c r="N41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O41" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="P41" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R41">
         <v>999</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42">
-        <v>1395</v>
+        <v>1426</v>
       </c>
       <c r="B42" t="s">
-        <v>255</v>
+        <v>34</v>
       </c>
       <c r="C42" t="s">
-        <v>256</v>
+        <v>27</v>
       </c>
       <c r="E42" t="s">
-        <v>257</v>
+        <v>154</v>
       </c>
       <c r="K42" t="s">
-        <v>258</v>
+        <v>155</v>
       </c>
       <c r="L42" t="s">
-        <v>259</v>
+        <v>156</v>
       </c>
       <c r="M42" t="s">
-        <v>260</v>
+        <v>157</v>
       </c>
       <c r="N42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O42" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="P42" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R42">
         <v>999</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43">
-        <v>1394</v>
+        <v>1425</v>
       </c>
       <c r="B43" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C43" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="E43" t="s">
-        <v>261</v>
+        <v>158</v>
       </c>
       <c r="K43" t="s">
-        <v>262</v>
+        <v>159</v>
       </c>
       <c r="L43" t="s">
-        <v>263</v>
+        <v>160</v>
       </c>
       <c r="M43" t="s">
-        <v>264</v>
+        <v>161</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="P43" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R43">
         <v>999</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44">
-        <v>1393</v>
+        <v>1424</v>
       </c>
       <c r="B44" t="s">
-        <v>38</v>
+        <v>162</v>
       </c>
       <c r="C44" t="s">
-        <v>36</v>
+        <v>163</v>
       </c>
       <c r="E44" t="s">
-        <v>265</v>
+        <v>164</v>
+      </c>
+      <c r="G44" t="s">
+        <v>165</v>
+      </c>
+      <c r="H44" t="s">
+        <v>166</v>
       </c>
       <c r="K44" t="s">
-        <v>266</v>
+        <v>167</v>
       </c>
       <c r="L44" t="s">
-        <v>267</v>
+        <v>168</v>
       </c>
       <c r="M44" t="s">
-        <v>268</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>169</v>
       </c>
       <c r="P44" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R44">
         <v>999</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45">
-        <v>1392</v>
+        <v>1423</v>
       </c>
       <c r="B45" t="s">
-        <v>38</v>
+        <v>170</v>
       </c>
       <c r="C45" t="s">
-        <v>36</v>
+        <v>171</v>
+      </c>
+      <c r="D45">
+        <v>0</v>
       </c>
       <c r="E45" t="s">
-        <v>269</v>
+        <v>172</v>
+      </c>
+      <c r="H45" t="s">
+        <v>173</v>
       </c>
       <c r="K45" t="s">
-        <v>270</v>
+        <v>174</v>
       </c>
       <c r="L45" t="s">
-        <v>271</v>
+        <v>175</v>
       </c>
       <c r="M45" t="s">
-        <v>272</v>
+        <v>176</v>
       </c>
       <c r="N45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O45" t="s">
-        <v>37</v>
+        <v>145</v>
       </c>
       <c r="P45" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R45">
         <v>999</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46">
-        <v>1391</v>
+        <v>1422</v>
       </c>
       <c r="B46" t="s">
-        <v>38</v>
+        <v>177</v>
       </c>
       <c r="C46" t="s">
-        <v>36</v>
+        <v>178</v>
       </c>
       <c r="E46" t="s">
-        <v>273</v>
+        <v>179</v>
+      </c>
+      <c r="G46" t="s">
+        <v>180</v>
+      </c>
+      <c r="H46" t="s">
+        <v>181</v>
       </c>
       <c r="K46" t="s">
-        <v>274</v>
+        <v>182</v>
       </c>
       <c r="L46" t="s">
-        <v>275</v>
+        <v>183</v>
       </c>
       <c r="M46" t="s">
-        <v>276</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>184</v>
       </c>
       <c r="P46" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R46">
         <v>999</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47">
-        <v>1390</v>
+        <v>1421</v>
       </c>
       <c r="B47" t="s">
-        <v>38</v>
+        <v>185</v>
       </c>
       <c r="C47" t="s">
-        <v>36</v>
+        <v>186</v>
       </c>
       <c r="E47" t="s">
-        <v>277</v>
+        <v>187</v>
+      </c>
+      <c r="G47" t="s">
+        <v>188</v>
       </c>
       <c r="K47" t="s">
-        <v>278</v>
+        <v>189</v>
       </c>
       <c r="L47" t="s">
-        <v>279</v>
+        <v>190</v>
       </c>
       <c r="M47" t="s">
-        <v>280</v>
+        <v>191</v>
       </c>
       <c r="N47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O47" t="s">
-        <v>37</v>
+        <v>145</v>
       </c>
       <c r="P47" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R47">
         <v>999</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48">
-        <v>1389</v>
+        <v>1420</v>
       </c>
       <c r="B48" t="s">
-        <v>38</v>
+        <v>192</v>
       </c>
       <c r="C48" t="s">
-        <v>36</v>
+        <v>193</v>
       </c>
       <c r="E48" t="s">
-        <v>281</v>
+        <v>194</v>
+      </c>
+      <c r="H48" t="s">
+        <v>195</v>
       </c>
       <c r="K48" t="s">
-        <v>282</v>
+        <v>196</v>
       </c>
       <c r="L48" t="s">
-        <v>283</v>
+        <v>197</v>
       </c>
       <c r="M48" t="s">
-        <v>284</v>
+        <v>198</v>
       </c>
       <c r="N48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O48" t="s">
-        <v>37</v>
+        <v>145</v>
       </c>
       <c r="P48" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R48">
         <v>999</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49">
-        <v>1388</v>
+        <v>1419</v>
       </c>
       <c r="B49" t="s">
-        <v>35</v>
+        <v>199</v>
       </c>
       <c r="C49" t="s">
-        <v>36</v>
+        <v>200</v>
       </c>
       <c r="E49" t="s">
-        <v>285</v>
+        <v>201</v>
+      </c>
+      <c r="H49" t="s">
+        <v>202</v>
       </c>
       <c r="K49" t="s">
-        <v>286</v>
+        <v>203</v>
       </c>
       <c r="L49" t="s">
-        <v>287</v>
+        <v>204</v>
       </c>
       <c r="M49" t="s">
-        <v>288</v>
+        <v>205</v>
       </c>
       <c r="N49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O49" t="s">
-        <v>37</v>
+        <v>145</v>
       </c>
       <c r="P49" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R49">
         <v>999</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50">
-        <v>1387</v>
+        <v>1418</v>
       </c>
       <c r="B50" t="s">
-        <v>289</v>
+        <v>206</v>
       </c>
       <c r="C50" t="s">
-        <v>290</v>
+        <v>207</v>
+      </c>
+      <c r="D50">
+        <v>0</v>
       </c>
       <c r="E50" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>208</v>
       </c>
       <c r="G50" t="s">
-        <v>293</v>
+        <v>209</v>
       </c>
       <c r="H50" t="s">
-        <v>294</v>
+        <v>210</v>
       </c>
       <c r="K50" t="s">
-        <v>295</v>
+        <v>211</v>
       </c>
       <c r="L50" t="s">
-        <v>296</v>
+        <v>212</v>
       </c>
       <c r="M50" t="s">
-        <v>297</v>
+        <v>213</v>
       </c>
       <c r="N50">
         <v>2</v>
       </c>
       <c r="O50" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P50" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R50">
         <v>999</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51">
-        <v>1386</v>
+        <v>1417</v>
       </c>
       <c r="B51" t="s">
-        <v>298</v>
+        <v>214</v>
       </c>
       <c r="C51" t="s">
-        <v>299</v>
+        <v>215</v>
+      </c>
+      <c r="D51">
+        <v>0</v>
       </c>
       <c r="E51" t="s">
-        <v>300</v>
-[...5 lines deleted...]
-        <v>301</v>
+        <v>216</v>
       </c>
       <c r="H51" t="s">
-        <v>302</v>
+        <v>217</v>
       </c>
       <c r="K51" t="s">
-        <v>303</v>
+        <v>218</v>
       </c>
       <c r="L51" t="s">
-        <v>304</v>
+        <v>219</v>
       </c>
       <c r="M51" t="s">
-        <v>305</v>
+        <v>220</v>
       </c>
       <c r="N51">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O51" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P51" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R51">
         <v>999</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52">
-        <v>1385</v>
+        <v>1416</v>
       </c>
       <c r="B52" t="s">
-        <v>307</v>
+        <v>221</v>
       </c>
       <c r="C52" t="s">
-        <v>299</v>
+        <v>222</v>
       </c>
       <c r="E52" t="s">
-        <v>308</v>
-[...5 lines deleted...]
-        <v>310</v>
+        <v>223</v>
       </c>
       <c r="H52" t="s">
-        <v>311</v>
+        <v>224</v>
       </c>
       <c r="K52" t="s">
-        <v>312</v>
+        <v>225</v>
       </c>
       <c r="L52" t="s">
-        <v>313</v>
+        <v>226</v>
       </c>
       <c r="M52" t="s">
-        <v>314</v>
+        <v>227</v>
       </c>
       <c r="N52">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O52" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P52" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R52">
         <v>999</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53">
-        <v>1384</v>
+        <v>1415</v>
       </c>
       <c r="B53" t="s">
-        <v>315</v>
+        <v>228</v>
       </c>
       <c r="C53" t="s">
-        <v>299</v>
+        <v>229</v>
+      </c>
+      <c r="D53">
+        <v>0</v>
       </c>
       <c r="E53" t="s">
-        <v>316</v>
-[...5 lines deleted...]
-        <v>318</v>
+        <v>230</v>
       </c>
       <c r="H53" t="s">
-        <v>319</v>
+        <v>231</v>
       </c>
       <c r="K53" t="s">
-        <v>320</v>
+        <v>232</v>
       </c>
       <c r="L53" t="s">
-        <v>321</v>
+        <v>233</v>
       </c>
       <c r="M53" t="s">
-        <v>322</v>
+        <v>234</v>
       </c>
       <c r="N53">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O53" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P53" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R53">
         <v>999</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54">
-        <v>1383</v>
+        <v>1414</v>
       </c>
       <c r="B54" t="s">
-        <v>323</v>
+        <v>235</v>
       </c>
       <c r="C54" t="s">
-        <v>299</v>
+        <v>236</v>
+      </c>
+      <c r="D54">
+        <v>0</v>
       </c>
       <c r="E54" t="s">
-        <v>324</v>
-[...5 lines deleted...]
-        <v>326</v>
+        <v>237</v>
       </c>
       <c r="H54" t="s">
-        <v>327</v>
+        <v>238</v>
       </c>
       <c r="K54" t="s">
-        <v>328</v>
+        <v>239</v>
       </c>
       <c r="L54" t="s">
-        <v>329</v>
+        <v>240</v>
       </c>
       <c r="M54" t="s">
-        <v>330</v>
+        <v>241</v>
       </c>
       <c r="N54">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O54" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P54" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R54">
         <v>999</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55">
-        <v>1382</v>
+        <v>1413</v>
       </c>
       <c r="B55" t="s">
-        <v>331</v>
+        <v>242</v>
       </c>
       <c r="C55" t="s">
-        <v>299</v>
+        <v>243</v>
+      </c>
+      <c r="D55">
+        <v>0</v>
       </c>
       <c r="E55" t="s">
-        <v>332</v>
-[...5 lines deleted...]
-        <v>334</v>
+        <v>244</v>
       </c>
       <c r="H55" t="s">
-        <v>335</v>
+        <v>245</v>
       </c>
       <c r="K55" t="s">
-        <v>336</v>
+        <v>246</v>
       </c>
       <c r="L55" t="s">
-        <v>337</v>
+        <v>247</v>
       </c>
       <c r="M55" t="s">
-        <v>338</v>
+        <v>248</v>
       </c>
       <c r="N55">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O55" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P55" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R55">
         <v>999</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56">
-        <v>1381</v>
+        <v>1412</v>
       </c>
       <c r="B56" t="s">
-        <v>339</v>
+        <v>249</v>
       </c>
       <c r="C56" t="s">
-        <v>299</v>
+        <v>250</v>
       </c>
       <c r="E56" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>341</v>
+        <v>251</v>
       </c>
       <c r="G56" t="s">
-        <v>342</v>
+        <v>252</v>
       </c>
       <c r="H56" t="s">
-        <v>343</v>
+        <v>253</v>
       </c>
       <c r="K56" t="s">
-        <v>344</v>
+        <v>254</v>
       </c>
       <c r="L56" t="s">
-        <v>345</v>
+        <v>255</v>
       </c>
       <c r="M56" t="s">
-        <v>346</v>
+        <v>256</v>
       </c>
       <c r="N56">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O56" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P56" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R56">
         <v>999</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57">
-        <v>1380</v>
+        <v>1411</v>
       </c>
       <c r="B57" t="s">
-        <v>347</v>
+        <v>257</v>
       </c>
       <c r="C57" t="s">
-        <v>290</v>
+        <v>258</v>
+      </c>
+      <c r="D57">
+        <v>0</v>
       </c>
       <c r="E57" t="s">
-        <v>348</v>
-[...5 lines deleted...]
-        <v>349</v>
+        <v>259</v>
+      </c>
+      <c r="H57" t="s">
+        <v>260</v>
       </c>
       <c r="K57" t="s">
-        <v>350</v>
+        <v>261</v>
       </c>
       <c r="L57" t="s">
-        <v>351</v>
+        <v>262</v>
       </c>
       <c r="M57" t="s">
-        <v>352</v>
+        <v>263</v>
       </c>
       <c r="N57">
         <v>2</v>
       </c>
       <c r="O57" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P57" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R57">
         <v>999</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58">
-        <v>1379</v>
+        <v>1410</v>
       </c>
       <c r="B58" t="s">
-        <v>353</v>
+        <v>264</v>
       </c>
       <c r="C58" t="s">
-        <v>290</v>
+        <v>265</v>
       </c>
       <c r="E58" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>355</v>
+        <v>266</v>
       </c>
       <c r="G58" t="s">
-        <v>356</v>
+        <v>267</v>
       </c>
       <c r="H58" t="s">
-        <v>357</v>
+        <v>268</v>
       </c>
       <c r="K58" t="s">
-        <v>358</v>
+        <v>269</v>
       </c>
       <c r="L58" t="s">
-        <v>359</v>
+        <v>270</v>
       </c>
       <c r="M58" t="s">
-        <v>360</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>271</v>
       </c>
       <c r="P58" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R58">
         <v>999</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="A59">
-        <v>1378</v>
+        <v>1409</v>
       </c>
       <c r="B59" t="s">
-        <v>361</v>
+        <v>272</v>
       </c>
       <c r="C59" t="s">
-        <v>290</v>
+        <v>273</v>
+      </c>
+      <c r="D59">
+        <v>0</v>
       </c>
       <c r="E59" t="s">
-        <v>362</v>
-[...8 lines deleted...]
-        <v>365</v>
+        <v>274</v>
       </c>
       <c r="K59" t="s">
-        <v>366</v>
+        <v>275</v>
       </c>
       <c r="L59" t="s">
-        <v>367</v>
+        <v>276</v>
       </c>
       <c r="M59" t="s">
-        <v>368</v>
+        <v>277</v>
       </c>
       <c r="N59">
         <v>2</v>
       </c>
       <c r="O59" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P59" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R59">
         <v>999</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60">
-        <v>1377</v>
+        <v>1408</v>
       </c>
       <c r="B60" t="s">
-        <v>369</v>
+        <v>278</v>
       </c>
       <c r="C60" t="s">
-        <v>290</v>
+        <v>279</v>
+      </c>
+      <c r="D60">
+        <v>0</v>
       </c>
       <c r="E60" t="s">
-        <v>370</v>
-[...5 lines deleted...]
-        <v>371</v>
+        <v>280</v>
       </c>
       <c r="H60" t="s">
-        <v>372</v>
+        <v>281</v>
       </c>
       <c r="K60" t="s">
-        <v>373</v>
+        <v>282</v>
       </c>
       <c r="L60" t="s">
-        <v>374</v>
+        <v>283</v>
       </c>
       <c r="M60" t="s">
-        <v>375</v>
+        <v>284</v>
       </c>
       <c r="N60">
         <v>2</v>
       </c>
       <c r="O60" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P60" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R60">
         <v>999</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="A61">
-        <v>1376</v>
+        <v>1407</v>
       </c>
       <c r="B61" t="s">
-        <v>376</v>
+        <v>285</v>
       </c>
       <c r="C61" t="s">
+        <v>285</v>
+      </c>
+      <c r="E61" t="s">
+        <v>286</v>
+      </c>
+      <c r="H61" t="s">
+        <v>287</v>
+      </c>
+      <c r="K61" t="s">
+        <v>288</v>
+      </c>
+      <c r="L61" t="s">
+        <v>289</v>
+      </c>
+      <c r="M61" t="s">
         <v>290</v>
-      </c>
-[...16 lines deleted...]
-        <v>382</v>
       </c>
       <c r="N61">
         <v>2</v>
       </c>
       <c r="O61" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P61" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R61">
         <v>999</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62">
-        <v>1375</v>
+        <v>1406</v>
       </c>
       <c r="B62" t="s">
-        <v>383</v>
+        <v>291</v>
       </c>
       <c r="C62" t="s">
-        <v>290</v>
+        <v>292</v>
+      </c>
+      <c r="D62">
+        <v>0</v>
       </c>
       <c r="E62" t="s">
-        <v>384</v>
-[...5 lines deleted...]
-        <v>386</v>
+        <v>293</v>
+      </c>
+      <c r="H62" t="s">
+        <v>294</v>
       </c>
       <c r="K62" t="s">
-        <v>387</v>
+        <v>295</v>
       </c>
       <c r="L62" t="s">
-        <v>388</v>
+        <v>296</v>
       </c>
       <c r="M62" t="s">
-        <v>389</v>
+        <v>297</v>
       </c>
       <c r="N62">
         <v>2</v>
       </c>
       <c r="O62" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P62" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R62">
         <v>999</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63">
-        <v>1374</v>
+        <v>1405</v>
       </c>
       <c r="B63" t="s">
-        <v>390</v>
+        <v>298</v>
       </c>
       <c r="C63" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="E63" t="s">
-        <v>391</v>
-[...5 lines deleted...]
-        <v>393</v>
+        <v>300</v>
       </c>
       <c r="H63" t="s">
-        <v>394</v>
+        <v>301</v>
       </c>
       <c r="K63" t="s">
-        <v>395</v>
+        <v>302</v>
       </c>
       <c r="L63" t="s">
-        <v>396</v>
+        <v>303</v>
       </c>
       <c r="M63" t="s">
-        <v>397</v>
+        <v>304</v>
       </c>
       <c r="N63">
         <v>2</v>
       </c>
       <c r="O63" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P63" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R63">
         <v>999</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64">
-        <v>1373</v>
+        <v>1404</v>
       </c>
       <c r="B64" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="C64" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="E64" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>355</v>
+        <v>307</v>
       </c>
       <c r="G64" t="s">
-        <v>399</v>
+        <v>308</v>
       </c>
       <c r="H64" t="s">
-        <v>400</v>
+        <v>309</v>
       </c>
       <c r="K64" t="s">
-        <v>401</v>
+        <v>310</v>
       </c>
       <c r="L64" t="s">
-        <v>402</v>
+        <v>311</v>
       </c>
       <c r="M64" t="s">
-        <v>403</v>
+        <v>312</v>
       </c>
       <c r="N64">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O64" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P64" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R64">
         <v>999</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65">
-        <v>1372</v>
+        <v>1403</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>313</v>
       </c>
       <c r="C65" t="s">
-        <v>299</v>
+        <v>314</v>
+      </c>
+      <c r="D65">
+        <v>0</v>
       </c>
       <c r="E65" t="s">
-        <v>405</v>
-[...8 lines deleted...]
-        <v>408</v>
+        <v>315</v>
       </c>
       <c r="K65" t="s">
-        <v>409</v>
+        <v>316</v>
       </c>
       <c r="L65" t="s">
-        <v>410</v>
+        <v>317</v>
       </c>
       <c r="M65" t="s">
-        <v>411</v>
+        <v>318</v>
       </c>
       <c r="N65">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O65" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P65" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R65">
         <v>999</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66">
-        <v>1371</v>
+        <v>1402</v>
       </c>
       <c r="B66" t="s">
-        <v>412</v>
+        <v>319</v>
       </c>
       <c r="C66" t="s">
-        <v>413</v>
+        <v>320</v>
+      </c>
+      <c r="D66">
+        <v>0</v>
       </c>
       <c r="E66" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>415</v>
+        <v>321</v>
+      </c>
+      <c r="H66" t="s">
+        <v>322</v>
       </c>
       <c r="K66" t="s">
-        <v>416</v>
+        <v>323</v>
       </c>
       <c r="L66" t="s">
-        <v>417</v>
+        <v>324</v>
       </c>
       <c r="M66" t="s">
-        <v>418</v>
+        <v>325</v>
       </c>
       <c r="N66">
         <v>2</v>
       </c>
       <c r="O66" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P66" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R66">
         <v>999</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67">
-        <v>1370</v>
+        <v>1401</v>
       </c>
       <c r="B67" t="s">
-        <v>419</v>
+        <v>326</v>
       </c>
       <c r="C67" t="s">
-        <v>290</v>
+        <v>327</v>
+      </c>
+      <c r="D67">
+        <v>0</v>
       </c>
       <c r="E67" t="s">
-        <v>420</v>
-[...5 lines deleted...]
-        <v>422</v>
+        <v>328</v>
       </c>
       <c r="H67" t="s">
-        <v>423</v>
+        <v>329</v>
       </c>
       <c r="K67" t="s">
-        <v>424</v>
+        <v>330</v>
       </c>
       <c r="L67" t="s">
-        <v>425</v>
+        <v>331</v>
       </c>
       <c r="M67" t="s">
-        <v>426</v>
+        <v>332</v>
       </c>
       <c r="N67">
         <v>2</v>
       </c>
       <c r="O67" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P67" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R67">
         <v>999</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="A68">
-        <v>1369</v>
+        <v>1400</v>
       </c>
       <c r="B68" t="s">
-        <v>427</v>
+        <v>333</v>
       </c>
       <c r="C68" t="s">
-        <v>290</v>
+        <v>334</v>
+      </c>
+      <c r="D68">
+        <v>0</v>
       </c>
       <c r="E68" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-        <v>415</v>
+        <v>335</v>
       </c>
       <c r="G68" t="s">
-        <v>429</v>
+        <v>336</v>
+      </c>
+      <c r="H68" t="s">
+        <v>337</v>
       </c>
       <c r="K68" t="s">
-        <v>430</v>
+        <v>338</v>
       </c>
       <c r="L68" t="s">
-        <v>431</v>
+        <v>339</v>
       </c>
       <c r="M68" t="s">
-        <v>432</v>
+        <v>340</v>
       </c>
       <c r="N68">
         <v>2</v>
       </c>
       <c r="O68" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P68" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R68">
         <v>999</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69">
-        <v>1368</v>
+        <v>1399</v>
       </c>
       <c r="B69" t="s">
-        <v>433</v>
+        <v>341</v>
       </c>
       <c r="C69" t="s">
-        <v>290</v>
+        <v>342</v>
+      </c>
+      <c r="D69">
+        <v>0</v>
       </c>
       <c r="E69" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>343</v>
       </c>
       <c r="G69" t="s">
-        <v>436</v>
+        <v>344</v>
       </c>
       <c r="H69" t="s">
-        <v>437</v>
+        <v>345</v>
       </c>
       <c r="K69" t="s">
-        <v>140</v>
+        <v>346</v>
       </c>
       <c r="L69" t="s">
-        <v>438</v>
+        <v>347</v>
       </c>
       <c r="M69" t="s">
-        <v>439</v>
+        <v>348</v>
       </c>
       <c r="N69">
         <v>2</v>
       </c>
       <c r="O69" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P69" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R69">
         <v>999</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70">
-        <v>1367</v>
+        <v>1398</v>
       </c>
       <c r="B70" t="s">
-        <v>440</v>
+        <v>349</v>
       </c>
       <c r="C70" t="s">
-        <v>290</v>
+        <v>350</v>
+      </c>
+      <c r="D70">
+        <v>0</v>
       </c>
       <c r="E70" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>442</v>
+        <v>351</v>
       </c>
       <c r="G70" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-        <v>444</v>
+        <v>352</v>
       </c>
       <c r="K70" t="s">
-        <v>445</v>
+        <v>353</v>
       </c>
       <c r="L70" t="s">
-        <v>446</v>
+        <v>354</v>
       </c>
       <c r="M70" t="s">
-        <v>447</v>
+        <v>355</v>
       </c>
       <c r="N70">
         <v>2</v>
       </c>
       <c r="O70" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P70" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R70">
         <v>999</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71">
-        <v>1366</v>
+        <v>1397</v>
       </c>
       <c r="B71" t="s">
-        <v>448</v>
+        <v>356</v>
       </c>
       <c r="C71" t="s">
-        <v>290</v>
+        <v>357</v>
+      </c>
+      <c r="D71">
+        <v>0</v>
       </c>
       <c r="E71" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>358</v>
       </c>
       <c r="G71" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-        <v>451</v>
+        <v>359</v>
       </c>
       <c r="K71" t="s">
-        <v>452</v>
+        <v>360</v>
       </c>
       <c r="L71" t="s">
-        <v>453</v>
+        <v>361</v>
       </c>
       <c r="M71" t="s">
-        <v>454</v>
+        <v>362</v>
       </c>
       <c r="N71">
         <v>2</v>
       </c>
       <c r="O71" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P71" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R71">
         <v>999</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72">
-        <v>1365</v>
+        <v>1396</v>
       </c>
       <c r="B72" t="s">
-        <v>455</v>
+        <v>363</v>
       </c>
       <c r="C72" t="s">
-        <v>290</v>
+        <v>364</v>
+      </c>
+      <c r="D72">
+        <v>0</v>
       </c>
       <c r="E72" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-        <v>309</v>
+        <v>365</v>
       </c>
       <c r="H72" t="s">
-        <v>457</v>
+        <v>366</v>
       </c>
       <c r="K72" t="s">
-        <v>458</v>
+        <v>159</v>
       </c>
       <c r="L72" t="s">
-        <v>459</v>
+        <v>367</v>
       </c>
       <c r="M72" t="s">
-        <v>460</v>
+        <v>368</v>
       </c>
       <c r="N72">
         <v>2</v>
       </c>
       <c r="O72" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P72" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R72">
         <v>999</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73">
-        <v>1364</v>
+        <v>1395</v>
       </c>
       <c r="B73" t="s">
-        <v>461</v>
+        <v>369</v>
       </c>
       <c r="C73" t="s">
-        <v>413</v>
+        <v>370</v>
       </c>
       <c r="E73" t="s">
-        <v>462</v>
-[...8 lines deleted...]
-        <v>464</v>
+        <v>371</v>
       </c>
       <c r="K73" t="s">
-        <v>465</v>
+        <v>372</v>
       </c>
       <c r="L73" t="s">
-        <v>466</v>
+        <v>373</v>
       </c>
       <c r="M73" t="s">
-        <v>467</v>
+        <v>374</v>
       </c>
       <c r="N73">
         <v>2</v>
       </c>
       <c r="O73" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P73" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R73">
         <v>999</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74">
-        <v>1363</v>
+        <v>1394</v>
       </c>
       <c r="B74" t="s">
-        <v>468</v>
+        <v>34</v>
       </c>
       <c r="C74" t="s">
-        <v>413</v>
+        <v>27</v>
       </c>
       <c r="E74" t="s">
-        <v>469</v>
-[...8 lines deleted...]
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="K74" t="s">
-        <v>472</v>
+        <v>376</v>
       </c>
       <c r="L74" t="s">
-        <v>473</v>
+        <v>377</v>
       </c>
       <c r="M74" t="s">
-        <v>474</v>
+        <v>378</v>
       </c>
       <c r="N74">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O74" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="P74" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R74">
         <v>999</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75">
-        <v>1362</v>
+        <v>1393</v>
       </c>
       <c r="B75" t="s">
-        <v>475</v>
+        <v>34</v>
       </c>
       <c r="C75" t="s">
-        <v>413</v>
+        <v>27</v>
       </c>
       <c r="E75" t="s">
-        <v>476</v>
-[...8 lines deleted...]
-        <v>478</v>
+        <v>379</v>
       </c>
       <c r="K75" t="s">
-        <v>479</v>
+        <v>72</v>
       </c>
       <c r="L75" t="s">
-        <v>480</v>
+        <v>380</v>
       </c>
       <c r="M75" t="s">
-        <v>481</v>
+        <v>381</v>
       </c>
       <c r="N75">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O75" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="P75" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R75">
         <v>999</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76">
-        <v>1361</v>
+        <v>1392</v>
       </c>
       <c r="B76" t="s">
-        <v>482</v>
+        <v>34</v>
       </c>
       <c r="C76" t="s">
-        <v>413</v>
+        <v>27</v>
       </c>
       <c r="E76" t="s">
-        <v>483</v>
-[...8 lines deleted...]
-        <v>485</v>
+        <v>382</v>
       </c>
       <c r="K76" t="s">
-        <v>486</v>
+        <v>383</v>
       </c>
       <c r="L76" t="s">
-        <v>487</v>
+        <v>384</v>
       </c>
       <c r="M76" t="s">
-        <v>488</v>
+        <v>385</v>
       </c>
       <c r="N76">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O76" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="P76" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R76">
         <v>999</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77">
-        <v>1360</v>
+        <v>1391</v>
       </c>
       <c r="B77" t="s">
-        <v>489</v>
+        <v>34</v>
       </c>
       <c r="C77" t="s">
-        <v>413</v>
+        <v>27</v>
       </c>
       <c r="E77" t="s">
-        <v>490</v>
-[...8 lines deleted...]
-        <v>492</v>
+        <v>386</v>
       </c>
       <c r="K77" t="s">
-        <v>493</v>
+        <v>387</v>
       </c>
       <c r="L77" t="s">
-        <v>494</v>
+        <v>388</v>
       </c>
       <c r="M77" t="s">
-        <v>495</v>
+        <v>389</v>
       </c>
       <c r="N77">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O77" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="P77" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R77">
         <v>999</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78">
-        <v>1359</v>
+        <v>1389</v>
       </c>
       <c r="B78" t="s">
-        <v>496</v>
+        <v>34</v>
       </c>
       <c r="C78" t="s">
-        <v>413</v>
+        <v>27</v>
       </c>
       <c r="E78" t="s">
-        <v>497</v>
-[...8 lines deleted...]
-        <v>499</v>
+        <v>390</v>
       </c>
       <c r="K78" t="s">
-        <v>500</v>
+        <v>391</v>
       </c>
       <c r="L78" t="s">
-        <v>501</v>
+        <v>392</v>
       </c>
       <c r="M78" t="s">
-        <v>502</v>
+        <v>393</v>
       </c>
       <c r="N78">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O78" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="P78" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R78">
         <v>999</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79">
-        <v>1358</v>
+        <v>1387</v>
       </c>
       <c r="B79" t="s">
-        <v>503</v>
+        <v>394</v>
       </c>
       <c r="C79" t="s">
-        <v>413</v>
+        <v>395</v>
       </c>
       <c r="E79" t="s">
-        <v>504</v>
+        <v>396</v>
       </c>
       <c r="F79" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
       <c r="G79" t="s">
-        <v>505</v>
+        <v>398</v>
       </c>
       <c r="H79" t="s">
-        <v>506</v>
+        <v>399</v>
       </c>
       <c r="K79" t="s">
-        <v>507</v>
+        <v>400</v>
       </c>
       <c r="L79" t="s">
-        <v>508</v>
+        <v>401</v>
       </c>
       <c r="M79" t="s">
-        <v>509</v>
+        <v>402</v>
       </c>
       <c r="N79">
         <v>2</v>
       </c>
       <c r="O79" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P79" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R79">
         <v>999</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80">
-        <v>1357</v>
+        <v>1386</v>
       </c>
       <c r="B80" t="s">
-        <v>510</v>
+        <v>403</v>
       </c>
       <c r="C80" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>404</v>
       </c>
       <c r="E80" t="s">
-        <v>511</v>
+        <v>405</v>
       </c>
       <c r="F80" t="s">
-        <v>512</v>
+        <v>397</v>
+      </c>
+      <c r="G80" t="s">
+        <v>406</v>
+      </c>
+      <c r="H80" t="s">
+        <v>407</v>
       </c>
       <c r="K80" t="s">
-        <v>196</v>
+        <v>408</v>
       </c>
       <c r="L80" t="s">
-        <v>513</v>
+        <v>409</v>
       </c>
       <c r="M80" t="s">
-        <v>514</v>
+        <v>410</v>
       </c>
       <c r="N80">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="O80" t="s">
-        <v>515</v>
+        <v>139</v>
       </c>
       <c r="P80" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R80">
         <v>999</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="A81">
-        <v>1356</v>
+        <v>1385</v>
       </c>
       <c r="B81" t="s">
-        <v>516</v>
+        <v>411</v>
       </c>
       <c r="C81" t="s">
-        <v>516</v>
+        <v>404</v>
       </c>
       <c r="E81" t="s">
-        <v>517</v>
+        <v>412</v>
       </c>
       <c r="F81" t="s">
-        <v>512</v>
+        <v>413</v>
+      </c>
+      <c r="G81" t="s">
+        <v>414</v>
+      </c>
+      <c r="H81" t="s">
+        <v>415</v>
       </c>
       <c r="K81" t="s">
-        <v>518</v>
+        <v>416</v>
       </c>
       <c r="L81" t="s">
-        <v>519</v>
+        <v>417</v>
       </c>
       <c r="M81" t="s">
-        <v>520</v>
+        <v>418</v>
       </c>
       <c r="N81">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O81" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P81" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R81">
         <v>999</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="A82">
-        <v>1355</v>
+        <v>1384</v>
       </c>
       <c r="B82" t="s">
-        <v>521</v>
+        <v>419</v>
       </c>
       <c r="C82" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>404</v>
       </c>
       <c r="E82" t="s">
-        <v>523</v>
+        <v>420</v>
       </c>
       <c r="F82" t="s">
-        <v>512</v>
+        <v>421</v>
+      </c>
+      <c r="G82" t="s">
+        <v>422</v>
+      </c>
+      <c r="H82" t="s">
+        <v>423</v>
       </c>
       <c r="K82" t="s">
-        <v>524</v>
+        <v>424</v>
       </c>
       <c r="L82" t="s">
-        <v>525</v>
+        <v>425</v>
       </c>
       <c r="M82" t="s">
-        <v>526</v>
+        <v>426</v>
       </c>
       <c r="N82">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="O82" t="s">
-        <v>515</v>
+        <v>139</v>
       </c>
       <c r="P82" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R82">
         <v>999</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="A83">
-        <v>1353</v>
+        <v>1383</v>
       </c>
       <c r="B83" t="s">
-        <v>527</v>
+        <v>427</v>
       </c>
       <c r="C83" t="s">
-        <v>528</v>
+        <v>404</v>
       </c>
       <c r="E83" t="s">
-        <v>529</v>
+        <v>428</v>
       </c>
       <c r="F83" t="s">
-        <v>512</v>
+        <v>429</v>
+      </c>
+      <c r="G83" t="s">
+        <v>430</v>
+      </c>
+      <c r="H83" t="s">
+        <v>431</v>
       </c>
       <c r="K83" t="s">
-        <v>530</v>
+        <v>432</v>
       </c>
       <c r="L83" t="s">
-        <v>531</v>
+        <v>433</v>
       </c>
       <c r="M83" t="s">
-        <v>532</v>
+        <v>434</v>
       </c>
       <c r="N83">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O83" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P83" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R83">
         <v>999</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84">
-        <v>1352</v>
+        <v>1382</v>
       </c>
       <c r="B84" t="s">
-        <v>143</v>
+        <v>435</v>
       </c>
       <c r="C84" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>404</v>
       </c>
       <c r="E84" t="s">
-        <v>533</v>
+        <v>436</v>
       </c>
       <c r="F84" t="s">
-        <v>512</v>
+        <v>437</v>
+      </c>
+      <c r="G84" t="s">
+        <v>438</v>
+      </c>
+      <c r="H84" t="s">
+        <v>439</v>
       </c>
       <c r="K84" t="s">
-        <v>534</v>
+        <v>440</v>
       </c>
       <c r="L84" t="s">
-        <v>535</v>
+        <v>441</v>
       </c>
       <c r="M84" t="s">
-        <v>536</v>
+        <v>442</v>
       </c>
       <c r="N84">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O84" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P84" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R84">
         <v>999</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="A85">
-        <v>1351</v>
+        <v>1381</v>
       </c>
       <c r="B85" t="s">
-        <v>537</v>
+        <v>443</v>
       </c>
       <c r="C85" t="s">
-        <v>537</v>
+        <v>404</v>
       </c>
       <c r="E85" t="s">
-        <v>538</v>
+        <v>444</v>
       </c>
       <c r="F85" t="s">
-        <v>421</v>
+        <v>445</v>
       </c>
       <c r="G85" t="s">
-        <v>539</v>
+        <v>446</v>
       </c>
       <c r="H85" t="s">
-        <v>540</v>
+        <v>447</v>
       </c>
       <c r="K85" t="s">
-        <v>541</v>
+        <v>448</v>
       </c>
       <c r="L85" t="s">
-        <v>542</v>
+        <v>449</v>
       </c>
       <c r="M85" t="s">
-        <v>543</v>
+        <v>450</v>
       </c>
       <c r="N85">
         <v>1</v>
       </c>
       <c r="O85" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P85" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R85">
         <v>999</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="A86">
-        <v>1344</v>
+        <v>1380</v>
       </c>
       <c r="B86" t="s">
-        <v>544</v>
+        <v>451</v>
       </c>
       <c r="C86" t="s">
-        <v>544</v>
+        <v>395</v>
       </c>
       <c r="E86" t="s">
-        <v>545</v>
+        <v>452</v>
       </c>
       <c r="F86" t="s">
-        <v>512</v>
+        <v>429</v>
       </c>
       <c r="G86" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-        <v>547</v>
+        <v>453</v>
       </c>
       <c r="K86" t="s">
-        <v>548</v>
+        <v>454</v>
       </c>
       <c r="L86" t="s">
-        <v>549</v>
+        <v>455</v>
       </c>
       <c r="M86" t="s">
-        <v>550</v>
+        <v>456</v>
+      </c>
+      <c r="N86">
+        <v>2</v>
+      </c>
+      <c r="O86" t="s">
+        <v>145</v>
       </c>
       <c r="P86" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R86">
         <v>999</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="A87">
-        <v>1343</v>
+        <v>1379</v>
       </c>
       <c r="B87" t="s">
-        <v>551</v>
+        <v>457</v>
       </c>
       <c r="C87" t="s">
-        <v>552</v>
+        <v>395</v>
       </c>
       <c r="E87" t="s">
-        <v>553</v>
+        <v>458</v>
       </c>
       <c r="F87" t="s">
-        <v>512</v>
+        <v>459</v>
+      </c>
+      <c r="G87" t="s">
+        <v>460</v>
+      </c>
+      <c r="H87" t="s">
+        <v>461</v>
       </c>
       <c r="K87" t="s">
-        <v>554</v>
+        <v>462</v>
       </c>
       <c r="L87" t="s">
-        <v>555</v>
+        <v>463</v>
       </c>
       <c r="M87" t="s">
-        <v>556</v>
+        <v>464</v>
       </c>
       <c r="N87">
         <v>2</v>
       </c>
       <c r="O87" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P87" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R87">
         <v>999</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="A88">
-        <v>1340</v>
+        <v>1378</v>
       </c>
       <c r="B88" t="s">
-        <v>557</v>
+        <v>465</v>
       </c>
       <c r="C88" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>395</v>
       </c>
       <c r="E88" t="s">
-        <v>558</v>
+        <v>466</v>
       </c>
       <c r="F88" t="s">
-        <v>512</v>
+        <v>467</v>
+      </c>
+      <c r="G88" t="s">
+        <v>468</v>
       </c>
       <c r="H88" t="s">
-        <v>559</v>
+        <v>469</v>
       </c>
       <c r="K88" t="s">
-        <v>560</v>
+        <v>470</v>
       </c>
       <c r="L88" t="s">
-        <v>561</v>
+        <v>471</v>
       </c>
       <c r="M88" t="s">
-        <v>562</v>
+        <v>472</v>
       </c>
       <c r="N88">
         <v>2</v>
       </c>
       <c r="O88" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P88" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R88">
         <v>999</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="A89">
-        <v>1338</v>
+        <v>1377</v>
       </c>
       <c r="B89" t="s">
-        <v>255</v>
+        <v>473</v>
       </c>
       <c r="C89" t="s">
-        <v>256</v>
+        <v>395</v>
       </c>
       <c r="E89" t="s">
-        <v>563</v>
+        <v>474</v>
       </c>
       <c r="F89" t="s">
-        <v>512</v>
+        <v>445</v>
+      </c>
+      <c r="G89" t="s">
+        <v>475</v>
       </c>
       <c r="H89" t="s">
-        <v>564</v>
+        <v>476</v>
       </c>
       <c r="K89" t="s">
-        <v>565</v>
+        <v>477</v>
       </c>
       <c r="L89" t="s">
-        <v>566</v>
+        <v>478</v>
       </c>
       <c r="M89" t="s">
-        <v>567</v>
+        <v>479</v>
       </c>
       <c r="N89">
         <v>2</v>
       </c>
       <c r="O89" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P89" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R89">
         <v>999</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="A90">
-        <v>1337</v>
+        <v>1376</v>
       </c>
       <c r="B90" t="s">
-        <v>568</v>
+        <v>480</v>
       </c>
       <c r="C90" t="s">
-        <v>86</v>
+        <v>395</v>
       </c>
       <c r="E90" t="s">
-        <v>569</v>
+        <v>481</v>
       </c>
       <c r="F90" t="s">
-        <v>512</v>
+        <v>482</v>
       </c>
       <c r="G90" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-        <v>571</v>
+        <v>483</v>
       </c>
       <c r="K90" t="s">
-        <v>572</v>
+        <v>484</v>
       </c>
       <c r="L90" t="s">
-        <v>573</v>
+        <v>485</v>
       </c>
       <c r="M90" t="s">
-        <v>574</v>
+        <v>486</v>
       </c>
       <c r="N90">
         <v>2</v>
       </c>
       <c r="O90" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P90" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R90">
         <v>999</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91">
-        <v>1332</v>
+        <v>1375</v>
       </c>
       <c r="B91" t="s">
-        <v>158</v>
+        <v>487</v>
       </c>
       <c r="C91" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>395</v>
       </c>
       <c r="E91" t="s">
-        <v>575</v>
+        <v>488</v>
       </c>
       <c r="F91" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-        <v>576</v>
+        <v>489</v>
+      </c>
+      <c r="G91" t="s">
+        <v>490</v>
       </c>
       <c r="K91" t="s">
-        <v>577</v>
+        <v>491</v>
       </c>
       <c r="L91" t="s">
-        <v>578</v>
+        <v>492</v>
       </c>
       <c r="M91" t="s">
-        <v>579</v>
+        <v>493</v>
       </c>
       <c r="N91">
         <v>2</v>
       </c>
       <c r="O91" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P91" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R91">
         <v>999</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92">
-        <v>1330</v>
+        <v>1374</v>
       </c>
       <c r="B92" t="s">
-        <v>580</v>
+        <v>494</v>
       </c>
       <c r="C92" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>395</v>
       </c>
       <c r="E92" t="s">
-        <v>581</v>
+        <v>495</v>
       </c>
       <c r="F92" t="s">
-        <v>512</v>
+        <v>496</v>
+      </c>
+      <c r="G92" t="s">
+        <v>497</v>
       </c>
       <c r="H92" t="s">
-        <v>582</v>
+        <v>498</v>
       </c>
       <c r="K92" t="s">
-        <v>541</v>
+        <v>499</v>
       </c>
       <c r="L92" t="s">
-        <v>583</v>
+        <v>500</v>
       </c>
       <c r="M92" t="s">
-        <v>584</v>
+        <v>501</v>
       </c>
       <c r="N92">
         <v>2</v>
       </c>
       <c r="O92" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P92" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R92">
         <v>999</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="A93">
-        <v>1325</v>
+        <v>1373</v>
       </c>
       <c r="B93" t="s">
-        <v>585</v>
+        <v>404</v>
       </c>
       <c r="C93" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>404</v>
       </c>
       <c r="E93" t="s">
-        <v>586</v>
+        <v>502</v>
       </c>
       <c r="F93" t="s">
-        <v>512</v>
+        <v>459</v>
       </c>
       <c r="G93" t="s">
-        <v>587</v>
+        <v>503</v>
       </c>
       <c r="H93" t="s">
-        <v>588</v>
+        <v>504</v>
       </c>
       <c r="K93" t="s">
-        <v>589</v>
+        <v>505</v>
       </c>
       <c r="L93" t="s">
-        <v>590</v>
+        <v>506</v>
       </c>
       <c r="M93" t="s">
-        <v>591</v>
+        <v>507</v>
       </c>
       <c r="N93">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O93" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P93" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R93">
         <v>999</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94">
-        <v>1322</v>
+        <v>1372</v>
       </c>
       <c r="B94" t="s">
-        <v>592</v>
+        <v>508</v>
       </c>
       <c r="C94" t="s">
-        <v>192</v>
+        <v>404</v>
       </c>
       <c r="E94" t="s">
-        <v>593</v>
+        <v>509</v>
       </c>
       <c r="F94" t="s">
+        <v>510</v>
+      </c>
+      <c r="G94" t="s">
+        <v>511</v>
+      </c>
+      <c r="H94" t="s">
         <v>512</v>
       </c>
-      <c r="H94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K94" t="s">
-        <v>595</v>
+        <v>513</v>
       </c>
       <c r="L94" t="s">
-        <v>596</v>
+        <v>514</v>
       </c>
       <c r="M94" t="s">
-        <v>597</v>
+        <v>515</v>
       </c>
       <c r="N94">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O94" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P94" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R94">
         <v>999</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="A95">
-        <v>1316</v>
+        <v>1371</v>
       </c>
       <c r="B95" t="s">
-        <v>598</v>
+        <v>516</v>
       </c>
       <c r="C95" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>517</v>
       </c>
       <c r="E95" t="s">
-        <v>599</v>
+        <v>518</v>
       </c>
       <c r="F95" t="s">
-        <v>512</v>
-[...5 lines deleted...]
-        <v>601</v>
+        <v>519</v>
       </c>
       <c r="K95" t="s">
-        <v>602</v>
+        <v>520</v>
       </c>
       <c r="L95" t="s">
-        <v>603</v>
+        <v>521</v>
       </c>
       <c r="M95" t="s">
-        <v>604</v>
+        <v>522</v>
       </c>
       <c r="N95">
         <v>2</v>
       </c>
       <c r="O95" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P95" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R95">
         <v>999</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="A96">
-        <v>1315</v>
+        <v>1370</v>
       </c>
       <c r="B96" t="s">
-        <v>605</v>
+        <v>523</v>
       </c>
       <c r="C96" t="s">
-        <v>605</v>
+        <v>395</v>
       </c>
       <c r="E96" t="s">
-        <v>606</v>
+        <v>524</v>
       </c>
       <c r="F96" t="s">
-        <v>607</v>
+        <v>525</v>
       </c>
       <c r="G96" t="s">
-        <v>608</v>
+        <v>526</v>
       </c>
       <c r="H96" t="s">
-        <v>609</v>
+        <v>527</v>
       </c>
       <c r="K96" t="s">
-        <v>610</v>
+        <v>528</v>
       </c>
       <c r="L96" t="s">
-        <v>611</v>
+        <v>529</v>
       </c>
       <c r="M96" t="s">
-        <v>612</v>
+        <v>530</v>
       </c>
       <c r="N96">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O96" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P96" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R96">
         <v>999</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="A97">
-        <v>1314</v>
+        <v>1369</v>
       </c>
       <c r="B97" t="s">
-        <v>613</v>
+        <v>531</v>
       </c>
       <c r="C97" t="s">
-        <v>613</v>
+        <v>395</v>
       </c>
       <c r="E97" t="s">
-        <v>614</v>
+        <v>532</v>
       </c>
       <c r="F97" t="s">
-        <v>292</v>
+        <v>519</v>
       </c>
       <c r="G97" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>616</v>
+        <v>533</v>
       </c>
       <c r="K97" t="s">
-        <v>617</v>
+        <v>534</v>
       </c>
       <c r="L97" t="s">
-        <v>618</v>
+        <v>535</v>
       </c>
       <c r="M97" t="s">
-        <v>619</v>
+        <v>536</v>
       </c>
       <c r="N97">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O97" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P97" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R97">
         <v>999</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="A98">
-        <v>1313</v>
+        <v>1368</v>
       </c>
       <c r="B98" t="s">
-        <v>620</v>
+        <v>537</v>
       </c>
       <c r="C98" t="s">
-        <v>620</v>
+        <v>395</v>
       </c>
       <c r="E98" t="s">
-        <v>621</v>
+        <v>538</v>
       </c>
       <c r="F98" t="s">
-        <v>442</v>
+        <v>539</v>
       </c>
       <c r="G98" t="s">
-        <v>622</v>
+        <v>540</v>
+      </c>
+      <c r="H98" t="s">
+        <v>541</v>
       </c>
       <c r="K98" t="s">
-        <v>623</v>
+        <v>254</v>
       </c>
       <c r="L98" t="s">
-        <v>624</v>
+        <v>542</v>
       </c>
       <c r="M98" t="s">
-        <v>625</v>
+        <v>543</v>
       </c>
       <c r="N98">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O98" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P98" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R98">
         <v>999</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="A99">
-        <v>1312</v>
+        <v>1367</v>
       </c>
       <c r="B99" t="s">
-        <v>626</v>
+        <v>544</v>
       </c>
       <c r="C99" t="s">
-        <v>626</v>
+        <v>395</v>
       </c>
       <c r="E99" t="s">
-        <v>627</v>
+        <v>545</v>
       </c>
       <c r="F99" t="s">
-        <v>442</v>
+        <v>546</v>
       </c>
       <c r="G99" t="s">
-        <v>628</v>
+        <v>547</v>
       </c>
       <c r="H99" t="s">
-        <v>629</v>
+        <v>548</v>
       </c>
       <c r="K99" t="s">
-        <v>630</v>
+        <v>549</v>
       </c>
       <c r="L99" t="s">
-        <v>631</v>
+        <v>550</v>
       </c>
       <c r="M99" t="s">
-        <v>632</v>
+        <v>551</v>
       </c>
       <c r="N99">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O99" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P99" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R99">
         <v>999</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100">
-        <v>1311</v>
+        <v>1366</v>
       </c>
       <c r="B100" t="s">
-        <v>633</v>
+        <v>552</v>
       </c>
       <c r="C100" t="s">
-        <v>634</v>
+        <v>395</v>
       </c>
       <c r="E100" t="s">
-        <v>635</v>
+        <v>553</v>
       </c>
       <c r="F100" t="s">
-        <v>636</v>
+        <v>510</v>
       </c>
       <c r="G100" t="s">
-        <v>637</v>
+        <v>554</v>
       </c>
       <c r="H100" t="s">
-        <v>638</v>
+        <v>555</v>
       </c>
       <c r="K100" t="s">
-        <v>639</v>
+        <v>556</v>
       </c>
       <c r="L100" t="s">
-        <v>640</v>
+        <v>557</v>
       </c>
       <c r="M100" t="s">
-        <v>641</v>
+        <v>558</v>
       </c>
       <c r="N100">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O100" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P100" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R100">
         <v>999</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="A101">
-        <v>1310</v>
+        <v>1365</v>
       </c>
       <c r="B101" t="s">
-        <v>642</v>
+        <v>559</v>
       </c>
       <c r="C101" t="s">
-        <v>642</v>
+        <v>395</v>
       </c>
       <c r="E101" t="s">
-        <v>643</v>
+        <v>560</v>
       </c>
       <c r="F101" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-        <v>645</v>
+        <v>413</v>
       </c>
       <c r="H101" t="s">
-        <v>646</v>
+        <v>561</v>
       </c>
       <c r="K101" t="s">
-        <v>647</v>
+        <v>562</v>
       </c>
       <c r="L101" t="s">
-        <v>648</v>
+        <v>563</v>
       </c>
       <c r="M101" t="s">
-        <v>649</v>
+        <v>564</v>
       </c>
       <c r="N101">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O101" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P101" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R101">
         <v>999</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102">
-        <v>1309</v>
+        <v>1364</v>
       </c>
       <c r="B102" t="s">
-        <v>650</v>
+        <v>565</v>
       </c>
       <c r="C102" t="s">
-        <v>650</v>
+        <v>517</v>
       </c>
       <c r="E102" t="s">
-        <v>651</v>
+        <v>566</v>
       </c>
       <c r="F102" t="s">
-        <v>652</v>
+        <v>437</v>
       </c>
       <c r="G102" t="s">
-        <v>653</v>
+        <v>567</v>
       </c>
       <c r="H102" t="s">
-        <v>654</v>
+        <v>568</v>
       </c>
       <c r="K102" t="s">
-        <v>655</v>
+        <v>569</v>
       </c>
       <c r="L102" t="s">
-        <v>656</v>
+        <v>570</v>
       </c>
       <c r="M102" t="s">
-        <v>657</v>
+        <v>571</v>
       </c>
       <c r="N102">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O102" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P102" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R102">
         <v>999</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103">
-        <v>1308</v>
+        <v>1363</v>
       </c>
       <c r="B103" t="s">
-        <v>658</v>
+        <v>572</v>
       </c>
       <c r="C103" t="s">
-        <v>659</v>
+        <v>517</v>
       </c>
       <c r="E103" t="s">
-        <v>660</v>
+        <v>573</v>
       </c>
       <c r="F103" t="s">
-        <v>661</v>
+        <v>467</v>
       </c>
       <c r="G103" t="s">
-        <v>662</v>
+        <v>574</v>
       </c>
       <c r="H103" t="s">
-        <v>663</v>
+        <v>575</v>
       </c>
       <c r="K103" t="s">
-        <v>664</v>
+        <v>576</v>
       </c>
       <c r="L103" t="s">
-        <v>665</v>
+        <v>577</v>
       </c>
       <c r="M103" t="s">
-        <v>666</v>
+        <v>578</v>
       </c>
       <c r="N103">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O103" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P103" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R103">
         <v>999</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="A104">
-        <v>1307</v>
+        <v>1362</v>
       </c>
       <c r="B104" t="s">
-        <v>667</v>
+        <v>579</v>
       </c>
       <c r="C104" t="s">
-        <v>667</v>
+        <v>517</v>
       </c>
       <c r="E104" t="s">
-        <v>668</v>
+        <v>580</v>
       </c>
       <c r="F104" t="s">
-        <v>421</v>
+        <v>489</v>
       </c>
       <c r="G104" t="s">
-        <v>669</v>
+        <v>581</v>
       </c>
       <c r="H104" t="s">
-        <v>670</v>
+        <v>582</v>
       </c>
       <c r="K104" t="s">
-        <v>671</v>
+        <v>583</v>
       </c>
       <c r="L104" t="s">
-        <v>672</v>
+        <v>584</v>
       </c>
       <c r="M104" t="s">
-        <v>673</v>
+        <v>585</v>
       </c>
       <c r="N104">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O104" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P104" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R104">
         <v>999</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105">
-        <v>1306</v>
+        <v>1361</v>
       </c>
       <c r="B105" t="s">
-        <v>674</v>
+        <v>586</v>
       </c>
       <c r="C105" t="s">
-        <v>674</v>
+        <v>517</v>
       </c>
       <c r="E105" t="s">
-        <v>675</v>
+        <v>587</v>
       </c>
       <c r="F105" t="s">
-        <v>292</v>
+        <v>459</v>
       </c>
       <c r="G105" t="s">
-        <v>676</v>
+        <v>588</v>
       </c>
       <c r="H105" t="s">
-        <v>677</v>
+        <v>589</v>
       </c>
       <c r="K105" t="s">
-        <v>678</v>
+        <v>590</v>
       </c>
       <c r="L105" t="s">
-        <v>679</v>
+        <v>591</v>
       </c>
       <c r="M105" t="s">
-        <v>680</v>
+        <v>592</v>
       </c>
       <c r="N105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O105" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P105" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R105">
         <v>999</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106">
-        <v>1305</v>
+        <v>1360</v>
       </c>
       <c r="B106" t="s">
-        <v>681</v>
+        <v>593</v>
       </c>
       <c r="C106" t="s">
-        <v>681</v>
+        <v>517</v>
       </c>
       <c r="E106" t="s">
-        <v>682</v>
+        <v>594</v>
       </c>
       <c r="F106" t="s">
-        <v>652</v>
+        <v>421</v>
       </c>
       <c r="G106" t="s">
-        <v>683</v>
+        <v>595</v>
       </c>
       <c r="H106" t="s">
-        <v>684</v>
+        <v>596</v>
       </c>
       <c r="K106" t="s">
-        <v>685</v>
+        <v>597</v>
       </c>
       <c r="L106" t="s">
-        <v>686</v>
+        <v>598</v>
       </c>
       <c r="M106" t="s">
-        <v>687</v>
+        <v>599</v>
       </c>
       <c r="N106">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O106" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P106" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R106">
         <v>999</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="A107">
-        <v>1304</v>
+        <v>1359</v>
       </c>
       <c r="B107" t="s">
-        <v>688</v>
+        <v>600</v>
       </c>
       <c r="C107" t="s">
-        <v>688</v>
+        <v>517</v>
       </c>
       <c r="E107" t="s">
-        <v>689</v>
+        <v>601</v>
       </c>
       <c r="F107" t="s">
-        <v>690</v>
+        <v>546</v>
       </c>
       <c r="G107" t="s">
-        <v>691</v>
+        <v>602</v>
       </c>
       <c r="H107" t="s">
-        <v>692</v>
+        <v>603</v>
       </c>
       <c r="K107" t="s">
-        <v>693</v>
+        <v>604</v>
       </c>
       <c r="L107" t="s">
-        <v>694</v>
+        <v>605</v>
       </c>
       <c r="M107" t="s">
-        <v>695</v>
+        <v>606</v>
       </c>
       <c r="N107">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O107" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P107" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R107">
         <v>999</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108">
-        <v>1303</v>
+        <v>1358</v>
       </c>
       <c r="B108" t="s">
-        <v>688</v>
+        <v>607</v>
       </c>
       <c r="C108" t="s">
-        <v>688</v>
+        <v>517</v>
       </c>
       <c r="E108" t="s">
-        <v>696</v>
+        <v>608</v>
       </c>
       <c r="F108" t="s">
-        <v>697</v>
+        <v>510</v>
       </c>
       <c r="G108" t="s">
-        <v>698</v>
+        <v>609</v>
       </c>
       <c r="H108" t="s">
-        <v>699</v>
+        <v>610</v>
       </c>
       <c r="K108" t="s">
-        <v>700</v>
+        <v>611</v>
       </c>
       <c r="L108" t="s">
-        <v>701</v>
+        <v>612</v>
       </c>
       <c r="M108" t="s">
-        <v>702</v>
+        <v>613</v>
       </c>
       <c r="N108">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O108" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P108" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R108">
         <v>999</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109">
-        <v>1302</v>
+        <v>1357</v>
       </c>
       <c r="B109" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="C109" t="s">
-        <v>605</v>
+        <v>614</v>
+      </c>
+      <c r="D109">
+        <v>0</v>
       </c>
       <c r="E109" t="s">
-        <v>703</v>
+        <v>615</v>
       </c>
       <c r="F109" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>704</v>
+        <v>616</v>
       </c>
       <c r="K109" t="s">
-        <v>705</v>
+        <v>310</v>
       </c>
       <c r="L109" t="s">
-        <v>706</v>
+        <v>617</v>
       </c>
       <c r="M109" t="s">
-        <v>707</v>
+        <v>618</v>
       </c>
       <c r="N109">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="O109" t="s">
-        <v>306</v>
+        <v>102</v>
       </c>
       <c r="P109" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R109">
         <v>999</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="A110">
-        <v>1301</v>
+        <v>1356</v>
       </c>
       <c r="B110" t="s">
-        <v>688</v>
+        <v>619</v>
       </c>
       <c r="C110" t="s">
-        <v>688</v>
+        <v>619</v>
       </c>
       <c r="E110" t="s">
-        <v>708</v>
+        <v>620</v>
       </c>
       <c r="F110" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>710</v>
+        <v>616</v>
       </c>
       <c r="K110" t="s">
-        <v>711</v>
+        <v>621</v>
       </c>
       <c r="L110" t="s">
-        <v>712</v>
+        <v>622</v>
       </c>
       <c r="M110" t="s">
-        <v>713</v>
+        <v>623</v>
       </c>
       <c r="N110">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O110" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P110" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R110">
         <v>999</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="A111">
-        <v>1300</v>
+        <v>1355</v>
       </c>
       <c r="B111" t="s">
-        <v>605</v>
+        <v>624</v>
       </c>
       <c r="C111" t="s">
-        <v>605</v>
+        <v>625</v>
+      </c>
+      <c r="D111">
+        <v>0</v>
       </c>
       <c r="E111" t="s">
-        <v>714</v>
+        <v>626</v>
       </c>
       <c r="F111" t="s">
-        <v>333</v>
-[...5 lines deleted...]
-        <v>716</v>
+        <v>616</v>
       </c>
       <c r="K111" t="s">
-        <v>717</v>
+        <v>627</v>
       </c>
       <c r="L111" t="s">
-        <v>718</v>
+        <v>628</v>
       </c>
       <c r="M111" t="s">
-        <v>719</v>
+        <v>629</v>
       </c>
       <c r="N111">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="O111" t="s">
-        <v>306</v>
+        <v>102</v>
       </c>
       <c r="P111" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R111">
         <v>999</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112">
-        <v>1299</v>
+        <v>1353</v>
       </c>
       <c r="B112" t="s">
-        <v>720</v>
+        <v>630</v>
       </c>
       <c r="C112" t="s">
-        <v>720</v>
+        <v>631</v>
       </c>
       <c r="E112" t="s">
-        <v>721</v>
+        <v>632</v>
       </c>
       <c r="F112" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>723</v>
+        <v>616</v>
       </c>
       <c r="K112" t="s">
-        <v>724</v>
+        <v>633</v>
       </c>
       <c r="L112" t="s">
-        <v>725</v>
+        <v>634</v>
       </c>
       <c r="M112" t="s">
-        <v>726</v>
+        <v>635</v>
       </c>
       <c r="N112">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O112" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P112" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R112">
         <v>999</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="A113">
-        <v>1298</v>
+        <v>1352</v>
       </c>
       <c r="B113" t="s">
-        <v>727</v>
+        <v>257</v>
       </c>
       <c r="C113" t="s">
-        <v>727</v>
+        <v>258</v>
+      </c>
+      <c r="D113">
+        <v>0</v>
       </c>
       <c r="E113" t="s">
-        <v>728</v>
+        <v>636</v>
       </c>
       <c r="F113" t="s">
-        <v>729</v>
-[...5 lines deleted...]
-        <v>731</v>
+        <v>616</v>
       </c>
       <c r="K113" t="s">
-        <v>732</v>
+        <v>637</v>
       </c>
       <c r="L113" t="s">
-        <v>733</v>
+        <v>638</v>
       </c>
       <c r="M113" t="s">
-        <v>734</v>
+        <v>639</v>
       </c>
       <c r="N113">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O113" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P113" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R113">
         <v>999</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114">
-        <v>1297</v>
+        <v>1351</v>
       </c>
       <c r="B114" t="s">
-        <v>727</v>
+        <v>640</v>
       </c>
       <c r="C114" t="s">
-        <v>727</v>
+        <v>640</v>
       </c>
       <c r="E114" t="s">
-        <v>735</v>
+        <v>641</v>
       </c>
       <c r="F114" t="s">
-        <v>736</v>
+        <v>525</v>
       </c>
       <c r="G114" t="s">
-        <v>737</v>
+        <v>642</v>
       </c>
       <c r="H114" t="s">
-        <v>738</v>
+        <v>643</v>
       </c>
       <c r="K114" t="s">
-        <v>739</v>
+        <v>644</v>
       </c>
       <c r="L114" t="s">
-        <v>740</v>
+        <v>645</v>
       </c>
       <c r="M114" t="s">
-        <v>741</v>
+        <v>646</v>
       </c>
       <c r="N114">
         <v>1</v>
       </c>
       <c r="O114" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P114" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R114">
         <v>999</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115">
-        <v>1296</v>
+        <v>1344</v>
       </c>
       <c r="B115" t="s">
-        <v>613</v>
+        <v>647</v>
       </c>
       <c r="C115" t="s">
-        <v>613</v>
+        <v>647</v>
       </c>
       <c r="E115" t="s">
-        <v>742</v>
+        <v>648</v>
       </c>
       <c r="F115" t="s">
-        <v>736</v>
+        <v>616</v>
       </c>
       <c r="G115" t="s">
-        <v>743</v>
+        <v>649</v>
       </c>
       <c r="H115" t="s">
-        <v>744</v>
+        <v>650</v>
       </c>
       <c r="K115" t="s">
-        <v>745</v>
+        <v>651</v>
       </c>
       <c r="L115" t="s">
-        <v>746</v>
+        <v>652</v>
       </c>
       <c r="M115" t="s">
-        <v>747</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>653</v>
       </c>
       <c r="P115" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R115">
         <v>999</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116">
-        <v>1295</v>
+        <v>1343</v>
       </c>
       <c r="B116" t="s">
-        <v>748</v>
+        <v>654</v>
       </c>
       <c r="C116" t="s">
-        <v>748</v>
+        <v>655</v>
       </c>
       <c r="E116" t="s">
-        <v>749</v>
+        <v>656</v>
       </c>
       <c r="F116" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>751</v>
+        <v>616</v>
       </c>
       <c r="K116" t="s">
-        <v>752</v>
+        <v>657</v>
       </c>
       <c r="L116" t="s">
-        <v>753</v>
+        <v>658</v>
       </c>
       <c r="M116" t="s">
-        <v>754</v>
+        <v>659</v>
       </c>
       <c r="N116">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O116" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P116" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R116">
         <v>999</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117">
-        <v>1294</v>
+        <v>1340</v>
       </c>
       <c r="B117" t="s">
-        <v>748</v>
+        <v>660</v>
       </c>
       <c r="C117" t="s">
-        <v>748</v>
+        <v>229</v>
+      </c>
+      <c r="D117">
+        <v>0</v>
       </c>
       <c r="E117" t="s">
-        <v>755</v>
+        <v>661</v>
       </c>
       <c r="F117" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>756</v>
+        <v>616</v>
       </c>
       <c r="H117" t="s">
-        <v>757</v>
+        <v>662</v>
       </c>
       <c r="K117" t="s">
-        <v>758</v>
+        <v>663</v>
       </c>
       <c r="L117" t="s">
-        <v>759</v>
+        <v>664</v>
       </c>
       <c r="M117" t="s">
-        <v>760</v>
+        <v>665</v>
       </c>
       <c r="N117">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O117" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P117" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R117">
         <v>999</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="A118">
-        <v>1293</v>
+        <v>1338</v>
       </c>
       <c r="B118" t="s">
-        <v>620</v>
+        <v>369</v>
       </c>
       <c r="C118" t="s">
-        <v>620</v>
+        <v>370</v>
       </c>
       <c r="E118" t="s">
-        <v>761</v>
+        <v>666</v>
       </c>
       <c r="F118" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>762</v>
+        <v>616</v>
       </c>
       <c r="H118" t="s">
-        <v>763</v>
+        <v>667</v>
       </c>
       <c r="K118" t="s">
-        <v>764</v>
+        <v>668</v>
       </c>
       <c r="L118" t="s">
-        <v>765</v>
+        <v>669</v>
       </c>
       <c r="M118" t="s">
-        <v>766</v>
+        <v>670</v>
       </c>
       <c r="N118">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O118" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P118" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R118">
         <v>999</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119">
-        <v>1292</v>
+        <v>1337</v>
       </c>
       <c r="B119" t="s">
-        <v>767</v>
+        <v>671</v>
       </c>
       <c r="C119" t="s">
-        <v>768</v>
+        <v>200</v>
       </c>
       <c r="E119" t="s">
-        <v>769</v>
+        <v>672</v>
       </c>
       <c r="F119" t="s">
-        <v>652</v>
+        <v>616</v>
+      </c>
+      <c r="G119" t="s">
+        <v>673</v>
+      </c>
+      <c r="H119" t="s">
+        <v>674</v>
       </c>
       <c r="K119" t="s">
-        <v>770</v>
+        <v>675</v>
       </c>
       <c r="L119" t="s">
-        <v>771</v>
+        <v>676</v>
       </c>
       <c r="M119" t="s">
-        <v>772</v>
+        <v>677</v>
       </c>
       <c r="N119">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O119" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P119" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R119">
         <v>999</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120">
-        <v>1291</v>
+        <v>1332</v>
       </c>
       <c r="B120" t="s">
-        <v>767</v>
+        <v>272</v>
       </c>
       <c r="C120" t="s">
-        <v>768</v>
+        <v>273</v>
+      </c>
+      <c r="D120">
+        <v>0</v>
       </c>
       <c r="E120" t="s">
-        <v>773</v>
+        <v>678</v>
       </c>
       <c r="F120" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>774</v>
+        <v>616</v>
+      </c>
+      <c r="H120" t="s">
+        <v>679</v>
       </c>
       <c r="K120" t="s">
-        <v>775</v>
+        <v>680</v>
       </c>
       <c r="L120" t="s">
-        <v>776</v>
+        <v>681</v>
       </c>
       <c r="M120" t="s">
-        <v>777</v>
+        <v>682</v>
       </c>
       <c r="N120">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O120" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P120" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R120">
         <v>999</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121">
-        <v>1290</v>
+        <v>1330</v>
       </c>
       <c r="B121" t="s">
-        <v>778</v>
+        <v>683</v>
       </c>
       <c r="C121" t="s">
-        <v>768</v>
+        <v>350</v>
+      </c>
+      <c r="D121">
+        <v>0</v>
       </c>
       <c r="E121" t="s">
-        <v>779</v>
+        <v>684</v>
       </c>
       <c r="F121" t="s">
-        <v>652</v>
-[...2 lines deleted...]
-        <v>780</v>
+        <v>616</v>
       </c>
       <c r="H121" t="s">
-        <v>781</v>
+        <v>685</v>
       </c>
       <c r="K121" t="s">
-        <v>782</v>
+        <v>644</v>
       </c>
       <c r="L121" t="s">
-        <v>783</v>
+        <v>686</v>
       </c>
       <c r="M121" t="s">
-        <v>784</v>
+        <v>687</v>
       </c>
       <c r="N121">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O121" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P121" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R121">
         <v>999</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122">
-        <v>1289</v>
+        <v>1325</v>
       </c>
       <c r="B122" t="s">
-        <v>785</v>
+        <v>688</v>
       </c>
       <c r="C122" t="s">
-        <v>768</v>
+        <v>243</v>
+      </c>
+      <c r="D122">
+        <v>0</v>
       </c>
       <c r="E122" t="s">
-        <v>786</v>
+        <v>689</v>
       </c>
       <c r="F122" t="s">
-        <v>421</v>
+        <v>616</v>
       </c>
       <c r="G122" t="s">
-        <v>787</v>
+        <v>690</v>
+      </c>
+      <c r="H122" t="s">
+        <v>691</v>
       </c>
       <c r="K122" t="s">
-        <v>788</v>
+        <v>692</v>
       </c>
       <c r="L122" t="s">
-        <v>789</v>
+        <v>693</v>
       </c>
       <c r="M122" t="s">
-        <v>790</v>
+        <v>694</v>
       </c>
       <c r="N122">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O122" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P122" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R122">
         <v>999</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="A123">
-        <v>1288</v>
+        <v>1322</v>
       </c>
       <c r="B123" t="s">
-        <v>785</v>
+        <v>695</v>
       </c>
       <c r="C123" t="s">
-        <v>768</v>
+        <v>306</v>
       </c>
       <c r="E123" t="s">
-        <v>791</v>
+        <v>696</v>
       </c>
       <c r="F123" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-        <v>792</v>
+        <v>616</v>
+      </c>
+      <c r="H123" t="s">
+        <v>697</v>
       </c>
       <c r="K123" t="s">
-        <v>793</v>
+        <v>698</v>
       </c>
       <c r="L123" t="s">
-        <v>794</v>
+        <v>699</v>
       </c>
       <c r="M123" t="s">
-        <v>795</v>
+        <v>700</v>
       </c>
       <c r="N123">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O123" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P123" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R123">
         <v>999</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="A124">
-        <v>1287</v>
+        <v>1316</v>
       </c>
       <c r="B124" t="s">
-        <v>796</v>
+        <v>701</v>
       </c>
       <c r="C124" t="s">
-        <v>768</v>
+        <v>342</v>
+      </c>
+      <c r="D124">
+        <v>0</v>
       </c>
       <c r="E124" t="s">
-        <v>797</v>
+        <v>702</v>
       </c>
       <c r="F124" t="s">
-        <v>292</v>
+        <v>616</v>
       </c>
       <c r="G124" t="s">
-        <v>798</v>
+        <v>703</v>
       </c>
       <c r="H124" t="s">
-        <v>799</v>
+        <v>704</v>
       </c>
       <c r="K124" t="s">
-        <v>800</v>
+        <v>705</v>
       </c>
       <c r="L124" t="s">
-        <v>801</v>
+        <v>706</v>
       </c>
       <c r="M124" t="s">
-        <v>802</v>
+        <v>707</v>
       </c>
       <c r="N124">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O124" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P124" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R124">
         <v>999</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125">
-        <v>1286</v>
+        <v>1315</v>
       </c>
       <c r="B125" t="s">
-        <v>796</v>
+        <v>708</v>
       </c>
       <c r="C125" t="s">
-        <v>768</v>
+        <v>708</v>
       </c>
       <c r="E125" t="s">
-        <v>803</v>
+        <v>709</v>
       </c>
       <c r="F125" t="s">
-        <v>421</v>
+        <v>710</v>
       </c>
       <c r="G125" t="s">
-        <v>804</v>
+        <v>711</v>
       </c>
       <c r="H125" t="s">
-        <v>805</v>
+        <v>712</v>
       </c>
       <c r="K125" t="s">
-        <v>806</v>
+        <v>713</v>
       </c>
       <c r="L125" t="s">
-        <v>807</v>
+        <v>714</v>
       </c>
       <c r="M125" t="s">
-        <v>808</v>
+        <v>715</v>
       </c>
       <c r="N125">
         <v>1</v>
       </c>
       <c r="O125" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P125" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R125">
         <v>999</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126">
-        <v>1285</v>
+        <v>1314</v>
       </c>
       <c r="B126" t="s">
-        <v>809</v>
+        <v>716</v>
       </c>
       <c r="C126" t="s">
-        <v>768</v>
+        <v>716</v>
       </c>
       <c r="E126" t="s">
-        <v>810</v>
+        <v>717</v>
       </c>
       <c r="F126" t="s">
-        <v>652</v>
+        <v>397</v>
       </c>
       <c r="G126" t="s">
-        <v>811</v>
+        <v>718</v>
+      </c>
+      <c r="H126" t="s">
+        <v>719</v>
       </c>
       <c r="K126" t="s">
-        <v>812</v>
+        <v>720</v>
       </c>
       <c r="L126" t="s">
-        <v>813</v>
+        <v>721</v>
       </c>
       <c r="M126" t="s">
-        <v>814</v>
+        <v>722</v>
       </c>
       <c r="N126">
         <v>1</v>
       </c>
       <c r="O126" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P126" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R126">
         <v>999</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127">
-        <v>1284</v>
+        <v>1313</v>
       </c>
       <c r="B127" t="s">
-        <v>815</v>
+        <v>723</v>
       </c>
       <c r="C127" t="s">
-        <v>815</v>
+        <v>723</v>
       </c>
       <c r="E127" t="s">
-        <v>816</v>
+        <v>724</v>
       </c>
       <c r="F127" t="s">
-        <v>817</v>
+        <v>546</v>
       </c>
       <c r="G127" t="s">
-        <v>818</v>
-[...2 lines deleted...]
-        <v>819</v>
+        <v>725</v>
       </c>
       <c r="K127" t="s">
-        <v>820</v>
+        <v>726</v>
       </c>
       <c r="L127" t="s">
-        <v>821</v>
+        <v>727</v>
       </c>
       <c r="M127" t="s">
-        <v>822</v>
+        <v>728</v>
       </c>
       <c r="N127">
         <v>1</v>
       </c>
       <c r="O127" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P127" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R127">
         <v>999</v>
       </c>
     </row>
     <row r="128" spans="1:18">
       <c r="A128">
-        <v>1283</v>
+        <v>1312</v>
       </c>
       <c r="B128" t="s">
-        <v>815</v>
+        <v>729</v>
       </c>
       <c r="C128" t="s">
-        <v>815</v>
+        <v>729</v>
       </c>
       <c r="E128" t="s">
-        <v>823</v>
+        <v>730</v>
       </c>
       <c r="F128" t="s">
-        <v>824</v>
+        <v>546</v>
       </c>
       <c r="G128" t="s">
-        <v>825</v>
+        <v>731</v>
+      </c>
+      <c r="H128" t="s">
+        <v>732</v>
       </c>
       <c r="K128" t="s">
-        <v>826</v>
+        <v>733</v>
       </c>
       <c r="L128" t="s">
-        <v>827</v>
+        <v>734</v>
       </c>
       <c r="M128" t="s">
-        <v>828</v>
+        <v>735</v>
       </c>
       <c r="N128">
         <v>1</v>
       </c>
       <c r="O128" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P128" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R128">
         <v>999</v>
       </c>
     </row>
     <row r="129" spans="1:18">
       <c r="A129">
-        <v>1282</v>
+        <v>1311</v>
       </c>
       <c r="B129" t="s">
-        <v>829</v>
+        <v>736</v>
       </c>
       <c r="C129" t="s">
-        <v>829</v>
+        <v>737</v>
       </c>
       <c r="E129" t="s">
-        <v>830</v>
+        <v>738</v>
       </c>
       <c r="F129" t="s">
-        <v>421</v>
+        <v>739</v>
       </c>
       <c r="G129" t="s">
-        <v>831</v>
+        <v>740</v>
+      </c>
+      <c r="H129" t="s">
+        <v>741</v>
       </c>
       <c r="K129" t="s">
-        <v>832</v>
+        <v>742</v>
       </c>
       <c r="L129" t="s">
-        <v>833</v>
+        <v>743</v>
       </c>
       <c r="M129" t="s">
-        <v>834</v>
+        <v>744</v>
       </c>
       <c r="N129">
         <v>1</v>
       </c>
       <c r="O129" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P129" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R129">
         <v>999</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130">
-        <v>1281</v>
+        <v>1310</v>
       </c>
       <c r="B130" t="s">
-        <v>829</v>
+        <v>745</v>
       </c>
       <c r="C130" t="s">
-        <v>829</v>
+        <v>745</v>
       </c>
       <c r="E130" t="s">
-        <v>835</v>
+        <v>746</v>
       </c>
       <c r="F130" t="s">
-        <v>836</v>
+        <v>747</v>
       </c>
       <c r="G130" t="s">
-        <v>837</v>
+        <v>748</v>
       </c>
       <c r="H130" t="s">
-        <v>838</v>
+        <v>749</v>
       </c>
       <c r="K130" t="s">
-        <v>161</v>
+        <v>750</v>
       </c>
       <c r="L130" t="s">
-        <v>839</v>
+        <v>751</v>
       </c>
       <c r="M130" t="s">
-        <v>840</v>
+        <v>752</v>
       </c>
       <c r="N130">
         <v>1</v>
       </c>
       <c r="O130" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P130" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R130">
         <v>999</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131">
-        <v>1280</v>
+        <v>1309</v>
       </c>
       <c r="B131" t="s">
-        <v>626</v>
+        <v>753</v>
       </c>
       <c r="C131" t="s">
-        <v>626</v>
+        <v>753</v>
       </c>
       <c r="E131" t="s">
-        <v>841</v>
+        <v>754</v>
       </c>
       <c r="F131" t="s">
-        <v>661</v>
+        <v>755</v>
       </c>
       <c r="G131" t="s">
-        <v>842</v>
+        <v>756</v>
       </c>
       <c r="H131" t="s">
-        <v>843</v>
+        <v>757</v>
       </c>
       <c r="K131" t="s">
-        <v>844</v>
+        <v>758</v>
       </c>
       <c r="L131" t="s">
-        <v>845</v>
+        <v>759</v>
       </c>
       <c r="M131" t="s">
-        <v>846</v>
+        <v>760</v>
       </c>
       <c r="N131">
         <v>1</v>
       </c>
       <c r="O131" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P131" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R131">
         <v>999</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132">
-        <v>1279</v>
+        <v>1308</v>
       </c>
       <c r="B132" t="s">
-        <v>847</v>
+        <v>761</v>
       </c>
       <c r="C132" t="s">
-        <v>634</v>
+        <v>762</v>
       </c>
       <c r="E132" t="s">
-        <v>848</v>
+        <v>763</v>
       </c>
       <c r="F132" t="s">
-        <v>421</v>
+        <v>764</v>
       </c>
       <c r="G132" t="s">
-        <v>849</v>
+        <v>765</v>
       </c>
       <c r="H132" t="s">
-        <v>850</v>
+        <v>766</v>
       </c>
       <c r="K132" t="s">
-        <v>851</v>
+        <v>767</v>
       </c>
       <c r="L132" t="s">
-        <v>852</v>
+        <v>768</v>
       </c>
       <c r="M132" t="s">
-        <v>853</v>
+        <v>769</v>
       </c>
       <c r="N132">
         <v>1</v>
       </c>
       <c r="O132" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P132" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R132">
         <v>999</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133">
-        <v>1278</v>
+        <v>1307</v>
       </c>
       <c r="B133" t="s">
-        <v>633</v>
+        <v>770</v>
       </c>
       <c r="C133" t="s">
-        <v>634</v>
+        <v>770</v>
       </c>
       <c r="E133" t="s">
-        <v>854</v>
+        <v>771</v>
       </c>
       <c r="F133" t="s">
-        <v>421</v>
+        <v>525</v>
       </c>
       <c r="G133" t="s">
-        <v>855</v>
+        <v>772</v>
+      </c>
+      <c r="H133" t="s">
+        <v>773</v>
       </c>
       <c r="K133" t="s">
-        <v>856</v>
+        <v>774</v>
       </c>
       <c r="L133" t="s">
-        <v>857</v>
+        <v>775</v>
       </c>
       <c r="M133" t="s">
-        <v>858</v>
+        <v>776</v>
       </c>
       <c r="N133">
         <v>1</v>
       </c>
       <c r="O133" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P133" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R133">
         <v>999</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134">
-        <v>1277</v>
+        <v>1306</v>
       </c>
       <c r="B134" t="s">
-        <v>642</v>
+        <v>777</v>
       </c>
       <c r="C134" t="s">
-        <v>642</v>
+        <v>777</v>
       </c>
       <c r="E134" t="s">
-        <v>859</v>
+        <v>778</v>
       </c>
       <c r="F134" t="s">
-        <v>421</v>
+        <v>397</v>
       </c>
       <c r="G134" t="s">
-        <v>860</v>
+        <v>779</v>
       </c>
       <c r="H134" t="s">
-        <v>861</v>
+        <v>780</v>
       </c>
       <c r="K134" t="s">
-        <v>862</v>
+        <v>781</v>
       </c>
       <c r="L134" t="s">
-        <v>863</v>
+        <v>782</v>
       </c>
       <c r="M134" t="s">
-        <v>864</v>
+        <v>783</v>
       </c>
       <c r="N134">
         <v>1</v>
       </c>
       <c r="O134" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P134" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R134">
         <v>999</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135">
-        <v>1276</v>
+        <v>1305</v>
       </c>
       <c r="B135" t="s">
-        <v>865</v>
+        <v>784</v>
       </c>
       <c r="C135" t="s">
-        <v>865</v>
+        <v>784</v>
       </c>
       <c r="E135" t="s">
-        <v>866</v>
+        <v>785</v>
       </c>
       <c r="F135" t="s">
-        <v>421</v>
+        <v>755</v>
       </c>
       <c r="G135" t="s">
-        <v>867</v>
+        <v>786</v>
       </c>
       <c r="H135" t="s">
-        <v>868</v>
+        <v>787</v>
       </c>
       <c r="K135" t="s">
-        <v>869</v>
+        <v>788</v>
       </c>
       <c r="L135" t="s">
-        <v>870</v>
+        <v>789</v>
       </c>
       <c r="M135" t="s">
-        <v>871</v>
+        <v>790</v>
       </c>
       <c r="N135">
         <v>1</v>
       </c>
       <c r="O135" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P135" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R135">
         <v>999</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136">
-        <v>1275</v>
+        <v>1304</v>
       </c>
       <c r="B136" t="s">
-        <v>872</v>
+        <v>791</v>
       </c>
       <c r="C136" t="s">
-        <v>872</v>
+        <v>791</v>
       </c>
       <c r="E136" t="s">
-        <v>873</v>
+        <v>792</v>
       </c>
       <c r="F136" t="s">
-        <v>421</v>
+        <v>793</v>
       </c>
       <c r="G136" t="s">
-        <v>874</v>
+        <v>794</v>
       </c>
       <c r="H136" t="s">
-        <v>875</v>
+        <v>795</v>
       </c>
       <c r="K136" t="s">
-        <v>876</v>
+        <v>796</v>
       </c>
       <c r="L136" t="s">
-        <v>877</v>
+        <v>797</v>
       </c>
       <c r="M136" t="s">
-        <v>878</v>
+        <v>798</v>
       </c>
       <c r="N136">
         <v>1</v>
       </c>
       <c r="O136" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P136" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R136">
         <v>999</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137">
-        <v>1274</v>
+        <v>1303</v>
       </c>
       <c r="B137" t="s">
-        <v>620</v>
+        <v>791</v>
       </c>
       <c r="C137" t="s">
-        <v>620</v>
+        <v>791</v>
       </c>
       <c r="E137" t="s">
-        <v>879</v>
+        <v>799</v>
       </c>
       <c r="F137" t="s">
-        <v>421</v>
+        <v>800</v>
       </c>
       <c r="G137" t="s">
-        <v>880</v>
+        <v>801</v>
       </c>
       <c r="H137" t="s">
-        <v>881</v>
+        <v>802</v>
       </c>
       <c r="K137" t="s">
-        <v>882</v>
+        <v>803</v>
       </c>
       <c r="L137" t="s">
-        <v>883</v>
+        <v>804</v>
       </c>
       <c r="M137" t="s">
-        <v>884</v>
+        <v>805</v>
       </c>
       <c r="N137">
         <v>1</v>
       </c>
       <c r="O137" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P137" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R137">
         <v>999</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="A138">
-        <v>1273</v>
+        <v>1302</v>
       </c>
       <c r="B138" t="s">
-        <v>768</v>
+        <v>708</v>
       </c>
       <c r="C138" t="s">
-        <v>768</v>
+        <v>708</v>
       </c>
       <c r="E138" t="s">
-        <v>885</v>
+        <v>806</v>
       </c>
       <c r="F138" t="s">
-        <v>421</v>
+        <v>525</v>
       </c>
       <c r="G138" t="s">
-        <v>886</v>
-[...2 lines deleted...]
-        <v>887</v>
+        <v>807</v>
       </c>
       <c r="K138" t="s">
-        <v>888</v>
+        <v>808</v>
       </c>
       <c r="L138" t="s">
-        <v>889</v>
+        <v>809</v>
       </c>
       <c r="M138" t="s">
-        <v>890</v>
+        <v>810</v>
       </c>
       <c r="N138">
         <v>1</v>
       </c>
       <c r="O138" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P138" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R138">
         <v>999</v>
       </c>
     </row>
     <row r="139" spans="1:18">
       <c r="A139">
-        <v>1272</v>
+        <v>1301</v>
       </c>
       <c r="B139" t="s">
-        <v>809</v>
+        <v>791</v>
       </c>
       <c r="C139" t="s">
-        <v>768</v>
+        <v>791</v>
       </c>
       <c r="E139" t="s">
-        <v>891</v>
+        <v>811</v>
       </c>
       <c r="F139" t="s">
-        <v>421</v>
+        <v>747</v>
       </c>
       <c r="G139" t="s">
-        <v>892</v>
+        <v>812</v>
       </c>
       <c r="H139" t="s">
-        <v>893</v>
+        <v>813</v>
       </c>
       <c r="K139" t="s">
-        <v>894</v>
+        <v>814</v>
       </c>
       <c r="L139" t="s">
-        <v>895</v>
+        <v>815</v>
       </c>
       <c r="M139" t="s">
-        <v>896</v>
+        <v>816</v>
       </c>
       <c r="N139">
         <v>1</v>
       </c>
       <c r="O139" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P139" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R139">
         <v>999</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140">
-        <v>1270</v>
+        <v>1300</v>
       </c>
       <c r="B140" t="s">
-        <v>642</v>
+        <v>708</v>
       </c>
       <c r="C140" t="s">
-        <v>642</v>
+        <v>708</v>
       </c>
       <c r="E140" t="s">
-        <v>897</v>
+        <v>817</v>
       </c>
       <c r="F140" t="s">
-        <v>898</v>
+        <v>437</v>
       </c>
       <c r="G140" t="s">
-        <v>899</v>
+        <v>818</v>
       </c>
       <c r="H140" t="s">
-        <v>900</v>
+        <v>819</v>
       </c>
       <c r="K140" t="s">
-        <v>901</v>
+        <v>820</v>
       </c>
       <c r="L140" t="s">
-        <v>902</v>
+        <v>821</v>
       </c>
       <c r="M140" t="s">
-        <v>903</v>
+        <v>822</v>
       </c>
       <c r="N140">
         <v>1</v>
       </c>
       <c r="O140" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P140" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R140">
         <v>999</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141">
-        <v>1269</v>
+        <v>1299</v>
       </c>
       <c r="B141" t="s">
-        <v>650</v>
+        <v>823</v>
       </c>
       <c r="C141" t="s">
-        <v>650</v>
+        <v>823</v>
       </c>
       <c r="E141" t="s">
-        <v>904</v>
+        <v>824</v>
       </c>
       <c r="F141" t="s">
-        <v>661</v>
+        <v>825</v>
       </c>
       <c r="G141" t="s">
-        <v>905</v>
-[...2 lines deleted...]
-        <v>906</v>
+        <v>826</v>
       </c>
       <c r="K141" t="s">
-        <v>907</v>
+        <v>827</v>
       </c>
       <c r="L141" t="s">
-        <v>908</v>
+        <v>828</v>
       </c>
       <c r="M141" t="s">
-        <v>909</v>
+        <v>829</v>
       </c>
       <c r="N141">
         <v>1</v>
       </c>
       <c r="O141" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P141" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R141">
         <v>999</v>
       </c>
     </row>
     <row r="142" spans="1:18">
       <c r="A142">
-        <v>1268</v>
+        <v>1298</v>
       </c>
       <c r="B142" t="s">
-        <v>650</v>
+        <v>830</v>
       </c>
       <c r="C142" t="s">
-        <v>650</v>
+        <v>830</v>
       </c>
       <c r="E142" t="s">
-        <v>910</v>
+        <v>831</v>
       </c>
       <c r="F142" t="s">
-        <v>421</v>
+        <v>832</v>
       </c>
       <c r="G142" t="s">
-        <v>911</v>
+        <v>833</v>
       </c>
       <c r="H142" t="s">
-        <v>912</v>
+        <v>834</v>
       </c>
       <c r="K142" t="s">
-        <v>913</v>
+        <v>835</v>
       </c>
       <c r="L142" t="s">
-        <v>914</v>
+        <v>836</v>
       </c>
       <c r="M142" t="s">
-        <v>915</v>
+        <v>837</v>
       </c>
       <c r="N142">
         <v>1</v>
       </c>
       <c r="O142" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P142" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R142">
         <v>999</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143">
-        <v>1267</v>
+        <v>1297</v>
       </c>
       <c r="B143" t="s">
-        <v>658</v>
+        <v>830</v>
       </c>
       <c r="C143" t="s">
-        <v>659</v>
+        <v>830</v>
       </c>
       <c r="E143" t="s">
-        <v>916</v>
+        <v>838</v>
       </c>
       <c r="F143" t="s">
-        <v>421</v>
+        <v>839</v>
       </c>
       <c r="G143" t="s">
-        <v>917</v>
+        <v>840</v>
+      </c>
+      <c r="H143" t="s">
+        <v>841</v>
       </c>
       <c r="K143" t="s">
-        <v>918</v>
+        <v>842</v>
       </c>
       <c r="L143" t="s">
-        <v>919</v>
+        <v>843</v>
       </c>
       <c r="M143" t="s">
-        <v>920</v>
+        <v>844</v>
       </c>
       <c r="N143">
         <v>1</v>
       </c>
       <c r="O143" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P143" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R143">
         <v>999</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144">
-        <v>1266</v>
+        <v>1296</v>
       </c>
       <c r="B144" t="s">
-        <v>658</v>
+        <v>716</v>
       </c>
       <c r="C144" t="s">
-        <v>659</v>
+        <v>716</v>
       </c>
       <c r="E144" t="s">
-        <v>921</v>
+        <v>845</v>
       </c>
       <c r="F144" t="s">
-        <v>644</v>
+        <v>839</v>
       </c>
       <c r="G144" t="s">
-        <v>922</v>
+        <v>846</v>
+      </c>
+      <c r="H144" t="s">
+        <v>847</v>
       </c>
       <c r="K144" t="s">
-        <v>923</v>
+        <v>848</v>
       </c>
       <c r="L144" t="s">
-        <v>924</v>
+        <v>849</v>
       </c>
       <c r="M144" t="s">
-        <v>925</v>
+        <v>850</v>
       </c>
       <c r="N144">
         <v>1</v>
       </c>
       <c r="O144" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P144" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R144">
         <v>999</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145">
-        <v>1265</v>
+        <v>1295</v>
       </c>
       <c r="B145" t="s">
-        <v>926</v>
+        <v>851</v>
       </c>
       <c r="C145" t="s">
-        <v>927</v>
+        <v>851</v>
       </c>
       <c r="E145" t="s">
-        <v>928</v>
+        <v>852</v>
       </c>
       <c r="F145" t="s">
-        <v>652</v>
+        <v>747</v>
       </c>
       <c r="G145" t="s">
-        <v>929</v>
+        <v>853</v>
       </c>
       <c r="H145" t="s">
-        <v>930</v>
+        <v>854</v>
       </c>
       <c r="K145" t="s">
-        <v>931</v>
+        <v>855</v>
       </c>
       <c r="L145" t="s">
-        <v>932</v>
+        <v>856</v>
       </c>
       <c r="M145" t="s">
-        <v>933</v>
+        <v>857</v>
       </c>
       <c r="N145">
         <v>1</v>
       </c>
       <c r="O145" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P145" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R145">
         <v>999</v>
       </c>
     </row>
     <row r="146" spans="1:18">
       <c r="A146">
-        <v>1264</v>
+        <v>1294</v>
       </c>
       <c r="B146" t="s">
-        <v>926</v>
+        <v>851</v>
       </c>
       <c r="C146" t="s">
-        <v>927</v>
+        <v>851</v>
       </c>
       <c r="E146" t="s">
-        <v>934</v>
+        <v>858</v>
       </c>
       <c r="F146" t="s">
-        <v>421</v>
+        <v>525</v>
       </c>
       <c r="G146" t="s">
-        <v>935</v>
+        <v>859</v>
       </c>
       <c r="H146" t="s">
-        <v>936</v>
+        <v>860</v>
       </c>
       <c r="K146" t="s">
-        <v>937</v>
+        <v>861</v>
       </c>
       <c r="L146" t="s">
-        <v>938</v>
+        <v>862</v>
       </c>
       <c r="M146" t="s">
-        <v>939</v>
+        <v>863</v>
       </c>
       <c r="N146">
         <v>1</v>
       </c>
       <c r="O146" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P146" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R146">
         <v>999</v>
       </c>
     </row>
     <row r="147" spans="1:18">
       <c r="A147">
-        <v>1263</v>
+        <v>1293</v>
       </c>
       <c r="B147" t="s">
-        <v>940</v>
+        <v>723</v>
       </c>
       <c r="C147" t="s">
-        <v>927</v>
+        <v>723</v>
       </c>
       <c r="E147" t="s">
-        <v>941</v>
+        <v>864</v>
       </c>
       <c r="F147" t="s">
-        <v>421</v>
+        <v>429</v>
+      </c>
+      <c r="G147" t="s">
+        <v>865</v>
+      </c>
+      <c r="H147" t="s">
+        <v>866</v>
       </c>
       <c r="K147" t="s">
-        <v>942</v>
+        <v>867</v>
       </c>
       <c r="L147" t="s">
-        <v>175</v>
+        <v>868</v>
       </c>
       <c r="M147" t="s">
-        <v>943</v>
+        <v>869</v>
       </c>
       <c r="N147">
         <v>1</v>
       </c>
       <c r="O147" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P147" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R147">
         <v>999</v>
       </c>
     </row>
     <row r="148" spans="1:18">
       <c r="A148">
-        <v>1262</v>
+        <v>1292</v>
       </c>
       <c r="B148" t="s">
-        <v>944</v>
+        <v>870</v>
       </c>
       <c r="C148" t="s">
-        <v>927</v>
+        <v>871</v>
       </c>
       <c r="E148" t="s">
-        <v>945</v>
+        <v>872</v>
       </c>
       <c r="F148" t="s">
-        <v>652</v>
-[...5 lines deleted...]
-        <v>947</v>
+        <v>755</v>
       </c>
       <c r="K148" t="s">
-        <v>948</v>
+        <v>873</v>
       </c>
       <c r="L148" t="s">
-        <v>949</v>
+        <v>874</v>
       </c>
       <c r="M148" t="s">
-        <v>950</v>
+        <v>875</v>
       </c>
       <c r="N148">
         <v>1</v>
       </c>
       <c r="O148" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P148" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R148">
         <v>999</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149">
-        <v>1261</v>
+        <v>1291</v>
       </c>
       <c r="B149" t="s">
-        <v>944</v>
+        <v>870</v>
       </c>
       <c r="C149" t="s">
-        <v>927</v>
+        <v>871</v>
       </c>
       <c r="E149" t="s">
-        <v>951</v>
+        <v>876</v>
       </c>
       <c r="F149" t="s">
-        <v>421</v>
+        <v>525</v>
+      </c>
+      <c r="G149" t="s">
+        <v>877</v>
       </c>
       <c r="K149" t="s">
-        <v>952</v>
+        <v>878</v>
       </c>
       <c r="L149" t="s">
-        <v>953</v>
+        <v>879</v>
       </c>
       <c r="M149" t="s">
-        <v>954</v>
+        <v>880</v>
       </c>
       <c r="N149">
         <v>1</v>
       </c>
       <c r="O149" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P149" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R149">
         <v>999</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150">
-        <v>1260</v>
+        <v>1290</v>
       </c>
       <c r="B150" t="s">
-        <v>944</v>
+        <v>881</v>
       </c>
       <c r="C150" t="s">
-        <v>927</v>
+        <v>871</v>
       </c>
       <c r="E150" t="s">
-        <v>955</v>
+        <v>882</v>
       </c>
       <c r="F150" t="s">
-        <v>644</v>
+        <v>755</v>
       </c>
       <c r="G150" t="s">
-        <v>956</v>
+        <v>883</v>
       </c>
       <c r="H150" t="s">
-        <v>957</v>
+        <v>884</v>
       </c>
       <c r="K150" t="s">
-        <v>958</v>
+        <v>885</v>
       </c>
       <c r="L150" t="s">
-        <v>959</v>
+        <v>886</v>
       </c>
       <c r="M150" t="s">
-        <v>960</v>
+        <v>887</v>
       </c>
       <c r="N150">
         <v>1</v>
       </c>
       <c r="O150" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P150" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R150">
         <v>999</v>
       </c>
     </row>
     <row r="151" spans="1:18">
       <c r="A151">
-        <v>1259</v>
+        <v>1289</v>
       </c>
       <c r="B151" t="s">
-        <v>961</v>
+        <v>888</v>
       </c>
       <c r="C151" t="s">
-        <v>927</v>
+        <v>871</v>
       </c>
       <c r="E151" t="s">
-        <v>962</v>
+        <v>889</v>
       </c>
       <c r="F151" t="s">
-        <v>421</v>
+        <v>525</v>
       </c>
       <c r="G151" t="s">
-        <v>963</v>
+        <v>890</v>
       </c>
       <c r="K151" t="s">
-        <v>964</v>
+        <v>891</v>
       </c>
       <c r="L151" t="s">
-        <v>965</v>
+        <v>892</v>
       </c>
       <c r="M151" t="s">
-        <v>966</v>
+        <v>893</v>
       </c>
       <c r="N151">
         <v>1</v>
       </c>
       <c r="O151" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P151" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R151">
         <v>999</v>
       </c>
     </row>
     <row r="152" spans="1:18">
       <c r="A152">
-        <v>1258</v>
+        <v>1288</v>
       </c>
       <c r="B152" t="s">
-        <v>961</v>
+        <v>888</v>
       </c>
       <c r="C152" t="s">
-        <v>927</v>
+        <v>871</v>
       </c>
       <c r="E152" t="s">
-        <v>967</v>
+        <v>894</v>
       </c>
       <c r="F152" t="s">
-        <v>652</v>
+        <v>747</v>
       </c>
       <c r="G152" t="s">
-        <v>968</v>
+        <v>895</v>
       </c>
       <c r="K152" t="s">
-        <v>969</v>
+        <v>896</v>
       </c>
       <c r="L152" t="s">
-        <v>970</v>
+        <v>897</v>
       </c>
       <c r="M152" t="s">
-        <v>971</v>
+        <v>898</v>
       </c>
       <c r="N152">
         <v>1</v>
       </c>
       <c r="O152" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P152" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R152">
         <v>999</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153">
-        <v>1257</v>
+        <v>1287</v>
       </c>
       <c r="B153" t="s">
-        <v>667</v>
+        <v>899</v>
       </c>
       <c r="C153" t="s">
-        <v>667</v>
+        <v>871</v>
       </c>
       <c r="E153" t="s">
-        <v>972</v>
+        <v>900</v>
       </c>
       <c r="F153" t="s">
-        <v>292</v>
+        <v>397</v>
       </c>
       <c r="G153" t="s">
-        <v>973</v>
+        <v>901</v>
+      </c>
+      <c r="H153" t="s">
+        <v>902</v>
       </c>
       <c r="K153" t="s">
-        <v>974</v>
+        <v>903</v>
       </c>
       <c r="L153" t="s">
-        <v>975</v>
+        <v>904</v>
       </c>
       <c r="M153" t="s">
-        <v>976</v>
+        <v>905</v>
       </c>
       <c r="N153">
         <v>1</v>
       </c>
       <c r="O153" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P153" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R153">
         <v>999</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154">
-        <v>1256</v>
+        <v>1286</v>
       </c>
       <c r="B154" t="s">
-        <v>977</v>
+        <v>899</v>
       </c>
       <c r="C154" t="s">
-        <v>978</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>871</v>
       </c>
       <c r="E154" t="s">
-        <v>979</v>
+        <v>906</v>
       </c>
       <c r="F154" t="s">
-        <v>341</v>
+        <v>525</v>
       </c>
       <c r="G154" t="s">
-        <v>980</v>
+        <v>907</v>
       </c>
       <c r="H154" t="s">
-        <v>981</v>
+        <v>908</v>
       </c>
       <c r="K154" t="s">
-        <v>982</v>
+        <v>909</v>
       </c>
       <c r="L154" t="s">
-        <v>983</v>
+        <v>910</v>
       </c>
       <c r="M154" t="s">
-        <v>984</v>
+        <v>911</v>
       </c>
       <c r="N154">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O154" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P154" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R154">
         <v>999</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155">
-        <v>1256</v>
+        <v>1285</v>
       </c>
       <c r="B155" t="s">
-        <v>985</v>
+        <v>912</v>
       </c>
       <c r="C155" t="s">
-        <v>413</v>
+        <v>871</v>
       </c>
       <c r="E155" t="s">
-        <v>979</v>
+        <v>913</v>
       </c>
       <c r="F155" t="s">
-        <v>341</v>
+        <v>755</v>
       </c>
       <c r="G155" t="s">
-        <v>980</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>914</v>
       </c>
       <c r="K155" t="s">
-        <v>982</v>
+        <v>915</v>
       </c>
       <c r="L155" t="s">
-        <v>983</v>
+        <v>916</v>
       </c>
       <c r="M155" t="s">
-        <v>984</v>
+        <v>917</v>
       </c>
       <c r="N155">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O155" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P155" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R155">
         <v>999</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="A156">
-        <v>1255</v>
+        <v>1284</v>
       </c>
       <c r="B156" t="s">
-        <v>986</v>
+        <v>918</v>
       </c>
       <c r="C156" t="s">
-        <v>634</v>
+        <v>918</v>
       </c>
       <c r="E156" t="s">
-        <v>987</v>
+        <v>919</v>
       </c>
       <c r="F156" t="s">
-        <v>292</v>
+        <v>920</v>
       </c>
       <c r="G156" t="s">
-        <v>988</v>
+        <v>921</v>
+      </c>
+      <c r="H156" t="s">
+        <v>922</v>
       </c>
       <c r="K156" t="s">
-        <v>989</v>
+        <v>923</v>
       </c>
       <c r="L156" t="s">
-        <v>990</v>
+        <v>924</v>
       </c>
       <c r="M156" t="s">
-        <v>991</v>
+        <v>925</v>
       </c>
       <c r="N156">
         <v>1</v>
       </c>
       <c r="O156" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P156" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R156">
         <v>999</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157">
-        <v>1254</v>
+        <v>1283</v>
       </c>
       <c r="B157" t="s">
-        <v>674</v>
+        <v>918</v>
       </c>
       <c r="C157" t="s">
-        <v>674</v>
+        <v>918</v>
       </c>
       <c r="E157" t="s">
-        <v>992</v>
+        <v>926</v>
       </c>
       <c r="F157" t="s">
-        <v>993</v>
-[...2 lines deleted...]
-        <v>994</v>
+        <v>927</v>
+      </c>
+      <c r="G157" t="s">
+        <v>928</v>
       </c>
       <c r="K157" t="s">
-        <v>995</v>
+        <v>929</v>
       </c>
       <c r="L157" t="s">
-        <v>996</v>
+        <v>930</v>
       </c>
       <c r="M157" t="s">
-        <v>997</v>
+        <v>931</v>
       </c>
       <c r="N157">
         <v>1</v>
       </c>
       <c r="O157" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P157" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R157">
         <v>999</v>
       </c>
     </row>
     <row r="158" spans="1:18">
       <c r="A158">
-        <v>1253</v>
+        <v>1282</v>
       </c>
       <c r="B158" t="s">
-        <v>998</v>
+        <v>932</v>
       </c>
       <c r="C158" t="s">
-        <v>998</v>
+        <v>932</v>
       </c>
       <c r="E158" t="s">
-        <v>999</v>
+        <v>933</v>
       </c>
       <c r="F158" t="s">
-        <v>661</v>
+        <v>525</v>
       </c>
       <c r="G158" t="s">
-        <v>1000</v>
+        <v>934</v>
       </c>
       <c r="K158" t="s">
-        <v>1001</v>
+        <v>935</v>
       </c>
       <c r="L158" t="s">
-        <v>1002</v>
+        <v>936</v>
       </c>
       <c r="M158" t="s">
-        <v>1003</v>
+        <v>937</v>
       </c>
       <c r="N158">
         <v>1</v>
       </c>
       <c r="O158" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P158" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R158">
         <v>999</v>
       </c>
     </row>
     <row r="159" spans="1:18">
       <c r="A159">
-        <v>1252</v>
+        <v>1281</v>
       </c>
       <c r="B159" t="s">
-        <v>998</v>
+        <v>932</v>
       </c>
       <c r="C159" t="s">
-        <v>998</v>
+        <v>932</v>
       </c>
       <c r="E159" t="s">
-        <v>1004</v>
+        <v>938</v>
       </c>
       <c r="F159" t="s">
-        <v>898</v>
+        <v>939</v>
       </c>
       <c r="G159" t="s">
-        <v>1005</v>
+        <v>940</v>
       </c>
       <c r="H159" t="s">
-        <v>1006</v>
+        <v>941</v>
       </c>
       <c r="K159" t="s">
-        <v>1007</v>
+        <v>275</v>
       </c>
       <c r="L159" t="s">
-        <v>1008</v>
+        <v>942</v>
       </c>
       <c r="M159" t="s">
-        <v>1009</v>
+        <v>943</v>
       </c>
       <c r="N159">
         <v>1</v>
       </c>
       <c r="O159" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P159" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R159">
         <v>999</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160">
-        <v>1251</v>
+        <v>1280</v>
       </c>
       <c r="B160" t="s">
-        <v>1010</v>
+        <v>729</v>
       </c>
       <c r="C160" t="s">
-        <v>1011</v>
+        <v>729</v>
       </c>
       <c r="E160" t="s">
-        <v>1012</v>
+        <v>944</v>
       </c>
       <c r="F160" t="s">
-        <v>1013</v>
+        <v>764</v>
       </c>
       <c r="G160" t="s">
-        <v>1014</v>
+        <v>945</v>
+      </c>
+      <c r="H160" t="s">
+        <v>946</v>
       </c>
       <c r="K160" t="s">
-        <v>1015</v>
+        <v>947</v>
       </c>
       <c r="L160" t="s">
-        <v>1016</v>
+        <v>948</v>
       </c>
       <c r="M160" t="s">
-        <v>1017</v>
+        <v>949</v>
       </c>
       <c r="N160">
         <v>1</v>
       </c>
       <c r="O160" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P160" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R160">
         <v>999</v>
       </c>
     </row>
     <row r="161" spans="1:18">
       <c r="A161">
-        <v>1250</v>
+        <v>1279</v>
       </c>
       <c r="B161" t="s">
-        <v>1018</v>
+        <v>950</v>
       </c>
       <c r="C161" t="s">
-        <v>1018</v>
+        <v>737</v>
       </c>
       <c r="E161" t="s">
-        <v>1019</v>
+        <v>951</v>
       </c>
       <c r="F161" t="s">
-        <v>652</v>
+        <v>525</v>
       </c>
       <c r="G161" t="s">
-        <v>1020</v>
+        <v>952</v>
       </c>
       <c r="H161" t="s">
-        <v>1021</v>
+        <v>953</v>
       </c>
       <c r="K161" t="s">
-        <v>1022</v>
+        <v>954</v>
       </c>
       <c r="L161" t="s">
-        <v>1023</v>
+        <v>955</v>
       </c>
       <c r="M161" t="s">
-        <v>1024</v>
+        <v>956</v>
       </c>
       <c r="N161">
         <v>1</v>
       </c>
       <c r="O161" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P161" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R161">
         <v>999</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162">
-        <v>1249</v>
+        <v>1278</v>
       </c>
       <c r="B162" t="s">
-        <v>1025</v>
+        <v>736</v>
       </c>
       <c r="C162" t="s">
-        <v>865</v>
+        <v>737</v>
       </c>
       <c r="E162" t="s">
-        <v>1026</v>
+        <v>957</v>
       </c>
       <c r="F162" t="s">
-        <v>385</v>
+        <v>525</v>
+      </c>
+      <c r="G162" t="s">
+        <v>958</v>
       </c>
       <c r="K162" t="s">
-        <v>1027</v>
+        <v>959</v>
       </c>
       <c r="L162" t="s">
-        <v>1028</v>
+        <v>960</v>
       </c>
       <c r="M162" t="s">
-        <v>1029</v>
+        <v>961</v>
       </c>
       <c r="N162">
         <v>1</v>
       </c>
       <c r="O162" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P162" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R162">
         <v>999</v>
       </c>
     </row>
     <row r="163" spans="1:18">
       <c r="A163">
-        <v>1246</v>
+        <v>1277</v>
       </c>
       <c r="B163" t="s">
-        <v>1030</v>
+        <v>745</v>
       </c>
       <c r="C163" t="s">
-        <v>1031</v>
+        <v>745</v>
       </c>
       <c r="E163" t="s">
-        <v>1032</v>
+        <v>962</v>
       </c>
       <c r="F163" t="s">
-        <v>512</v>
+        <v>525</v>
       </c>
       <c r="G163" t="s">
-        <v>1033</v>
+        <v>963</v>
       </c>
       <c r="H163" t="s">
-        <v>1034</v>
+        <v>964</v>
       </c>
       <c r="K163" t="s">
-        <v>1035</v>
+        <v>965</v>
       </c>
       <c r="L163" t="s">
-        <v>1036</v>
+        <v>966</v>
       </c>
       <c r="M163" t="s">
-        <v>1037</v>
+        <v>967</v>
+      </c>
+      <c r="N163">
+        <v>1</v>
+      </c>
+      <c r="O163" t="s">
+        <v>139</v>
       </c>
       <c r="P163" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R163">
         <v>999</v>
       </c>
     </row>
     <row r="164" spans="1:18">
       <c r="A164">
-        <v>1242</v>
+        <v>1276</v>
       </c>
       <c r="B164" t="s">
-        <v>674</v>
+        <v>968</v>
       </c>
       <c r="C164" t="s">
-        <v>674</v>
+        <v>968</v>
       </c>
       <c r="E164" t="s">
-        <v>1038</v>
+        <v>969</v>
       </c>
       <c r="F164" t="s">
-        <v>898</v>
+        <v>525</v>
       </c>
       <c r="G164" t="s">
-        <v>1039</v>
+        <v>970</v>
+      </c>
+      <c r="H164" t="s">
+        <v>971</v>
       </c>
       <c r="K164" t="s">
-        <v>1040</v>
+        <v>972</v>
       </c>
       <c r="L164" t="s">
-        <v>1041</v>
+        <v>973</v>
       </c>
       <c r="M164" t="s">
-        <v>1042</v>
+        <v>974</v>
       </c>
       <c r="N164">
         <v>1</v>
       </c>
       <c r="O164" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P164" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R164">
         <v>999</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165">
-        <v>1241</v>
+        <v>1275</v>
       </c>
       <c r="B165" t="s">
-        <v>674</v>
+        <v>975</v>
       </c>
       <c r="C165" t="s">
-        <v>674</v>
+        <v>975</v>
       </c>
       <c r="E165" t="s">
-        <v>1043</v>
+        <v>976</v>
       </c>
       <c r="F165" t="s">
-        <v>661</v>
+        <v>525</v>
       </c>
       <c r="G165" t="s">
-        <v>1044</v>
+        <v>977</v>
+      </c>
+      <c r="H165" t="s">
+        <v>978</v>
       </c>
       <c r="K165" t="s">
-        <v>1045</v>
+        <v>979</v>
       </c>
       <c r="L165" t="s">
-        <v>1046</v>
+        <v>980</v>
       </c>
       <c r="M165" t="s">
-        <v>1047</v>
+        <v>981</v>
       </c>
       <c r="N165">
         <v>1</v>
       </c>
       <c r="O165" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P165" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R165">
         <v>999</v>
       </c>
     </row>
     <row r="166" spans="1:18">
       <c r="A166">
-        <v>1240</v>
+        <v>1274</v>
       </c>
       <c r="B166" t="s">
-        <v>674</v>
+        <v>723</v>
       </c>
       <c r="C166" t="s">
-        <v>674</v>
+        <v>723</v>
       </c>
       <c r="E166" t="s">
-        <v>1048</v>
+        <v>982</v>
       </c>
       <c r="F166" t="s">
-        <v>421</v>
+        <v>525</v>
+      </c>
+      <c r="G166" t="s">
+        <v>983</v>
+      </c>
+      <c r="H166" t="s">
+        <v>984</v>
       </c>
       <c r="K166" t="s">
-        <v>1049</v>
+        <v>985</v>
       </c>
       <c r="L166" t="s">
-        <v>1050</v>
+        <v>986</v>
       </c>
       <c r="M166" t="s">
-        <v>1051</v>
+        <v>987</v>
       </c>
       <c r="N166">
         <v>1</v>
       </c>
       <c r="O166" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P166" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R166">
         <v>999</v>
       </c>
     </row>
     <row r="167" spans="1:18">
       <c r="A167">
-        <v>1239</v>
+        <v>1273</v>
       </c>
       <c r="B167" t="s">
-        <v>537</v>
+        <v>871</v>
       </c>
       <c r="C167" t="s">
-        <v>537</v>
+        <v>871</v>
       </c>
       <c r="E167" t="s">
-        <v>1052</v>
+        <v>988</v>
       </c>
       <c r="F167" t="s">
-        <v>652</v>
+        <v>525</v>
+      </c>
+      <c r="G167" t="s">
+        <v>989</v>
+      </c>
+      <c r="H167" t="s">
+        <v>990</v>
       </c>
       <c r="K167" t="s">
-        <v>942</v>
+        <v>991</v>
       </c>
       <c r="L167" t="s">
-        <v>1053</v>
+        <v>992</v>
       </c>
       <c r="M167" t="s">
-        <v>1054</v>
+        <v>993</v>
       </c>
       <c r="N167">
         <v>1</v>
       </c>
       <c r="O167" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P167" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R167">
         <v>999</v>
       </c>
     </row>
     <row r="168" spans="1:18">
       <c r="A168">
-        <v>1238</v>
+        <v>1272</v>
       </c>
       <c r="B168" t="s">
-        <v>537</v>
+        <v>912</v>
       </c>
       <c r="C168" t="s">
-        <v>537</v>
+        <v>871</v>
       </c>
       <c r="E168" t="s">
-        <v>1055</v>
+        <v>994</v>
       </c>
       <c r="F168" t="s">
-        <v>442</v>
+        <v>525</v>
       </c>
       <c r="G168" t="s">
-        <v>1056</v>
+        <v>995</v>
       </c>
       <c r="H168" t="s">
-        <v>1057</v>
+        <v>996</v>
       </c>
       <c r="K168" t="s">
-        <v>1058</v>
+        <v>997</v>
       </c>
       <c r="L168" t="s">
-        <v>1059</v>
+        <v>998</v>
       </c>
       <c r="M168" t="s">
-        <v>1060</v>
+        <v>999</v>
       </c>
       <c r="N168">
         <v>1</v>
       </c>
       <c r="O168" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P168" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R168">
         <v>999</v>
       </c>
     </row>
     <row r="169" spans="1:18">
       <c r="A169">
-        <v>1235</v>
+        <v>1270</v>
       </c>
       <c r="B169" t="s">
-        <v>1061</v>
+        <v>745</v>
       </c>
       <c r="C169" t="s">
-        <v>1061</v>
+        <v>745</v>
       </c>
       <c r="E169" t="s">
-        <v>1062</v>
+        <v>1000</v>
       </c>
       <c r="F169" t="s">
-        <v>442</v>
+        <v>1001</v>
       </c>
       <c r="G169" t="s">
-        <v>1063</v>
+        <v>1002</v>
       </c>
       <c r="H169" t="s">
-        <v>1064</v>
+        <v>1003</v>
       </c>
       <c r="K169" t="s">
-        <v>1065</v>
+        <v>1004</v>
       </c>
       <c r="L169" t="s">
-        <v>1066</v>
+        <v>1005</v>
       </c>
       <c r="M169" t="s">
-        <v>1067</v>
+        <v>1006</v>
       </c>
       <c r="N169">
         <v>1</v>
       </c>
       <c r="O169" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P169" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R169">
         <v>999</v>
       </c>
     </row>
     <row r="170" spans="1:18">
       <c r="A170">
-        <v>1234</v>
+        <v>1269</v>
       </c>
       <c r="B170" t="s">
-        <v>1061</v>
+        <v>753</v>
       </c>
       <c r="C170" t="s">
-        <v>1061</v>
+        <v>753</v>
       </c>
       <c r="E170" t="s">
-        <v>1068</v>
+        <v>1007</v>
       </c>
       <c r="F170" t="s">
-        <v>421</v>
+        <v>764</v>
+      </c>
+      <c r="G170" t="s">
+        <v>1008</v>
       </c>
       <c r="H170" t="s">
-        <v>1069</v>
+        <v>1009</v>
       </c>
       <c r="K170" t="s">
-        <v>1070</v>
+        <v>1010</v>
       </c>
       <c r="L170" t="s">
-        <v>1071</v>
+        <v>1011</v>
       </c>
       <c r="M170" t="s">
-        <v>1072</v>
+        <v>1012</v>
       </c>
       <c r="N170">
         <v>1</v>
       </c>
       <c r="O170" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P170" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R170">
         <v>999</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="A171">
-        <v>1233</v>
+        <v>1268</v>
       </c>
       <c r="B171" t="s">
-        <v>1073</v>
+        <v>753</v>
       </c>
       <c r="C171" t="s">
-        <v>1073</v>
+        <v>753</v>
       </c>
       <c r="E171" t="s">
-        <v>1074</v>
+        <v>1013</v>
       </c>
       <c r="F171" t="s">
-        <v>421</v>
+        <v>525</v>
       </c>
       <c r="G171" t="s">
-        <v>1075</v>
+        <v>1014</v>
+      </c>
+      <c r="H171" t="s">
+        <v>1015</v>
       </c>
       <c r="K171" t="s">
-        <v>541</v>
+        <v>1016</v>
       </c>
       <c r="L171" t="s">
-        <v>1076</v>
+        <v>1017</v>
       </c>
       <c r="M171" t="s">
-        <v>1077</v>
+        <v>1018</v>
       </c>
       <c r="N171">
         <v>1</v>
       </c>
       <c r="O171" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P171" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R171">
         <v>999</v>
       </c>
     </row>
     <row r="172" spans="1:18">
       <c r="A172">
-        <v>1232</v>
+        <v>1267</v>
       </c>
       <c r="B172" t="s">
-        <v>1073</v>
+        <v>761</v>
       </c>
       <c r="C172" t="s">
-        <v>1073</v>
+        <v>762</v>
       </c>
       <c r="E172" t="s">
-        <v>1078</v>
+        <v>1019</v>
       </c>
       <c r="F172" t="s">
-        <v>442</v>
+        <v>525</v>
       </c>
       <c r="G172" t="s">
-        <v>1079</v>
-[...2 lines deleted...]
-        <v>1080</v>
+        <v>1020</v>
       </c>
       <c r="K172" t="s">
-        <v>1081</v>
+        <v>1021</v>
       </c>
       <c r="L172" t="s">
-        <v>1082</v>
+        <v>1022</v>
       </c>
       <c r="M172" t="s">
-        <v>1083</v>
+        <v>1023</v>
       </c>
       <c r="N172">
         <v>1</v>
       </c>
       <c r="O172" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P172" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R172">
         <v>999</v>
       </c>
     </row>
     <row r="173" spans="1:18">
       <c r="A173">
-        <v>1231</v>
+        <v>1266</v>
       </c>
       <c r="B173" t="s">
-        <v>1073</v>
+        <v>761</v>
       </c>
       <c r="C173" t="s">
-        <v>1073</v>
+        <v>762</v>
       </c>
       <c r="E173" t="s">
-        <v>1084</v>
+        <v>1024</v>
       </c>
       <c r="F173" t="s">
-        <v>736</v>
+        <v>747</v>
       </c>
       <c r="G173" t="s">
-        <v>1085</v>
+        <v>1025</v>
       </c>
       <c r="K173" t="s">
-        <v>1086</v>
+        <v>1026</v>
       </c>
       <c r="L173" t="s">
-        <v>1087</v>
+        <v>1027</v>
       </c>
       <c r="M173" t="s">
-        <v>1088</v>
+        <v>1028</v>
       </c>
       <c r="N173">
         <v>1</v>
       </c>
       <c r="O173" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P173" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R173">
         <v>999</v>
       </c>
     </row>
     <row r="174" spans="1:18">
       <c r="A174">
-        <v>1230</v>
+        <v>1265</v>
       </c>
       <c r="B174" t="s">
-        <v>1018</v>
+        <v>1029</v>
       </c>
       <c r="C174" t="s">
-        <v>1018</v>
+        <v>1030</v>
       </c>
       <c r="E174" t="s">
-        <v>1089</v>
+        <v>1031</v>
       </c>
       <c r="F174" t="s">
-        <v>644</v>
+        <v>755</v>
       </c>
       <c r="G174" t="s">
-        <v>1090</v>
+        <v>1032</v>
       </c>
       <c r="H174" t="s">
-        <v>1091</v>
+        <v>1033</v>
       </c>
       <c r="K174" t="s">
-        <v>1092</v>
+        <v>1034</v>
       </c>
       <c r="L174" t="s">
-        <v>1093</v>
+        <v>1035</v>
       </c>
       <c r="M174" t="s">
-        <v>1094</v>
+        <v>1036</v>
       </c>
       <c r="N174">
         <v>1</v>
       </c>
       <c r="O174" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P174" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R174">
         <v>999</v>
       </c>
     </row>
     <row r="175" spans="1:18">
       <c r="A175">
-        <v>1229</v>
+        <v>1264</v>
       </c>
       <c r="B175" t="s">
-        <v>865</v>
+        <v>1029</v>
       </c>
       <c r="C175" t="s">
-        <v>865</v>
+        <v>1030</v>
       </c>
       <c r="E175" t="s">
-        <v>1095</v>
+        <v>1037</v>
       </c>
       <c r="F175" t="s">
-        <v>652</v>
+        <v>525</v>
       </c>
       <c r="G175" t="s">
-        <v>1096</v>
+        <v>1038</v>
       </c>
       <c r="H175" t="s">
-        <v>1097</v>
+        <v>1039</v>
       </c>
       <c r="K175" t="s">
-        <v>1098</v>
+        <v>1040</v>
       </c>
       <c r="L175" t="s">
-        <v>1099</v>
+        <v>1041</v>
       </c>
       <c r="M175" t="s">
-        <v>1100</v>
+        <v>1042</v>
       </c>
       <c r="N175">
         <v>1</v>
       </c>
       <c r="O175" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P175" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R175">
         <v>999</v>
       </c>
     </row>
     <row r="176" spans="1:18">
       <c r="A176">
-        <v>1228</v>
+        <v>1263</v>
       </c>
       <c r="B176" t="s">
-        <v>865</v>
+        <v>1043</v>
       </c>
       <c r="C176" t="s">
-        <v>865</v>
+        <v>1030</v>
       </c>
       <c r="E176" t="s">
-        <v>1101</v>
+        <v>1044</v>
       </c>
       <c r="F176" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>1102</v>
+        <v>525</v>
       </c>
       <c r="K176" t="s">
-        <v>1103</v>
+        <v>1045</v>
       </c>
       <c r="L176" t="s">
-        <v>1104</v>
+        <v>289</v>
       </c>
       <c r="M176" t="s">
-        <v>1105</v>
+        <v>1046</v>
       </c>
       <c r="N176">
         <v>1</v>
       </c>
       <c r="O176" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P176" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R176">
         <v>999</v>
       </c>
     </row>
     <row r="177" spans="1:18">
       <c r="A177">
-        <v>1227</v>
+        <v>1262</v>
       </c>
       <c r="B177" t="s">
-        <v>865</v>
+        <v>1047</v>
       </c>
       <c r="C177" t="s">
-        <v>865</v>
+        <v>1030</v>
       </c>
       <c r="E177" t="s">
-        <v>1106</v>
+        <v>1048</v>
       </c>
       <c r="F177" t="s">
-        <v>421</v>
+        <v>755</v>
       </c>
       <c r="G177" t="s">
-        <v>1107</v>
+        <v>1049</v>
       </c>
       <c r="H177" t="s">
-        <v>1108</v>
+        <v>1050</v>
       </c>
       <c r="K177" t="s">
-        <v>1109</v>
+        <v>1051</v>
       </c>
       <c r="L177" t="s">
-        <v>1110</v>
+        <v>1052</v>
       </c>
       <c r="M177" t="s">
-        <v>1111</v>
+        <v>1053</v>
       </c>
       <c r="N177">
         <v>1</v>
       </c>
       <c r="O177" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P177" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R177">
         <v>999</v>
       </c>
     </row>
     <row r="178" spans="1:18">
       <c r="A178">
-        <v>1226</v>
+        <v>1261</v>
       </c>
       <c r="B178" t="s">
-        <v>865</v>
+        <v>1047</v>
       </c>
       <c r="C178" t="s">
-        <v>865</v>
+        <v>1030</v>
       </c>
       <c r="E178" t="s">
-        <v>1112</v>
+        <v>1054</v>
       </c>
       <c r="F178" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>1114</v>
+        <v>525</v>
       </c>
       <c r="K178" t="s">
-        <v>1115</v>
+        <v>1055</v>
       </c>
       <c r="L178" t="s">
-        <v>1116</v>
+        <v>1056</v>
       </c>
       <c r="M178" t="s">
-        <v>1117</v>
+        <v>1057</v>
       </c>
       <c r="N178">
         <v>1</v>
       </c>
       <c r="O178" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P178" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R178">
         <v>999</v>
       </c>
     </row>
     <row r="179" spans="1:18">
       <c r="A179">
-        <v>1223</v>
+        <v>1260</v>
       </c>
       <c r="B179" t="s">
-        <v>865</v>
+        <v>1047</v>
       </c>
       <c r="C179" t="s">
-        <v>865</v>
+        <v>1030</v>
       </c>
       <c r="E179" t="s">
-        <v>1118</v>
+        <v>1058</v>
       </c>
       <c r="F179" t="s">
-        <v>644</v>
+        <v>747</v>
+      </c>
+      <c r="G179" t="s">
+        <v>1059</v>
       </c>
       <c r="H179" t="s">
-        <v>1119</v>
+        <v>1060</v>
       </c>
       <c r="K179" t="s">
-        <v>1120</v>
+        <v>1061</v>
       </c>
       <c r="L179" t="s">
-        <v>1121</v>
+        <v>1062</v>
       </c>
       <c r="M179" t="s">
-        <v>1122</v>
+        <v>1063</v>
       </c>
       <c r="N179">
         <v>1</v>
       </c>
       <c r="O179" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P179" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R179">
         <v>999</v>
       </c>
     </row>
     <row r="180" spans="1:18">
       <c r="A180">
-        <v>1221</v>
+        <v>1259</v>
       </c>
       <c r="B180" t="s">
-        <v>1123</v>
+        <v>1064</v>
       </c>
       <c r="C180" t="s">
-        <v>1124</v>
+        <v>1030</v>
       </c>
       <c r="E180" t="s">
-        <v>1125</v>
+        <v>1065</v>
       </c>
       <c r="F180" t="s">
-        <v>1126</v>
+        <v>525</v>
       </c>
       <c r="G180" t="s">
-        <v>1127</v>
-[...2 lines deleted...]
-        <v>1128</v>
+        <v>1066</v>
       </c>
       <c r="K180" t="s">
-        <v>1129</v>
+        <v>1067</v>
       </c>
       <c r="L180" t="s">
-        <v>1130</v>
+        <v>1068</v>
       </c>
       <c r="M180" t="s">
-        <v>1131</v>
+        <v>1069</v>
+      </c>
+      <c r="N180">
+        <v>1</v>
+      </c>
+      <c r="O180" t="s">
+        <v>139</v>
       </c>
       <c r="P180" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R180">
         <v>999</v>
       </c>
     </row>
     <row r="181" spans="1:18">
       <c r="A181">
-        <v>1219</v>
+        <v>1258</v>
       </c>
       <c r="B181" t="s">
-        <v>865</v>
+        <v>1064</v>
       </c>
       <c r="C181" t="s">
-        <v>865</v>
+        <v>1030</v>
       </c>
       <c r="E181" t="s">
-        <v>1132</v>
+        <v>1070</v>
       </c>
       <c r="F181" t="s">
-        <v>652</v>
+        <v>755</v>
       </c>
       <c r="G181" t="s">
-        <v>1133</v>
-[...2 lines deleted...]
-        <v>1134</v>
+        <v>1071</v>
       </c>
       <c r="K181" t="s">
-        <v>1135</v>
+        <v>1072</v>
       </c>
       <c r="L181" t="s">
-        <v>1136</v>
+        <v>1073</v>
       </c>
       <c r="M181" t="s">
-        <v>1137</v>
+        <v>1074</v>
       </c>
       <c r="N181">
         <v>1</v>
       </c>
       <c r="O181" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P181" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R181">
         <v>999</v>
       </c>
     </row>
     <row r="182" spans="1:18">
       <c r="A182">
-        <v>1217</v>
+        <v>1257</v>
       </c>
       <c r="B182" t="s">
-        <v>865</v>
+        <v>770</v>
       </c>
       <c r="C182" t="s">
-        <v>865</v>
+        <v>770</v>
       </c>
       <c r="E182" t="s">
-        <v>1138</v>
+        <v>1075</v>
       </c>
       <c r="F182" t="s">
-        <v>661</v>
+        <v>397</v>
       </c>
       <c r="G182" t="s">
-        <v>1139</v>
-[...2 lines deleted...]
-        <v>1140</v>
+        <v>1076</v>
       </c>
       <c r="K182" t="s">
-        <v>1141</v>
+        <v>1077</v>
       </c>
       <c r="L182" t="s">
-        <v>1142</v>
+        <v>1078</v>
       </c>
       <c r="M182" t="s">
-        <v>1143</v>
+        <v>1079</v>
       </c>
       <c r="N182">
         <v>1</v>
       </c>
       <c r="O182" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P182" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R182">
         <v>999</v>
       </c>
     </row>
     <row r="183" spans="1:18">
       <c r="A183">
-        <v>1214</v>
+        <v>1256</v>
       </c>
       <c r="B183" t="s">
-        <v>1144</v>
+        <v>1080</v>
       </c>
       <c r="C183" t="s">
-        <v>1145</v>
+        <v>1081</v>
       </c>
       <c r="D183">
         <v>0</v>
       </c>
       <c r="E183" t="s">
-        <v>1146</v>
+        <v>1082</v>
       </c>
       <c r="F183" t="s">
-        <v>652</v>
+        <v>445</v>
       </c>
       <c r="G183" t="s">
-        <v>1147</v>
+        <v>1083</v>
       </c>
       <c r="H183" t="s">
-        <v>1148</v>
+        <v>1084</v>
       </c>
       <c r="K183" t="s">
-        <v>1149</v>
+        <v>1085</v>
       </c>
       <c r="L183" t="s">
-        <v>1150</v>
+        <v>1086</v>
       </c>
       <c r="M183" t="s">
-        <v>1151</v>
+        <v>1087</v>
       </c>
       <c r="N183">
         <v>2</v>
       </c>
       <c r="O183" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P183" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R183">
         <v>999</v>
       </c>
     </row>
     <row r="184" spans="1:18">
       <c r="A184">
-        <v>1214</v>
+        <v>1256</v>
       </c>
       <c r="B184" t="s">
-        <v>1144</v>
+        <v>1088</v>
       </c>
       <c r="C184" t="s">
-        <v>1145</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>517</v>
       </c>
       <c r="E184" t="s">
-        <v>1152</v>
+        <v>1082</v>
       </c>
       <c r="F184" t="s">
-        <v>652</v>
+        <v>445</v>
       </c>
       <c r="G184" t="s">
-        <v>1147</v>
+        <v>1083</v>
       </c>
       <c r="H184" t="s">
-        <v>1148</v>
+        <v>1084</v>
       </c>
       <c r="K184" t="s">
-        <v>1149</v>
+        <v>1085</v>
       </c>
       <c r="L184" t="s">
-        <v>1150</v>
+        <v>1086</v>
       </c>
       <c r="M184" t="s">
-        <v>1151</v>
+        <v>1087</v>
       </c>
       <c r="N184">
         <v>2</v>
       </c>
       <c r="O184" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="P184" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R184">
         <v>999</v>
       </c>
     </row>
     <row r="185" spans="1:18">
       <c r="A185">
-        <v>1210</v>
+        <v>1255</v>
       </c>
       <c r="B185" t="s">
-        <v>1153</v>
+        <v>1089</v>
       </c>
       <c r="C185" t="s">
-        <v>413</v>
+        <v>737</v>
       </c>
       <c r="E185" t="s">
-        <v>1154</v>
+        <v>1090</v>
       </c>
       <c r="F185" t="s">
-        <v>378</v>
+        <v>397</v>
       </c>
       <c r="G185" t="s">
-        <v>1155</v>
-[...2 lines deleted...]
-        <v>1156</v>
+        <v>1091</v>
       </c>
       <c r="K185" t="s">
-        <v>1157</v>
+        <v>1092</v>
       </c>
       <c r="L185" t="s">
-        <v>1158</v>
+        <v>1093</v>
       </c>
       <c r="M185" t="s">
-        <v>1159</v>
+        <v>1094</v>
       </c>
       <c r="N185">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O185" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P185" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R185">
         <v>999</v>
       </c>
     </row>
     <row r="186" spans="1:18">
       <c r="A186">
-        <v>1206</v>
+        <v>1254</v>
       </c>
       <c r="B186" t="s">
-        <v>1160</v>
+        <v>777</v>
       </c>
       <c r="C186" t="s">
-        <v>1161</v>
+        <v>777</v>
       </c>
       <c r="E186" t="s">
-        <v>1162</v>
+        <v>1095</v>
       </c>
       <c r="F186" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-        <v>1163</v>
+        <v>1096</v>
       </c>
       <c r="H186" t="s">
-        <v>1164</v>
+        <v>1097</v>
       </c>
       <c r="K186" t="s">
-        <v>1165</v>
+        <v>1098</v>
       </c>
       <c r="L186" t="s">
-        <v>1166</v>
+        <v>1099</v>
       </c>
       <c r="M186" t="s">
-        <v>1167</v>
+        <v>1100</v>
+      </c>
+      <c r="N186">
+        <v>1</v>
+      </c>
+      <c r="O186" t="s">
+        <v>139</v>
       </c>
       <c r="P186" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R186">
         <v>999</v>
       </c>
     </row>
     <row r="187" spans="1:18">
       <c r="A187">
-        <v>1205</v>
+        <v>1253</v>
       </c>
       <c r="B187" t="s">
-        <v>1168</v>
+        <v>1101</v>
       </c>
       <c r="C187" t="s">
-        <v>1169</v>
+        <v>1101</v>
       </c>
       <c r="E187" t="s">
-        <v>1170</v>
+        <v>1102</v>
       </c>
       <c r="F187" t="s">
-        <v>644</v>
+        <v>764</v>
       </c>
       <c r="G187" t="s">
-        <v>1171</v>
-[...2 lines deleted...]
-        <v>1172</v>
+        <v>1103</v>
       </c>
       <c r="K187" t="s">
-        <v>1173</v>
+        <v>1104</v>
       </c>
       <c r="L187" t="s">
-        <v>1174</v>
+        <v>1105</v>
       </c>
       <c r="M187" t="s">
-        <v>1175</v>
+        <v>1106</v>
+      </c>
+      <c r="N187">
+        <v>1</v>
+      </c>
+      <c r="O187" t="s">
+        <v>139</v>
       </c>
       <c r="P187" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R187">
         <v>999</v>
       </c>
     </row>
     <row r="188" spans="1:18">
       <c r="A188">
-        <v>1204</v>
+        <v>1252</v>
       </c>
       <c r="B188" t="s">
-        <v>1176</v>
+        <v>1101</v>
       </c>
       <c r="C188" t="s">
-        <v>1177</v>
+        <v>1101</v>
       </c>
       <c r="E188" t="s">
-        <v>1178</v>
+        <v>1107</v>
       </c>
       <c r="F188" t="s">
-        <v>317</v>
+        <v>1001</v>
       </c>
       <c r="G188" t="s">
-        <v>1179</v>
+        <v>1108</v>
       </c>
       <c r="H188" t="s">
-        <v>1180</v>
+        <v>1109</v>
       </c>
       <c r="K188" t="s">
-        <v>1181</v>
+        <v>1110</v>
       </c>
       <c r="L188" t="s">
-        <v>1182</v>
+        <v>1111</v>
       </c>
       <c r="M188" t="s">
-        <v>1183</v>
+        <v>1112</v>
+      </c>
+      <c r="N188">
+        <v>1</v>
+      </c>
+      <c r="O188" t="s">
+        <v>139</v>
       </c>
       <c r="P188" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R188">
         <v>999</v>
       </c>
     </row>
     <row r="189" spans="1:18">
       <c r="A189">
-        <v>1202</v>
+        <v>1251</v>
       </c>
       <c r="B189" t="s">
-        <v>255</v>
+        <v>1113</v>
       </c>
       <c r="C189" t="s">
-        <v>256</v>
+        <v>1114</v>
       </c>
       <c r="E189" t="s">
-        <v>1184</v>
+        <v>1115</v>
       </c>
       <c r="F189" t="s">
-        <v>421</v>
+        <v>1116</v>
       </c>
       <c r="G189" t="s">
-        <v>1185</v>
-[...2 lines deleted...]
-        <v>1186</v>
+        <v>1117</v>
       </c>
       <c r="K189" t="s">
-        <v>1187</v>
+        <v>1118</v>
       </c>
       <c r="L189" t="s">
-        <v>1188</v>
+        <v>1119</v>
       </c>
       <c r="M189" t="s">
-        <v>1189</v>
+        <v>1120</v>
       </c>
       <c r="N189">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O189" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P189" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R189">
         <v>999</v>
       </c>
     </row>
     <row r="190" spans="1:18">
       <c r="A190">
-        <v>1202</v>
+        <v>1250</v>
       </c>
       <c r="B190" t="s">
-        <v>1190</v>
+        <v>1121</v>
       </c>
       <c r="C190" t="s">
-        <v>413</v>
+        <v>1121</v>
       </c>
       <c r="E190" t="s">
-        <v>1184</v>
+        <v>1122</v>
       </c>
       <c r="F190" t="s">
-        <v>421</v>
+        <v>755</v>
       </c>
       <c r="G190" t="s">
-        <v>1185</v>
+        <v>1123</v>
       </c>
       <c r="H190" t="s">
-        <v>1186</v>
+        <v>1124</v>
       </c>
       <c r="K190" t="s">
-        <v>1187</v>
+        <v>36</v>
       </c>
       <c r="L190" t="s">
-        <v>1188</v>
+        <v>1125</v>
       </c>
       <c r="M190" t="s">
-        <v>1189</v>
+        <v>1126</v>
       </c>
       <c r="N190">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O190" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P190" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R190">
         <v>999</v>
       </c>
     </row>
     <row r="191" spans="1:18">
       <c r="A191">
-        <v>1199</v>
+        <v>1249</v>
       </c>
       <c r="B191" t="s">
-        <v>1191</v>
+        <v>1127</v>
       </c>
       <c r="C191" t="s">
-        <v>1191</v>
+        <v>968</v>
       </c>
       <c r="E191" t="s">
-        <v>1192</v>
+        <v>1128</v>
       </c>
       <c r="F191" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-        <v>1193</v>
+        <v>489</v>
       </c>
       <c r="K191" t="s">
-        <v>1194</v>
+        <v>1129</v>
       </c>
       <c r="L191" t="s">
-        <v>1195</v>
+        <v>1130</v>
       </c>
       <c r="M191" t="s">
-        <v>1196</v>
+        <v>1131</v>
+      </c>
+      <c r="N191">
+        <v>1</v>
+      </c>
+      <c r="O191" t="s">
+        <v>139</v>
       </c>
       <c r="P191" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R191">
         <v>999</v>
       </c>
     </row>
     <row r="192" spans="1:18">
       <c r="A192">
-        <v>1193</v>
+        <v>1246</v>
       </c>
       <c r="B192" t="s">
-        <v>1197</v>
+        <v>1132</v>
       </c>
       <c r="C192" t="s">
-        <v>1197</v>
+        <v>1133</v>
       </c>
       <c r="E192" t="s">
-        <v>1198</v>
+        <v>1134</v>
       </c>
       <c r="F192" t="s">
-        <v>1199</v>
+        <v>616</v>
       </c>
       <c r="G192" t="s">
-        <v>1200</v>
+        <v>1135</v>
       </c>
       <c r="H192" t="s">
-        <v>1201</v>
+        <v>1136</v>
       </c>
       <c r="K192" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="L192" t="s">
-        <v>1203</v>
+        <v>1138</v>
       </c>
       <c r="M192" t="s">
-        <v>1204</v>
+        <v>1139</v>
       </c>
       <c r="P192" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R192">
         <v>999</v>
       </c>
     </row>
     <row r="193" spans="1:18">
       <c r="A193">
-        <v>1192</v>
+        <v>1242</v>
       </c>
       <c r="B193" t="s">
-        <v>1197</v>
+        <v>777</v>
       </c>
       <c r="C193" t="s">
-        <v>1197</v>
+        <v>777</v>
       </c>
       <c r="E193" t="s">
-        <v>1205</v>
+        <v>1140</v>
       </c>
       <c r="F193" t="s">
-        <v>644</v>
+        <v>1001</v>
       </c>
       <c r="G193" t="s">
-        <v>1206</v>
-[...2 lines deleted...]
-        <v>1207</v>
+        <v>1141</v>
       </c>
       <c r="K193" t="s">
-        <v>1208</v>
+        <v>1142</v>
       </c>
       <c r="L193" t="s">
-        <v>1209</v>
+        <v>1143</v>
       </c>
       <c r="M193" t="s">
-        <v>1210</v>
+        <v>1144</v>
+      </c>
+      <c r="N193">
+        <v>1</v>
+      </c>
+      <c r="O193" t="s">
+        <v>139</v>
       </c>
       <c r="P193" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R193">
         <v>999</v>
       </c>
     </row>
     <row r="194" spans="1:18">
       <c r="A194">
-        <v>1191</v>
+        <v>1241</v>
       </c>
       <c r="B194" t="s">
-        <v>1211</v>
+        <v>777</v>
       </c>
       <c r="C194" t="s">
-        <v>1211</v>
+        <v>777</v>
       </c>
       <c r="E194" t="s">
-        <v>1212</v>
+        <v>1145</v>
       </c>
       <c r="F194" t="s">
-        <v>1199</v>
+        <v>764</v>
       </c>
       <c r="G194" t="s">
-        <v>1213</v>
-[...2 lines deleted...]
-        <v>1214</v>
+        <v>1146</v>
       </c>
       <c r="K194" t="s">
-        <v>1215</v>
+        <v>1147</v>
       </c>
       <c r="L194" t="s">
-        <v>1216</v>
+        <v>1148</v>
       </c>
       <c r="M194" t="s">
-        <v>1217</v>
+        <v>1149</v>
+      </c>
+      <c r="N194">
+        <v>1</v>
+      </c>
+      <c r="O194" t="s">
+        <v>139</v>
       </c>
       <c r="P194" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R194">
         <v>999</v>
       </c>
     </row>
     <row r="195" spans="1:18">
       <c r="A195">
-        <v>1190</v>
+        <v>1240</v>
       </c>
       <c r="B195" t="s">
-        <v>1211</v>
+        <v>777</v>
       </c>
       <c r="C195" t="s">
-        <v>1211</v>
+        <v>777</v>
       </c>
       <c r="E195" t="s">
-        <v>1218</v>
+        <v>1150</v>
       </c>
       <c r="F195" t="s">
-        <v>1219</v>
-[...2 lines deleted...]
-        <v>1220</v>
+        <v>525</v>
       </c>
       <c r="K195" t="s">
-        <v>1221</v>
+        <v>1151</v>
       </c>
       <c r="L195" t="s">
-        <v>1222</v>
+        <v>1152</v>
       </c>
       <c r="M195" t="s">
-        <v>1223</v>
+        <v>1153</v>
+      </c>
+      <c r="N195">
+        <v>1</v>
+      </c>
+      <c r="O195" t="s">
+        <v>139</v>
       </c>
       <c r="P195" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R195">
         <v>999</v>
       </c>
     </row>
     <row r="196" spans="1:18">
       <c r="A196">
-        <v>1189</v>
+        <v>1239</v>
       </c>
       <c r="B196" t="s">
-        <v>1211</v>
+        <v>640</v>
       </c>
       <c r="C196" t="s">
-        <v>1211</v>
+        <v>640</v>
       </c>
       <c r="E196" t="s">
-        <v>1224</v>
+        <v>1154</v>
       </c>
       <c r="F196" t="s">
-        <v>1225</v>
-[...2 lines deleted...]
-        <v>1226</v>
+        <v>755</v>
       </c>
       <c r="K196" t="s">
-        <v>1227</v>
+        <v>1045</v>
       </c>
       <c r="L196" t="s">
-        <v>1228</v>
+        <v>1155</v>
       </c>
       <c r="M196" t="s">
-        <v>1229</v>
+        <v>1156</v>
+      </c>
+      <c r="N196">
+        <v>1</v>
+      </c>
+      <c r="O196" t="s">
+        <v>139</v>
       </c>
       <c r="P196" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R196">
         <v>999</v>
       </c>
     </row>
     <row r="197" spans="1:18">
       <c r="A197">
-        <v>1188</v>
+        <v>1238</v>
       </c>
       <c r="B197" t="s">
-        <v>1211</v>
+        <v>640</v>
       </c>
       <c r="C197" t="s">
-        <v>1211</v>
+        <v>640</v>
       </c>
       <c r="E197" t="s">
-        <v>1230</v>
+        <v>1157</v>
       </c>
       <c r="F197" t="s">
-        <v>1231</v>
+        <v>546</v>
       </c>
       <c r="G197" t="s">
-        <v>1232</v>
+        <v>1158</v>
       </c>
       <c r="H197" t="s">
-        <v>1233</v>
+        <v>1159</v>
       </c>
       <c r="K197" t="s">
-        <v>1234</v>
+        <v>1160</v>
       </c>
       <c r="L197" t="s">
-        <v>1235</v>
+        <v>1161</v>
       </c>
       <c r="M197" t="s">
-        <v>1236</v>
+        <v>1162</v>
+      </c>
+      <c r="N197">
+        <v>1</v>
+      </c>
+      <c r="O197" t="s">
+        <v>139</v>
       </c>
       <c r="P197" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R197">
         <v>999</v>
       </c>
     </row>
     <row r="198" spans="1:18">
       <c r="A198">
-        <v>1187</v>
+        <v>1235</v>
       </c>
       <c r="B198" t="s">
-        <v>1237</v>
+        <v>1163</v>
       </c>
       <c r="C198" t="s">
-        <v>1237</v>
+        <v>1163</v>
       </c>
       <c r="E198" t="s">
-        <v>1238</v>
+        <v>1164</v>
       </c>
       <c r="F198" t="s">
-        <v>1219</v>
+        <v>546</v>
       </c>
       <c r="G198" t="s">
-        <v>1239</v>
+        <v>1165</v>
+      </c>
+      <c r="H198" t="s">
+        <v>1166</v>
       </c>
       <c r="K198" t="s">
-        <v>1240</v>
+        <v>1167</v>
       </c>
       <c r="L198" t="s">
-        <v>1241</v>
+        <v>1168</v>
       </c>
       <c r="M198" t="s">
-        <v>1242</v>
+        <v>1169</v>
+      </c>
+      <c r="N198">
+        <v>1</v>
+      </c>
+      <c r="O198" t="s">
+        <v>139</v>
       </c>
       <c r="P198" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R198">
         <v>999</v>
       </c>
     </row>
     <row r="199" spans="1:18">
       <c r="A199">
-        <v>1186</v>
+        <v>1234</v>
       </c>
       <c r="B199" t="s">
-        <v>1237</v>
+        <v>1163</v>
       </c>
       <c r="C199" t="s">
-        <v>1237</v>
+        <v>1163</v>
       </c>
       <c r="E199" t="s">
-        <v>1243</v>
+        <v>1170</v>
       </c>
       <c r="F199" t="s">
-        <v>1231</v>
-[...2 lines deleted...]
-        <v>1244</v>
+        <v>525</v>
+      </c>
+      <c r="H199" t="s">
+        <v>1171</v>
       </c>
       <c r="K199" t="s">
-        <v>1245</v>
+        <v>1172</v>
       </c>
       <c r="L199" t="s">
-        <v>1246</v>
+        <v>1173</v>
       </c>
       <c r="M199" t="s">
-        <v>1247</v>
+        <v>1174</v>
+      </c>
+      <c r="N199">
+        <v>1</v>
+      </c>
+      <c r="O199" t="s">
+        <v>139</v>
       </c>
       <c r="P199" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R199">
         <v>999</v>
       </c>
     </row>
     <row r="200" spans="1:18">
       <c r="A200">
-        <v>1185</v>
+        <v>1233</v>
       </c>
       <c r="B200" t="s">
-        <v>1237</v>
+        <v>1175</v>
       </c>
       <c r="C200" t="s">
-        <v>1237</v>
+        <v>1175</v>
       </c>
       <c r="E200" t="s">
-        <v>1248</v>
+        <v>1176</v>
       </c>
       <c r="F200" t="s">
-        <v>1225</v>
+        <v>525</v>
       </c>
       <c r="G200" t="s">
-        <v>1249</v>
-[...2 lines deleted...]
-        <v>1250</v>
+        <v>1177</v>
       </c>
       <c r="K200" t="s">
-        <v>1251</v>
+        <v>644</v>
       </c>
       <c r="L200" t="s">
-        <v>1252</v>
+        <v>1178</v>
       </c>
       <c r="M200" t="s">
-        <v>1253</v>
+        <v>1179</v>
+      </c>
+      <c r="N200">
+        <v>1</v>
+      </c>
+      <c r="O200" t="s">
+        <v>139</v>
       </c>
       <c r="P200" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R200">
         <v>999</v>
       </c>
     </row>
     <row r="201" spans="1:18">
       <c r="A201">
+        <v>1232</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F201" t="s">
+        <v>546</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H201" t="s">
+        <v>1182</v>
+      </c>
+      <c r="K201" t="s">
+        <v>1183</v>
+      </c>
+      <c r="L201" t="s">
         <v>1184</v>
       </c>
-      <c r="B201" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M201" t="s">
-        <v>1259</v>
+        <v>1185</v>
+      </c>
+      <c r="N201">
+        <v>1</v>
+      </c>
+      <c r="O201" t="s">
+        <v>139</v>
       </c>
       <c r="P201" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R201">
         <v>999</v>
       </c>
     </row>
     <row r="202" spans="1:18">
       <c r="A202">
-        <v>1183</v>
+        <v>1231</v>
       </c>
       <c r="B202" t="s">
-        <v>1237</v>
+        <v>1175</v>
       </c>
       <c r="C202" t="s">
-        <v>1237</v>
+        <v>1175</v>
       </c>
       <c r="E202" t="s">
-        <v>1260</v>
+        <v>1186</v>
       </c>
       <c r="F202" t="s">
-        <v>644</v>
+        <v>839</v>
       </c>
       <c r="G202" t="s">
-        <v>1261</v>
-[...2 lines deleted...]
-        <v>1262</v>
+        <v>1187</v>
       </c>
       <c r="K202" t="s">
-        <v>1263</v>
+        <v>1188</v>
       </c>
       <c r="L202" t="s">
-        <v>1264</v>
+        <v>1189</v>
       </c>
       <c r="M202" t="s">
-        <v>1265</v>
+        <v>1190</v>
+      </c>
+      <c r="N202">
+        <v>1</v>
+      </c>
+      <c r="O202" t="s">
+        <v>139</v>
       </c>
       <c r="P202" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R202">
         <v>999</v>
       </c>
     </row>
     <row r="203" spans="1:18">
       <c r="A203">
-        <v>1182</v>
+        <v>1230</v>
       </c>
       <c r="B203" t="s">
-        <v>1266</v>
+        <v>1121</v>
       </c>
       <c r="C203" t="s">
-        <v>1266</v>
+        <v>1121</v>
       </c>
       <c r="E203" t="s">
-        <v>1267</v>
+        <v>1191</v>
       </c>
       <c r="F203" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G203" t="s">
-        <v>1268</v>
+        <v>1192</v>
+      </c>
+      <c r="H203" t="s">
+        <v>1193</v>
       </c>
       <c r="K203" t="s">
-        <v>1269</v>
+        <v>1194</v>
       </c>
       <c r="L203" t="s">
-        <v>1270</v>
+        <v>1195</v>
       </c>
       <c r="M203" t="s">
-        <v>1271</v>
+        <v>1196</v>
+      </c>
+      <c r="N203">
+        <v>1</v>
+      </c>
+      <c r="O203" t="s">
+        <v>139</v>
       </c>
       <c r="P203" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R203">
         <v>999</v>
       </c>
     </row>
     <row r="204" spans="1:18">
       <c r="A204">
-        <v>1181</v>
+        <v>1229</v>
       </c>
       <c r="B204" t="s">
-        <v>1272</v>
+        <v>968</v>
       </c>
       <c r="C204" t="s">
-        <v>1272</v>
+        <v>968</v>
       </c>
       <c r="E204" t="s">
-        <v>1273</v>
+        <v>1197</v>
       </c>
       <c r="F204" t="s">
-        <v>415</v>
+        <v>755</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H204" t="s">
+        <v>1199</v>
       </c>
       <c r="K204" t="s">
-        <v>1274</v>
+        <v>1200</v>
       </c>
       <c r="L204" t="s">
-        <v>1275</v>
+        <v>1201</v>
       </c>
       <c r="M204" t="s">
-        <v>1276</v>
+        <v>1202</v>
+      </c>
+      <c r="N204">
+        <v>1</v>
+      </c>
+      <c r="O204" t="s">
+        <v>139</v>
       </c>
       <c r="P204" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R204">
         <v>999</v>
       </c>
     </row>
     <row r="205" spans="1:18">
       <c r="A205">
-        <v>1180</v>
+        <v>1228</v>
       </c>
       <c r="B205" t="s">
-        <v>1277</v>
+        <v>968</v>
       </c>
       <c r="C205" t="s">
-        <v>1272</v>
+        <v>968</v>
       </c>
       <c r="E205" t="s">
-        <v>1278</v>
+        <v>1203</v>
       </c>
       <c r="F205" t="s">
-        <v>392</v>
+        <v>525</v>
       </c>
       <c r="G205" t="s">
-        <v>1279</v>
-[...2 lines deleted...]
-        <v>1280</v>
+        <v>1204</v>
       </c>
       <c r="K205" t="s">
-        <v>1281</v>
+        <v>1205</v>
       </c>
       <c r="L205" t="s">
-        <v>1282</v>
+        <v>1206</v>
       </c>
       <c r="M205" t="s">
-        <v>1283</v>
+        <v>1207</v>
+      </c>
+      <c r="N205">
+        <v>1</v>
+      </c>
+      <c r="O205" t="s">
+        <v>139</v>
       </c>
       <c r="P205" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R205">
         <v>999</v>
       </c>
     </row>
     <row r="206" spans="1:18">
       <c r="A206">
-        <v>1179</v>
+        <v>1227</v>
       </c>
       <c r="B206" t="s">
-        <v>1284</v>
+        <v>968</v>
       </c>
       <c r="C206" t="s">
-        <v>1284</v>
+        <v>968</v>
       </c>
       <c r="E206" t="s">
-        <v>1285</v>
+        <v>1208</v>
       </c>
       <c r="F206" t="s">
-        <v>644</v>
+        <v>525</v>
       </c>
       <c r="G206" t="s">
-        <v>1286</v>
+        <v>1209</v>
       </c>
       <c r="H206" t="s">
-        <v>1287</v>
+        <v>1210</v>
       </c>
       <c r="K206" t="s">
-        <v>1288</v>
+        <v>1211</v>
       </c>
       <c r="L206" t="s">
-        <v>1289</v>
+        <v>1212</v>
       </c>
       <c r="M206" t="s">
-        <v>1290</v>
+        <v>1213</v>
+      </c>
+      <c r="N206">
+        <v>1</v>
+      </c>
+      <c r="O206" t="s">
+        <v>139</v>
       </c>
       <c r="P206" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R206">
         <v>999</v>
       </c>
     </row>
     <row r="207" spans="1:18">
       <c r="A207">
-        <v>1178</v>
+        <v>1226</v>
       </c>
       <c r="B207" t="s">
-        <v>1284</v>
+        <v>968</v>
       </c>
       <c r="C207" t="s">
-        <v>1284</v>
+        <v>968</v>
       </c>
       <c r="E207" t="s">
-        <v>1291</v>
+        <v>1214</v>
       </c>
       <c r="F207" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G207" t="s">
-        <v>1292</v>
+        <v>1215</v>
       </c>
       <c r="H207" t="s">
-        <v>1293</v>
+        <v>1216</v>
       </c>
       <c r="K207" t="s">
-        <v>1294</v>
+        <v>1217</v>
       </c>
       <c r="L207" t="s">
-        <v>1295</v>
+        <v>1218</v>
       </c>
       <c r="M207" t="s">
-        <v>1296</v>
+        <v>1219</v>
+      </c>
+      <c r="N207">
+        <v>1</v>
+      </c>
+      <c r="O207" t="s">
+        <v>139</v>
       </c>
       <c r="P207" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R207">
         <v>999</v>
       </c>
     </row>
     <row r="208" spans="1:18">
       <c r="A208">
-        <v>1177</v>
+        <v>1223</v>
       </c>
       <c r="B208" t="s">
-        <v>927</v>
+        <v>968</v>
       </c>
       <c r="C208" t="s">
-        <v>927</v>
+        <v>968</v>
       </c>
       <c r="E208" t="s">
-        <v>1297</v>
+        <v>1220</v>
       </c>
       <c r="F208" t="s">
-        <v>1126</v>
-[...2 lines deleted...]
-        <v>1298</v>
+        <v>747</v>
       </c>
       <c r="H208" t="s">
-        <v>1299</v>
+        <v>1221</v>
       </c>
       <c r="K208" t="s">
-        <v>964</v>
+        <v>1222</v>
       </c>
       <c r="L208" t="s">
-        <v>1300</v>
+        <v>1223</v>
       </c>
       <c r="M208" t="s">
-        <v>1301</v>
+        <v>1224</v>
       </c>
       <c r="N208">
         <v>1</v>
       </c>
       <c r="O208" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P208" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R208">
         <v>999</v>
       </c>
     </row>
     <row r="209" spans="1:18">
       <c r="A209">
-        <v>1176</v>
+        <v>1221</v>
       </c>
       <c r="B209" t="s">
-        <v>1124</v>
+        <v>1225</v>
       </c>
       <c r="C209" t="s">
-        <v>1124</v>
+        <v>1226</v>
       </c>
       <c r="E209" t="s">
-        <v>1302</v>
+        <v>1227</v>
       </c>
       <c r="F209" t="s">
-        <v>644</v>
+        <v>1228</v>
+      </c>
+      <c r="G209" t="s">
+        <v>1229</v>
       </c>
       <c r="H209" t="s">
-        <v>1303</v>
+        <v>1230</v>
       </c>
       <c r="K209" t="s">
-        <v>1304</v>
+        <v>1231</v>
       </c>
       <c r="L209" t="s">
-        <v>1305</v>
+        <v>1232</v>
       </c>
       <c r="M209" t="s">
-        <v>1306</v>
+        <v>1233</v>
       </c>
       <c r="P209" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R209">
         <v>999</v>
       </c>
     </row>
     <row r="210" spans="1:18">
       <c r="A210">
-        <v>1175</v>
+        <v>1219</v>
       </c>
       <c r="B210" t="s">
-        <v>1124</v>
+        <v>968</v>
       </c>
       <c r="C210" t="s">
-        <v>1124</v>
+        <v>968</v>
       </c>
       <c r="E210" t="s">
-        <v>1307</v>
+        <v>1234</v>
       </c>
       <c r="F210" t="s">
-        <v>644</v>
+        <v>755</v>
       </c>
       <c r="G210" t="s">
-        <v>1308</v>
+        <v>1235</v>
       </c>
       <c r="H210" t="s">
-        <v>1309</v>
+        <v>1236</v>
       </c>
       <c r="K210" t="s">
-        <v>1310</v>
+        <v>1237</v>
       </c>
       <c r="L210" t="s">
-        <v>1311</v>
+        <v>1238</v>
       </c>
       <c r="M210" t="s">
-        <v>1312</v>
+        <v>1239</v>
+      </c>
+      <c r="N210">
+        <v>1</v>
+      </c>
+      <c r="O210" t="s">
+        <v>139</v>
       </c>
       <c r="P210" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R210">
         <v>999</v>
       </c>
     </row>
     <row r="211" spans="1:18">
       <c r="A211">
-        <v>1174</v>
+        <v>1217</v>
       </c>
       <c r="B211" t="s">
-        <v>1124</v>
+        <v>968</v>
       </c>
       <c r="C211" t="s">
-        <v>1124</v>
+        <v>968</v>
       </c>
       <c r="E211" t="s">
-        <v>1313</v>
+        <v>1240</v>
       </c>
       <c r="F211" t="s">
-        <v>644</v>
+        <v>764</v>
       </c>
       <c r="G211" t="s">
-        <v>1314</v>
+        <v>1241</v>
       </c>
       <c r="H211" t="s">
-        <v>1315</v>
+        <v>1242</v>
       </c>
       <c r="K211" t="s">
-        <v>1316</v>
+        <v>1243</v>
       </c>
       <c r="L211" t="s">
-        <v>1317</v>
+        <v>1244</v>
       </c>
       <c r="M211" t="s">
-        <v>1318</v>
+        <v>1245</v>
+      </c>
+      <c r="N211">
+        <v>1</v>
+      </c>
+      <c r="O211" t="s">
+        <v>139</v>
       </c>
       <c r="P211" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R211">
         <v>999</v>
       </c>
     </row>
     <row r="212" spans="1:18">
       <c r="A212">
-        <v>1173</v>
+        <v>1214</v>
       </c>
       <c r="B212" t="s">
-        <v>1319</v>
+        <v>1246</v>
       </c>
       <c r="C212" t="s">
-        <v>1319</v>
+        <v>1247</v>
+      </c>
+      <c r="D212">
+        <v>0</v>
       </c>
       <c r="E212" t="s">
-        <v>1320</v>
+        <v>1248</v>
       </c>
       <c r="F212" t="s">
-        <v>1321</v>
+        <v>755</v>
       </c>
       <c r="G212" t="s">
-        <v>1322</v>
+        <v>1249</v>
       </c>
       <c r="H212" t="s">
-        <v>1323</v>
+        <v>1250</v>
       </c>
       <c r="K212" t="s">
-        <v>1324</v>
+        <v>1251</v>
       </c>
       <c r="L212" t="s">
-        <v>1325</v>
+        <v>1252</v>
       </c>
       <c r="M212" t="s">
-        <v>1326</v>
+        <v>1253</v>
+      </c>
+      <c r="N212">
+        <v>2</v>
+      </c>
+      <c r="O212" t="s">
+        <v>145</v>
       </c>
       <c r="P212" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R212">
         <v>999</v>
       </c>
     </row>
     <row r="213" spans="1:18">
       <c r="A213">
-        <v>1172</v>
+        <v>1214</v>
       </c>
       <c r="B213" t="s">
-        <v>1319</v>
+        <v>1246</v>
       </c>
       <c r="C213" t="s">
-        <v>1319</v>
+        <v>1247</v>
+      </c>
+      <c r="D213">
+        <v>0</v>
       </c>
       <c r="E213" t="s">
-        <v>1327</v>
+        <v>1254</v>
       </c>
       <c r="F213" t="s">
-        <v>309</v>
+        <v>755</v>
       </c>
       <c r="G213" t="s">
-        <v>1328</v>
+        <v>1249</v>
+      </c>
+      <c r="H213" t="s">
+        <v>1250</v>
       </c>
       <c r="K213" t="s">
-        <v>1329</v>
+        <v>1251</v>
       </c>
       <c r="L213" t="s">
-        <v>1330</v>
+        <v>1252</v>
       </c>
       <c r="M213" t="s">
-        <v>1331</v>
+        <v>1253</v>
+      </c>
+      <c r="N213">
+        <v>2</v>
+      </c>
+      <c r="O213" t="s">
+        <v>145</v>
       </c>
       <c r="P213" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R213">
         <v>999</v>
       </c>
     </row>
     <row r="214" spans="1:18">
       <c r="A214">
-        <v>1171</v>
+        <v>1210</v>
       </c>
       <c r="B214" t="s">
-        <v>1319</v>
+        <v>1255</v>
       </c>
       <c r="C214" t="s">
-        <v>1319</v>
+        <v>517</v>
       </c>
       <c r="E214" t="s">
-        <v>1332</v>
+        <v>1256</v>
       </c>
       <c r="F214" t="s">
-        <v>1333</v>
+        <v>482</v>
       </c>
       <c r="G214" t="s">
-        <v>1334</v>
+        <v>1257</v>
       </c>
       <c r="H214" t="s">
-        <v>1335</v>
+        <v>1258</v>
       </c>
       <c r="K214" t="s">
-        <v>1336</v>
+        <v>1259</v>
       </c>
       <c r="L214" t="s">
-        <v>1337</v>
+        <v>1260</v>
       </c>
       <c r="M214" t="s">
-        <v>1338</v>
+        <v>1261</v>
+      </c>
+      <c r="N214">
+        <v>2</v>
+      </c>
+      <c r="O214" t="s">
+        <v>145</v>
       </c>
       <c r="P214" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R214">
         <v>999</v>
       </c>
     </row>
     <row r="215" spans="1:18">
       <c r="A215">
-        <v>1170</v>
+        <v>1206</v>
       </c>
       <c r="B215" t="s">
-        <v>1319</v>
+        <v>1262</v>
       </c>
       <c r="C215" t="s">
-        <v>1319</v>
+        <v>1263</v>
       </c>
       <c r="E215" t="s">
-        <v>1339</v>
+        <v>1264</v>
       </c>
       <c r="F215" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G215" t="s">
-        <v>1340</v>
+        <v>1265</v>
       </c>
       <c r="H215" t="s">
-        <v>1341</v>
+        <v>1266</v>
       </c>
       <c r="K215" t="s">
-        <v>1342</v>
+        <v>1267</v>
       </c>
       <c r="L215" t="s">
-        <v>1343</v>
+        <v>1268</v>
       </c>
       <c r="M215" t="s">
-        <v>1344</v>
+        <v>1269</v>
       </c>
       <c r="P215" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R215">
         <v>999</v>
       </c>
     </row>
     <row r="216" spans="1:18">
       <c r="A216">
-        <v>1169</v>
+        <v>1205</v>
       </c>
       <c r="B216" t="s">
-        <v>1319</v>
+        <v>1270</v>
       </c>
       <c r="C216" t="s">
-        <v>1319</v>
+        <v>1271</v>
       </c>
       <c r="E216" t="s">
-        <v>1345</v>
+        <v>1272</v>
       </c>
       <c r="F216" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G216" t="s">
-        <v>1346</v>
+        <v>1273</v>
+      </c>
+      <c r="H216" t="s">
+        <v>1274</v>
       </c>
       <c r="K216" t="s">
-        <v>942</v>
+        <v>1275</v>
       </c>
       <c r="L216" t="s">
-        <v>1347</v>
+        <v>1276</v>
       </c>
       <c r="M216" t="s">
-        <v>1348</v>
+        <v>1277</v>
       </c>
       <c r="P216" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R216">
         <v>999</v>
       </c>
     </row>
     <row r="217" spans="1:18">
       <c r="A217">
-        <v>1168</v>
+        <v>1204</v>
       </c>
       <c r="B217" t="s">
-        <v>1349</v>
+        <v>1278</v>
       </c>
       <c r="C217" t="s">
-        <v>1349</v>
+        <v>1279</v>
       </c>
       <c r="E217" t="s">
-        <v>1350</v>
+        <v>1280</v>
       </c>
       <c r="F217" t="s">
-        <v>1333</v>
+        <v>421</v>
       </c>
       <c r="G217" t="s">
-        <v>1351</v>
+        <v>1281</v>
       </c>
       <c r="H217" t="s">
-        <v>1352</v>
+        <v>1282</v>
       </c>
       <c r="K217" t="s">
-        <v>1353</v>
+        <v>1283</v>
       </c>
       <c r="L217" t="s">
-        <v>1354</v>
+        <v>1284</v>
       </c>
       <c r="M217" t="s">
-        <v>1355</v>
+        <v>1285</v>
       </c>
       <c r="P217" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R217">
         <v>999</v>
       </c>
     </row>
     <row r="218" spans="1:18">
       <c r="A218">
-        <v>1166</v>
+        <v>1202</v>
       </c>
       <c r="B218" t="s">
-        <v>1349</v>
+        <v>369</v>
       </c>
       <c r="C218" t="s">
-        <v>1349</v>
+        <v>370</v>
       </c>
       <c r="E218" t="s">
-        <v>1356</v>
+        <v>1286</v>
       </c>
       <c r="F218" t="s">
-        <v>644</v>
+        <v>525</v>
       </c>
       <c r="G218" t="s">
-        <v>1357</v>
+        <v>1287</v>
+      </c>
+      <c r="H218" t="s">
+        <v>1288</v>
       </c>
       <c r="K218" t="s">
-        <v>1358</v>
+        <v>1289</v>
       </c>
       <c r="L218" t="s">
-        <v>1359</v>
+        <v>1290</v>
       </c>
       <c r="M218" t="s">
-        <v>1360</v>
+        <v>1291</v>
+      </c>
+      <c r="N218">
+        <v>2</v>
+      </c>
+      <c r="O218" t="s">
+        <v>145</v>
       </c>
       <c r="P218" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R218">
         <v>999</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="A219">
-        <v>1165</v>
+        <v>1202</v>
       </c>
       <c r="B219" t="s">
-        <v>1361</v>
+        <v>1292</v>
       </c>
       <c r="C219" t="s">
-        <v>1361</v>
+        <v>517</v>
       </c>
       <c r="E219" t="s">
-        <v>1362</v>
+        <v>1286</v>
       </c>
       <c r="F219" t="s">
-        <v>309</v>
+        <v>525</v>
       </c>
       <c r="G219" t="s">
-        <v>1363</v>
+        <v>1287</v>
       </c>
       <c r="H219" t="s">
-        <v>1364</v>
+        <v>1288</v>
       </c>
       <c r="K219" t="s">
-        <v>1365</v>
+        <v>1289</v>
       </c>
       <c r="L219" t="s">
-        <v>1366</v>
+        <v>1290</v>
       </c>
       <c r="M219" t="s">
-        <v>1367</v>
+        <v>1291</v>
+      </c>
+      <c r="N219">
+        <v>2</v>
+      </c>
+      <c r="O219" t="s">
+        <v>145</v>
       </c>
       <c r="P219" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R219">
         <v>999</v>
       </c>
     </row>
     <row r="220" spans="1:18">
       <c r="A220">
-        <v>1164</v>
+        <v>1199</v>
       </c>
       <c r="B220" t="s">
-        <v>1361</v>
+        <v>1293</v>
       </c>
       <c r="C220" t="s">
-        <v>1361</v>
+        <v>1293</v>
       </c>
       <c r="E220" t="s">
-        <v>1368</v>
+        <v>1294</v>
       </c>
       <c r="F220" t="s">
-        <v>1321</v>
-[...2 lines deleted...]
-        <v>1369</v>
+        <v>616</v>
       </c>
       <c r="H220" t="s">
-        <v>1370</v>
+        <v>1295</v>
       </c>
       <c r="K220" t="s">
-        <v>1371</v>
+        <v>1296</v>
       </c>
       <c r="L220" t="s">
-        <v>1372</v>
+        <v>1297</v>
       </c>
       <c r="M220" t="s">
-        <v>1373</v>
+        <v>1298</v>
       </c>
       <c r="P220" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R220">
         <v>999</v>
       </c>
     </row>
     <row r="221" spans="1:18">
       <c r="A221">
-        <v>1163</v>
+        <v>1193</v>
       </c>
       <c r="B221" t="s">
-        <v>1361</v>
+        <v>1299</v>
       </c>
       <c r="C221" t="s">
-        <v>1361</v>
+        <v>1299</v>
       </c>
       <c r="E221" t="s">
-        <v>1374</v>
+        <v>1300</v>
       </c>
       <c r="F221" t="s">
-        <v>1333</v>
+        <v>1301</v>
       </c>
       <c r="G221" t="s">
-        <v>1375</v>
+        <v>1302</v>
       </c>
       <c r="H221" t="s">
-        <v>1376</v>
+        <v>1303</v>
       </c>
       <c r="K221" t="s">
-        <v>320</v>
+        <v>1304</v>
       </c>
       <c r="L221" t="s">
-        <v>1377</v>
+        <v>1305</v>
       </c>
       <c r="M221" t="s">
-        <v>1378</v>
+        <v>1306</v>
       </c>
       <c r="P221" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R221">
         <v>999</v>
       </c>
     </row>
     <row r="222" spans="1:18">
       <c r="A222">
-        <v>1162</v>
+        <v>1192</v>
       </c>
       <c r="B222" t="s">
-        <v>1361</v>
+        <v>1299</v>
       </c>
       <c r="C222" t="s">
-        <v>1361</v>
+        <v>1299</v>
       </c>
       <c r="E222" t="s">
-        <v>1379</v>
+        <v>1307</v>
       </c>
       <c r="F222" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G222" t="s">
-        <v>1380</v>
+        <v>1308</v>
       </c>
       <c r="H222" t="s">
-        <v>1381</v>
+        <v>1309</v>
       </c>
       <c r="K222" t="s">
-        <v>1382</v>
+        <v>1310</v>
       </c>
       <c r="L222" t="s">
-        <v>1383</v>
+        <v>1311</v>
       </c>
       <c r="M222" t="s">
-        <v>1384</v>
+        <v>1312</v>
       </c>
       <c r="P222" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R222">
         <v>999</v>
       </c>
     </row>
     <row r="223" spans="1:18">
       <c r="A223">
-        <v>1161</v>
+        <v>1191</v>
       </c>
       <c r="B223" t="s">
-        <v>1361</v>
+        <v>1313</v>
       </c>
       <c r="C223" t="s">
-        <v>1361</v>
+        <v>1313</v>
       </c>
       <c r="E223" t="s">
-        <v>1385</v>
+        <v>1314</v>
       </c>
       <c r="F223" t="s">
-        <v>736</v>
+        <v>1301</v>
       </c>
       <c r="G223" t="s">
-        <v>1386</v>
+        <v>1315</v>
       </c>
       <c r="H223" t="s">
-        <v>1387</v>
+        <v>1316</v>
       </c>
       <c r="K223" t="s">
-        <v>1388</v>
+        <v>1317</v>
       </c>
       <c r="L223" t="s">
-        <v>1389</v>
+        <v>1318</v>
       </c>
       <c r="M223" t="s">
-        <v>1390</v>
+        <v>1319</v>
       </c>
       <c r="P223" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R223">
         <v>999</v>
       </c>
     </row>
     <row r="224" spans="1:18">
       <c r="A224">
-        <v>1160</v>
+        <v>1190</v>
       </c>
       <c r="B224" t="s">
-        <v>1391</v>
+        <v>1313</v>
       </c>
       <c r="C224" t="s">
-        <v>1391</v>
+        <v>1313</v>
       </c>
       <c r="E224" t="s">
-        <v>1392</v>
+        <v>1320</v>
       </c>
       <c r="F224" t="s">
-        <v>1333</v>
+        <v>1321</v>
       </c>
       <c r="G224" t="s">
-        <v>1393</v>
-[...2 lines deleted...]
-        <v>1394</v>
+        <v>1322</v>
       </c>
       <c r="K224" t="s">
-        <v>1395</v>
+        <v>1323</v>
       </c>
       <c r="L224" t="s">
-        <v>1396</v>
+        <v>1324</v>
       </c>
       <c r="M224" t="s">
-        <v>1397</v>
+        <v>1325</v>
       </c>
       <c r="P224" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R224">
         <v>999</v>
       </c>
     </row>
     <row r="225" spans="1:18">
       <c r="A225">
-        <v>1159</v>
+        <v>1189</v>
       </c>
       <c r="B225" t="s">
-        <v>1398</v>
+        <v>1313</v>
       </c>
       <c r="C225" t="s">
-        <v>1391</v>
+        <v>1313</v>
       </c>
       <c r="E225" t="s">
-        <v>1399</v>
+        <v>1326</v>
       </c>
       <c r="F225" t="s">
-        <v>1400</v>
+        <v>1327</v>
       </c>
       <c r="G225" t="s">
-        <v>1401</v>
-[...2 lines deleted...]
-        <v>1402</v>
+        <v>1328</v>
       </c>
       <c r="K225" t="s">
-        <v>1403</v>
+        <v>1329</v>
       </c>
       <c r="L225" t="s">
-        <v>1404</v>
+        <v>1330</v>
       </c>
       <c r="M225" t="s">
-        <v>1405</v>
+        <v>1331</v>
       </c>
       <c r="P225" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R225">
         <v>999</v>
       </c>
     </row>
     <row r="226" spans="1:18">
       <c r="A226">
-        <v>1158</v>
+        <v>1188</v>
       </c>
       <c r="B226" t="s">
-        <v>1391</v>
+        <v>1313</v>
       </c>
       <c r="C226" t="s">
-        <v>1391</v>
+        <v>1313</v>
       </c>
       <c r="E226" t="s">
-        <v>1406</v>
+        <v>1332</v>
       </c>
       <c r="F226" t="s">
-        <v>1407</v>
+        <v>1333</v>
       </c>
       <c r="G226" t="s">
-        <v>1408</v>
+        <v>1334</v>
       </c>
       <c r="H226" t="s">
-        <v>1409</v>
+        <v>1335</v>
       </c>
       <c r="K226" t="s">
-        <v>1410</v>
+        <v>1336</v>
       </c>
       <c r="L226" t="s">
-        <v>1411</v>
+        <v>1337</v>
       </c>
       <c r="M226" t="s">
-        <v>1412</v>
+        <v>1338</v>
       </c>
       <c r="P226" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R226">
         <v>999</v>
       </c>
     </row>
     <row r="227" spans="1:18">
       <c r="A227">
-        <v>1157</v>
+        <v>1187</v>
       </c>
       <c r="B227" t="s">
-        <v>1398</v>
+        <v>1339</v>
       </c>
       <c r="C227" t="s">
-        <v>1391</v>
+        <v>1339</v>
       </c>
       <c r="E227" t="s">
-        <v>1413</v>
+        <v>1340</v>
       </c>
       <c r="F227" t="s">
-        <v>644</v>
+        <v>1321</v>
       </c>
       <c r="G227" t="s">
-        <v>1414</v>
-[...2 lines deleted...]
-        <v>1415</v>
+        <v>1341</v>
       </c>
       <c r="K227" t="s">
-        <v>1416</v>
+        <v>1342</v>
       </c>
       <c r="L227" t="s">
-        <v>1417</v>
+        <v>1343</v>
       </c>
       <c r="M227" t="s">
-        <v>1418</v>
+        <v>1344</v>
       </c>
       <c r="P227" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R227">
         <v>999</v>
       </c>
     </row>
     <row r="228" spans="1:18">
       <c r="A228">
-        <v>1139</v>
+        <v>1186</v>
       </c>
       <c r="B228" t="s">
-        <v>1419</v>
+        <v>1339</v>
       </c>
       <c r="C228" t="s">
-        <v>1420</v>
+        <v>1339</v>
       </c>
       <c r="E228" t="s">
-        <v>1421</v>
+        <v>1345</v>
+      </c>
+      <c r="F228" t="s">
+        <v>1333</v>
       </c>
       <c r="G228" t="s">
-        <v>1422</v>
-[...2 lines deleted...]
-        <v>1423</v>
+        <v>1346</v>
       </c>
       <c r="K228" t="s">
-        <v>1424</v>
+        <v>1347</v>
       </c>
       <c r="L228" t="s">
-        <v>1425</v>
+        <v>1348</v>
       </c>
       <c r="M228" t="s">
-        <v>1426</v>
+        <v>1349</v>
       </c>
       <c r="P228" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R228">
         <v>999</v>
       </c>
     </row>
     <row r="229" spans="1:18">
       <c r="A229">
-        <v>1138</v>
+        <v>1185</v>
       </c>
       <c r="B229" t="s">
-        <v>1419</v>
+        <v>1339</v>
       </c>
       <c r="C229" t="s">
-        <v>1420</v>
+        <v>1339</v>
       </c>
       <c r="E229" t="s">
-        <v>1427</v>
+        <v>1350</v>
+      </c>
+      <c r="F229" t="s">
+        <v>1327</v>
       </c>
       <c r="G229" t="s">
-        <v>1428</v>
+        <v>1351</v>
+      </c>
+      <c r="H229" t="s">
+        <v>1352</v>
       </c>
       <c r="K229" t="s">
-        <v>1429</v>
+        <v>1353</v>
       </c>
       <c r="L229" t="s">
-        <v>1430</v>
+        <v>1354</v>
       </c>
       <c r="M229" t="s">
-        <v>1431</v>
+        <v>1355</v>
       </c>
       <c r="P229" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R229">
         <v>999</v>
       </c>
     </row>
     <row r="230" spans="1:18">
       <c r="A230">
-        <v>1137</v>
+        <v>1184</v>
       </c>
       <c r="B230" t="s">
-        <v>1419</v>
+        <v>1339</v>
       </c>
       <c r="C230" t="s">
-        <v>1420</v>
+        <v>1339</v>
       </c>
       <c r="E230" t="s">
-        <v>1432</v>
+        <v>1356</v>
+      </c>
+      <c r="F230" t="s">
+        <v>747</v>
       </c>
       <c r="G230" t="s">
-        <v>1433</v>
+        <v>1357</v>
+      </c>
+      <c r="H230" t="s">
+        <v>1358</v>
       </c>
       <c r="K230" t="s">
-        <v>1434</v>
+        <v>1359</v>
       </c>
       <c r="L230" t="s">
-        <v>1435</v>
+        <v>1360</v>
       </c>
       <c r="M230" t="s">
-        <v>1436</v>
+        <v>1361</v>
       </c>
       <c r="P230" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R230">
         <v>999</v>
       </c>
     </row>
     <row r="231" spans="1:18">
       <c r="A231">
-        <v>1136</v>
+        <v>1183</v>
       </c>
       <c r="B231" t="s">
-        <v>1419</v>
+        <v>1339</v>
       </c>
       <c r="C231" t="s">
-        <v>1420</v>
+        <v>1339</v>
       </c>
       <c r="E231" t="s">
-        <v>1437</v>
+        <v>1362</v>
+      </c>
+      <c r="F231" t="s">
+        <v>747</v>
       </c>
       <c r="G231" t="s">
-        <v>1438</v>
+        <v>1363</v>
       </c>
       <c r="H231" t="s">
-        <v>1439</v>
+        <v>1364</v>
       </c>
       <c r="K231" t="s">
-        <v>1440</v>
+        <v>1365</v>
       </c>
       <c r="L231" t="s">
-        <v>1441</v>
+        <v>1366</v>
       </c>
       <c r="M231" t="s">
-        <v>1442</v>
+        <v>1367</v>
       </c>
       <c r="P231" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R231">
         <v>999</v>
       </c>
     </row>
     <row r="232" spans="1:18">
       <c r="A232">
-        <v>1135</v>
+        <v>1182</v>
       </c>
       <c r="B232" t="s">
-        <v>1419</v>
+        <v>1368</v>
       </c>
       <c r="C232" t="s">
-        <v>1420</v>
+        <v>1368</v>
       </c>
       <c r="E232" t="s">
-        <v>1443</v>
+        <v>1369</v>
+      </c>
+      <c r="F232" t="s">
+        <v>747</v>
       </c>
       <c r="G232" t="s">
-        <v>1444</v>
-[...2 lines deleted...]
-        <v>1445</v>
+        <v>1370</v>
       </c>
       <c r="K232" t="s">
-        <v>1446</v>
+        <v>1371</v>
       </c>
       <c r="L232" t="s">
-        <v>1447</v>
+        <v>1372</v>
       </c>
       <c r="M232" t="s">
-        <v>1448</v>
+        <v>1373</v>
       </c>
       <c r="P232" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R232">
         <v>999</v>
       </c>
     </row>
     <row r="233" spans="1:18">
       <c r="A233">
-        <v>1134</v>
+        <v>1181</v>
       </c>
       <c r="B233" t="s">
-        <v>1419</v>
+        <v>1374</v>
       </c>
       <c r="C233" t="s">
-        <v>1420</v>
+        <v>1374</v>
       </c>
       <c r="E233" t="s">
-        <v>1449</v>
-[...5 lines deleted...]
-        <v>1451</v>
+        <v>1375</v>
+      </c>
+      <c r="F233" t="s">
+        <v>519</v>
       </c>
       <c r="K233" t="s">
-        <v>1452</v>
+        <v>1376</v>
       </c>
       <c r="L233" t="s">
-        <v>1453</v>
+        <v>1377</v>
       </c>
       <c r="M233" t="s">
-        <v>1454</v>
+        <v>1378</v>
       </c>
       <c r="P233" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R233">
         <v>999</v>
       </c>
     </row>
     <row r="234" spans="1:18">
       <c r="A234">
-        <v>1133</v>
+        <v>1180</v>
       </c>
       <c r="B234" t="s">
-        <v>1455</v>
+        <v>1379</v>
       </c>
       <c r="C234" t="s">
-        <v>1456</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1374</v>
       </c>
       <c r="E234" t="s">
-        <v>1457</v>
+        <v>1380</v>
+      </c>
+      <c r="F234" t="s">
+        <v>496</v>
       </c>
       <c r="G234" t="s">
-        <v>1458</v>
+        <v>1381</v>
+      </c>
+      <c r="H234" t="s">
+        <v>1382</v>
       </c>
       <c r="K234" t="s">
-        <v>1459</v>
+        <v>1383</v>
       </c>
       <c r="L234" t="s">
-        <v>1460</v>
+        <v>1384</v>
       </c>
       <c r="M234" t="s">
-        <v>1461</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>1385</v>
       </c>
       <c r="P234" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R234">
         <v>999</v>
       </c>
     </row>
     <row r="235" spans="1:18">
       <c r="A235">
-        <v>1132</v>
+        <v>1179</v>
       </c>
       <c r="B235" t="s">
-        <v>1462</v>
+        <v>1386</v>
       </c>
       <c r="C235" t="s">
-        <v>1456</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1386</v>
       </c>
       <c r="E235" t="s">
-        <v>1463</v>
+        <v>1387</v>
+      </c>
+      <c r="F235" t="s">
+        <v>747</v>
       </c>
       <c r="G235" t="s">
-        <v>1464</v>
+        <v>1388</v>
       </c>
       <c r="H235" t="s">
-        <v>1465</v>
+        <v>1389</v>
       </c>
       <c r="K235" t="s">
-        <v>1466</v>
+        <v>1390</v>
       </c>
       <c r="L235" t="s">
-        <v>1467</v>
+        <v>1391</v>
       </c>
       <c r="M235" t="s">
-        <v>1468</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>1392</v>
       </c>
       <c r="P235" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R235">
         <v>999</v>
       </c>
     </row>
     <row r="236" spans="1:18">
       <c r="A236">
-        <v>1131</v>
+        <v>1178</v>
       </c>
       <c r="B236" t="s">
-        <v>1462</v>
+        <v>1386</v>
       </c>
       <c r="C236" t="s">
-        <v>1456</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1386</v>
       </c>
       <c r="E236" t="s">
-        <v>1469</v>
+        <v>1393</v>
+      </c>
+      <c r="F236" t="s">
+        <v>747</v>
       </c>
       <c r="G236" t="s">
-        <v>1470</v>
+        <v>1394</v>
       </c>
       <c r="H236" t="s">
-        <v>1471</v>
+        <v>1395</v>
       </c>
       <c r="K236" t="s">
-        <v>1472</v>
+        <v>1396</v>
       </c>
       <c r="L236" t="s">
-        <v>1473</v>
+        <v>1397</v>
       </c>
       <c r="M236" t="s">
-        <v>1474</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>1398</v>
       </c>
       <c r="P236" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R236">
         <v>999</v>
       </c>
     </row>
     <row r="237" spans="1:18">
       <c r="A237">
-        <v>1129</v>
+        <v>1177</v>
       </c>
       <c r="B237" t="s">
-        <v>1462</v>
+        <v>1030</v>
       </c>
       <c r="C237" t="s">
-        <v>1456</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1030</v>
       </c>
       <c r="E237" t="s">
-        <v>1475</v>
+        <v>1399</v>
+      </c>
+      <c r="F237" t="s">
+        <v>1228</v>
       </c>
       <c r="G237" t="s">
-        <v>1476</v>
+        <v>1400</v>
       </c>
       <c r="H237" t="s">
-        <v>1477</v>
+        <v>1401</v>
       </c>
       <c r="K237" t="s">
-        <v>1478</v>
+        <v>1067</v>
       </c>
       <c r="L237" t="s">
-        <v>1479</v>
+        <v>1402</v>
       </c>
       <c r="M237" t="s">
-        <v>1480</v>
+        <v>1403</v>
       </c>
       <c r="N237">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="O237" t="s">
-        <v>515</v>
+        <v>139</v>
       </c>
       <c r="P237" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R237">
         <v>999</v>
       </c>
     </row>
     <row r="238" spans="1:18">
       <c r="A238">
-        <v>1128</v>
+        <v>1176</v>
       </c>
       <c r="B238" t="s">
-        <v>1462</v>
+        <v>1226</v>
       </c>
       <c r="C238" t="s">
-        <v>1456</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1226</v>
       </c>
       <c r="E238" t="s">
-        <v>1481</v>
-[...2 lines deleted...]
-        <v>1482</v>
+        <v>1404</v>
+      </c>
+      <c r="F238" t="s">
+        <v>747</v>
       </c>
       <c r="H238" t="s">
-        <v>1483</v>
+        <v>1405</v>
       </c>
       <c r="K238" t="s">
-        <v>1484</v>
+        <v>1406</v>
       </c>
       <c r="L238" t="s">
-        <v>1485</v>
+        <v>1407</v>
       </c>
       <c r="M238" t="s">
-        <v>1486</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>1408</v>
       </c>
       <c r="P238" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R238">
         <v>999</v>
       </c>
     </row>
     <row r="239" spans="1:18">
       <c r="A239">
-        <v>1126</v>
+        <v>1175</v>
       </c>
       <c r="B239" t="s">
-        <v>1462</v>
+        <v>1226</v>
       </c>
       <c r="C239" t="s">
-        <v>1456</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1226</v>
       </c>
       <c r="E239" t="s">
-        <v>1487</v>
+        <v>1409</v>
+      </c>
+      <c r="F239" t="s">
+        <v>747</v>
       </c>
       <c r="G239" t="s">
-        <v>1488</v>
+        <v>1410</v>
       </c>
       <c r="H239" t="s">
-        <v>1489</v>
+        <v>1411</v>
       </c>
       <c r="K239" t="s">
-        <v>1490</v>
+        <v>1412</v>
       </c>
       <c r="L239" t="s">
-        <v>1491</v>
+        <v>1413</v>
       </c>
       <c r="M239" t="s">
-        <v>1492</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>1414</v>
       </c>
       <c r="P239" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R239">
         <v>999</v>
       </c>
     </row>
     <row r="240" spans="1:18">
       <c r="A240">
-        <v>1119</v>
+        <v>1174</v>
       </c>
       <c r="B240" t="s">
-        <v>1493</v>
+        <v>1226</v>
       </c>
       <c r="C240" t="s">
-        <v>1494</v>
+        <v>1226</v>
       </c>
       <c r="E240" t="s">
-        <v>1495</v>
+        <v>1415</v>
+      </c>
+      <c r="F240" t="s">
+        <v>747</v>
+      </c>
+      <c r="G240" t="s">
+        <v>1416</v>
+      </c>
+      <c r="H240" t="s">
+        <v>1417</v>
       </c>
       <c r="K240" t="s">
-        <v>1496</v>
+        <v>1418</v>
       </c>
       <c r="L240" t="s">
-        <v>1497</v>
+        <v>1419</v>
       </c>
       <c r="M240" t="s">
-        <v>1498</v>
+        <v>1420</v>
       </c>
       <c r="P240" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R240">
         <v>999</v>
       </c>
     </row>
     <row r="241" spans="1:18">
       <c r="A241">
-        <v>1118</v>
+        <v>1173</v>
       </c>
       <c r="B241" t="s">
-        <v>1499</v>
+        <v>1421</v>
       </c>
       <c r="C241" t="s">
-        <v>1500</v>
+        <v>1421</v>
       </c>
       <c r="E241" t="s">
-        <v>1501</v>
+        <v>1422</v>
+      </c>
+      <c r="F241" t="s">
+        <v>1423</v>
       </c>
       <c r="G241" t="s">
-        <v>1502</v>
+        <v>1424</v>
+      </c>
+      <c r="H241" t="s">
+        <v>1425</v>
       </c>
       <c r="K241" t="s">
-        <v>1503</v>
+        <v>1426</v>
       </c>
       <c r="L241" t="s">
-        <v>1504</v>
+        <v>1427</v>
       </c>
       <c r="M241" t="s">
-        <v>1505</v>
+        <v>1428</v>
       </c>
       <c r="P241" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R241">
         <v>999</v>
       </c>
     </row>
     <row r="242" spans="1:18">
       <c r="A242">
-        <v>1117</v>
+        <v>1172</v>
       </c>
       <c r="B242" t="s">
-        <v>1493</v>
+        <v>1421</v>
       </c>
       <c r="C242" t="s">
-        <v>1494</v>
+        <v>1421</v>
       </c>
       <c r="E242" t="s">
-        <v>1506</v>
+        <v>1429</v>
+      </c>
+      <c r="F242" t="s">
+        <v>413</v>
+      </c>
+      <c r="G242" t="s">
+        <v>1430</v>
       </c>
       <c r="K242" t="s">
-        <v>1507</v>
+        <v>1431</v>
       </c>
       <c r="L242" t="s">
-        <v>1508</v>
+        <v>1432</v>
       </c>
       <c r="M242" t="s">
-        <v>1509</v>
+        <v>1433</v>
       </c>
       <c r="P242" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R242">
         <v>999</v>
       </c>
     </row>
     <row r="243" spans="1:18">
       <c r="A243">
-        <v>1116</v>
+        <v>1171</v>
       </c>
       <c r="B243" t="s">
-        <v>1493</v>
+        <v>1421</v>
       </c>
       <c r="C243" t="s">
-        <v>1494</v>
+        <v>1421</v>
       </c>
       <c r="E243" t="s">
-        <v>1510</v>
+        <v>1434</v>
+      </c>
+      <c r="F243" t="s">
+        <v>1435</v>
+      </c>
+      <c r="G243" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H243" t="s">
+        <v>1437</v>
       </c>
       <c r="K243" t="s">
-        <v>1511</v>
+        <v>1438</v>
       </c>
       <c r="L243" t="s">
-        <v>1512</v>
+        <v>1439</v>
       </c>
       <c r="M243" t="s">
-        <v>1513</v>
+        <v>1440</v>
       </c>
       <c r="P243" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R243">
         <v>999</v>
       </c>
     </row>
     <row r="244" spans="1:18">
       <c r="A244">
-        <v>1115</v>
+        <v>1170</v>
       </c>
       <c r="B244" t="s">
-        <v>1493</v>
+        <v>1421</v>
       </c>
       <c r="C244" t="s">
-        <v>1494</v>
+        <v>1421</v>
       </c>
       <c r="E244" t="s">
-        <v>1514</v>
+        <v>1441</v>
+      </c>
+      <c r="F244" t="s">
+        <v>747</v>
+      </c>
+      <c r="G244" t="s">
+        <v>1442</v>
+      </c>
+      <c r="H244" t="s">
+        <v>1443</v>
       </c>
       <c r="K244" t="s">
-        <v>1515</v>
+        <v>1444</v>
       </c>
       <c r="L244" t="s">
-        <v>1516</v>
+        <v>1445</v>
       </c>
       <c r="M244" t="s">
-        <v>1517</v>
+        <v>1446</v>
       </c>
       <c r="P244" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R244">
         <v>999</v>
       </c>
     </row>
     <row r="245" spans="1:18">
       <c r="A245">
-        <v>1114</v>
+        <v>1169</v>
       </c>
       <c r="B245" t="s">
-        <v>1518</v>
+        <v>1421</v>
       </c>
       <c r="C245" t="s">
-        <v>1518</v>
+        <v>1421</v>
       </c>
       <c r="E245" t="s">
-        <v>1519</v>
+        <v>1447</v>
+      </c>
+      <c r="F245" t="s">
+        <v>747</v>
       </c>
       <c r="G245" t="s">
-        <v>1520</v>
+        <v>1448</v>
       </c>
       <c r="K245" t="s">
-        <v>1521</v>
+        <v>1045</v>
       </c>
       <c r="L245" t="s">
-        <v>1522</v>
+        <v>1449</v>
       </c>
       <c r="M245" t="s">
-        <v>1523</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>1450</v>
       </c>
       <c r="P245" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R245">
         <v>999</v>
       </c>
     </row>
     <row r="246" spans="1:18">
       <c r="A246">
-        <v>1113</v>
+        <v>1168</v>
       </c>
       <c r="B246" t="s">
-        <v>1493</v>
+        <v>1451</v>
       </c>
       <c r="C246" t="s">
-        <v>1494</v>
+        <v>1451</v>
       </c>
       <c r="E246" t="s">
-        <v>1524</v>
+        <v>1452</v>
+      </c>
+      <c r="F246" t="s">
+        <v>1435</v>
       </c>
       <c r="G246" t="s">
-        <v>1525</v>
+        <v>1453</v>
+      </c>
+      <c r="H246" t="s">
+        <v>1454</v>
       </c>
       <c r="K246" t="s">
-        <v>1526</v>
+        <v>1455</v>
       </c>
       <c r="L246" t="s">
-        <v>1527</v>
+        <v>1456</v>
       </c>
       <c r="M246" t="s">
-        <v>1528</v>
+        <v>1457</v>
       </c>
       <c r="P246" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R246">
         <v>999</v>
       </c>
     </row>
     <row r="247" spans="1:18">
       <c r="A247">
-        <v>1112</v>
+        <v>1166</v>
       </c>
       <c r="B247" t="s">
-        <v>1493</v>
+        <v>1451</v>
       </c>
       <c r="C247" t="s">
-        <v>1494</v>
+        <v>1451</v>
       </c>
       <c r="E247" t="s">
-        <v>1529</v>
+        <v>1458</v>
+      </c>
+      <c r="F247" t="s">
+        <v>747</v>
+      </c>
+      <c r="G247" t="s">
+        <v>1459</v>
       </c>
       <c r="K247" t="s">
-        <v>1530</v>
+        <v>1460</v>
       </c>
       <c r="L247" t="s">
-        <v>1531</v>
+        <v>1461</v>
       </c>
       <c r="M247" t="s">
-        <v>1532</v>
+        <v>1462</v>
       </c>
       <c r="P247" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R247">
         <v>999</v>
       </c>
     </row>
     <row r="248" spans="1:18">
       <c r="A248">
-        <v>1111</v>
+        <v>1165</v>
       </c>
       <c r="B248" t="s">
-        <v>1493</v>
+        <v>1463</v>
       </c>
       <c r="C248" t="s">
-        <v>1494</v>
+        <v>1463</v>
       </c>
       <c r="E248" t="s">
-        <v>1533</v>
+        <v>1464</v>
+      </c>
+      <c r="F248" t="s">
+        <v>413</v>
+      </c>
+      <c r="G248" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H248" t="s">
+        <v>1466</v>
       </c>
       <c r="K248" t="s">
-        <v>266</v>
+        <v>1467</v>
       </c>
       <c r="L248" t="s">
-        <v>1534</v>
+        <v>1468</v>
       </c>
       <c r="M248" t="s">
-        <v>1535</v>
+        <v>1469</v>
       </c>
       <c r="P248" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R248">
         <v>999</v>
       </c>
     </row>
     <row r="249" spans="1:18">
       <c r="A249">
-        <v>1110</v>
+        <v>1164</v>
       </c>
       <c r="B249" t="s">
-        <v>1493</v>
+        <v>1463</v>
       </c>
       <c r="C249" t="s">
-        <v>1494</v>
+        <v>1463</v>
       </c>
       <c r="E249" t="s">
-        <v>1536</v>
+        <v>1470</v>
+      </c>
+      <c r="F249" t="s">
+        <v>1423</v>
       </c>
       <c r="G249" t="s">
-        <v>1537</v>
+        <v>1471</v>
+      </c>
+      <c r="H249" t="s">
+        <v>1472</v>
       </c>
       <c r="K249" t="s">
-        <v>1538</v>
+        <v>1473</v>
       </c>
       <c r="L249" t="s">
-        <v>1539</v>
+        <v>1474</v>
       </c>
       <c r="M249" t="s">
-        <v>1540</v>
+        <v>1475</v>
       </c>
       <c r="P249" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R249">
         <v>999</v>
       </c>
     </row>
     <row r="250" spans="1:18">
       <c r="A250">
-        <v>1099</v>
+        <v>1163</v>
       </c>
       <c r="B250" t="s">
-        <v>1319</v>
+        <v>1463</v>
       </c>
       <c r="C250" t="s">
-        <v>1319</v>
+        <v>1463</v>
       </c>
       <c r="E250" t="s">
-        <v>1541</v>
+        <v>1476</v>
       </c>
       <c r="F250" t="s">
-        <v>1542</v>
+        <v>1435</v>
       </c>
       <c r="G250" t="s">
-        <v>1543</v>
+        <v>1477</v>
       </c>
       <c r="H250" t="s">
-        <v>1544</v>
+        <v>1478</v>
       </c>
       <c r="K250" t="s">
-        <v>1545</v>
+        <v>424</v>
       </c>
       <c r="L250" t="s">
-        <v>1546</v>
+        <v>1479</v>
       </c>
       <c r="M250" t="s">
-        <v>1547</v>
+        <v>1480</v>
       </c>
       <c r="P250" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R250">
         <v>999</v>
       </c>
     </row>
     <row r="251" spans="1:18">
       <c r="A251">
-        <v>1093</v>
+        <v>1162</v>
       </c>
       <c r="B251" t="s">
-        <v>1018</v>
+        <v>1463</v>
       </c>
       <c r="C251" t="s">
-        <v>1018</v>
+        <v>1463</v>
       </c>
       <c r="E251" t="s">
-        <v>1548</v>
+        <v>1481</v>
       </c>
       <c r="F251" t="s">
-        <v>661</v>
+        <v>747</v>
       </c>
       <c r="G251" t="s">
-        <v>1549</v>
+        <v>1482</v>
       </c>
       <c r="H251" t="s">
-        <v>1550</v>
+        <v>1483</v>
       </c>
       <c r="K251" t="s">
-        <v>1551</v>
+        <v>1484</v>
       </c>
       <c r="L251" t="s">
-        <v>1552</v>
+        <v>1485</v>
       </c>
       <c r="M251" t="s">
-        <v>1553</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1486</v>
       </c>
       <c r="P251" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R251">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="252" spans="1:18">
       <c r="A252">
-        <v>1087</v>
+        <v>1161</v>
       </c>
       <c r="B252" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="C252" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="E252" t="s">
-        <v>1555</v>
+        <v>1487</v>
       </c>
       <c r="F252" t="s">
-        <v>644</v>
+        <v>839</v>
       </c>
       <c r="G252" t="s">
-        <v>1556</v>
+        <v>1488</v>
       </c>
       <c r="H252" t="s">
-        <v>1557</v>
+        <v>1489</v>
       </c>
       <c r="K252" t="s">
-        <v>1558</v>
+        <v>1490</v>
       </c>
       <c r="L252" t="s">
-        <v>1559</v>
+        <v>1491</v>
       </c>
       <c r="M252" t="s">
-        <v>1560</v>
+        <v>1492</v>
       </c>
       <c r="P252" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R252">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="253" spans="1:18">
       <c r="A253">
-        <v>1085</v>
+        <v>1160</v>
       </c>
       <c r="B253" t="s">
-        <v>940</v>
+        <v>1493</v>
       </c>
       <c r="C253" t="s">
-        <v>927</v>
+        <v>1493</v>
       </c>
       <c r="E253" t="s">
-        <v>1561</v>
+        <v>1494</v>
       </c>
       <c r="F253" t="s">
-        <v>652</v>
+        <v>1435</v>
       </c>
       <c r="G253" t="s">
-        <v>1562</v>
+        <v>1495</v>
       </c>
       <c r="H253" t="s">
-        <v>1563</v>
+        <v>1496</v>
       </c>
       <c r="K253" t="s">
-        <v>1564</v>
+        <v>1497</v>
       </c>
       <c r="L253" t="s">
-        <v>1565</v>
+        <v>1498</v>
       </c>
       <c r="M253" t="s">
-        <v>1566</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1499</v>
       </c>
       <c r="P253" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R253">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="254" spans="1:18">
       <c r="A254">
-        <v>1081</v>
+        <v>1159</v>
       </c>
       <c r="B254" t="s">
-        <v>1567</v>
+        <v>1500</v>
       </c>
       <c r="C254" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1493</v>
       </c>
       <c r="E254" t="s">
-        <v>1568</v>
+        <v>1501</v>
       </c>
       <c r="F254" t="s">
-        <v>309</v>
+        <v>1502</v>
       </c>
       <c r="G254" t="s">
-        <v>1569</v>
+        <v>1503</v>
       </c>
       <c r="H254" t="s">
-        <v>1570</v>
+        <v>1504</v>
       </c>
       <c r="K254" t="s">
-        <v>1571</v>
+        <v>1505</v>
       </c>
       <c r="L254" t="s">
-        <v>1572</v>
+        <v>1506</v>
       </c>
       <c r="M254" t="s">
-        <v>1573</v>
+        <v>1507</v>
       </c>
       <c r="P254" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R254">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="255" spans="1:18">
       <c r="A255">
-        <v>1079</v>
+        <v>1158</v>
       </c>
       <c r="B255" t="s">
-        <v>1574</v>
+        <v>1493</v>
       </c>
       <c r="C255" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1493</v>
       </c>
       <c r="E255" t="s">
-        <v>1575</v>
+        <v>1508</v>
       </c>
       <c r="F255" t="s">
-        <v>355</v>
+        <v>1509</v>
       </c>
       <c r="G255" t="s">
-        <v>1576</v>
+        <v>1510</v>
       </c>
       <c r="H255" t="s">
-        <v>1577</v>
+        <v>1511</v>
       </c>
       <c r="K255" t="s">
-        <v>1578</v>
+        <v>1512</v>
       </c>
       <c r="L255" t="s">
-        <v>1579</v>
+        <v>1513</v>
       </c>
       <c r="M255" t="s">
-        <v>1580</v>
+        <v>1514</v>
       </c>
       <c r="P255" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R255">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="256" spans="1:18">
       <c r="A256">
-        <v>1071</v>
+        <v>1157</v>
       </c>
       <c r="B256" t="s">
-        <v>768</v>
+        <v>1500</v>
       </c>
       <c r="C256" t="s">
-        <v>768</v>
+        <v>1493</v>
       </c>
       <c r="E256" t="s">
-        <v>1581</v>
+        <v>1515</v>
       </c>
       <c r="F256" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G256" t="s">
-        <v>1582</v>
+        <v>1516</v>
       </c>
       <c r="H256" t="s">
-        <v>1583</v>
+        <v>1517</v>
       </c>
       <c r="K256" t="s">
-        <v>1584</v>
+        <v>1518</v>
       </c>
       <c r="L256" t="s">
-        <v>1585</v>
+        <v>1519</v>
       </c>
       <c r="M256" t="s">
-        <v>1586</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1520</v>
       </c>
       <c r="P256" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R256">
         <v>999</v>
       </c>
     </row>
     <row r="257" spans="1:18">
       <c r="A257">
-        <v>1070</v>
+        <v>1139</v>
       </c>
       <c r="B257" t="s">
-        <v>1018</v>
+        <v>1521</v>
       </c>
       <c r="C257" t="s">
-        <v>1018</v>
+        <v>1522</v>
       </c>
       <c r="E257" t="s">
-        <v>1587</v>
-[...2 lines deleted...]
-        <v>644</v>
+        <v>1523</v>
       </c>
       <c r="G257" t="s">
-        <v>1588</v>
+        <v>1524</v>
+      </c>
+      <c r="H257" t="s">
+        <v>1525</v>
       </c>
       <c r="K257" t="s">
-        <v>1589</v>
+        <v>1526</v>
       </c>
       <c r="L257" t="s">
-        <v>1590</v>
+        <v>1527</v>
       </c>
       <c r="M257" t="s">
-        <v>1591</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1528</v>
       </c>
       <c r="P257" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R257">
         <v>999</v>
       </c>
     </row>
     <row r="258" spans="1:18">
       <c r="A258">
-        <v>1069</v>
+        <v>1138</v>
       </c>
       <c r="B258" t="s">
-        <v>642</v>
+        <v>1521</v>
       </c>
       <c r="C258" t="s">
-        <v>642</v>
+        <v>1522</v>
       </c>
       <c r="E258" t="s">
-        <v>1592</v>
-[...2 lines deleted...]
-        <v>644</v>
+        <v>1529</v>
       </c>
       <c r="G258" t="s">
-        <v>1593</v>
-[...2 lines deleted...]
-        <v>1594</v>
+        <v>1530</v>
       </c>
       <c r="K258" t="s">
-        <v>1595</v>
+        <v>1531</v>
       </c>
       <c r="L258" t="s">
-        <v>1596</v>
+        <v>1532</v>
       </c>
       <c r="M258" t="s">
-        <v>1597</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1533</v>
       </c>
       <c r="P258" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R258">
         <v>999</v>
       </c>
     </row>
     <row r="259" spans="1:18">
       <c r="A259">
-        <v>1067</v>
+        <v>1137</v>
       </c>
       <c r="B259" t="s">
-        <v>1598</v>
+        <v>1521</v>
       </c>
       <c r="C259" t="s">
-        <v>1599</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1522</v>
       </c>
       <c r="E259" t="s">
-        <v>1600</v>
+        <v>1534</v>
       </c>
       <c r="G259" t="s">
-        <v>1601</v>
-[...2 lines deleted...]
-        <v>1602</v>
+        <v>1535</v>
       </c>
       <c r="K259" t="s">
-        <v>1603</v>
+        <v>1536</v>
       </c>
       <c r="L259" t="s">
-        <v>1604</v>
+        <v>1537</v>
       </c>
       <c r="M259" t="s">
-        <v>1605</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>1538</v>
       </c>
       <c r="P259" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R259">
         <v>999</v>
       </c>
     </row>
     <row r="260" spans="1:18">
       <c r="A260">
-        <v>1066</v>
+        <v>1136</v>
       </c>
       <c r="B260" t="s">
-        <v>1606</v>
+        <v>1521</v>
       </c>
       <c r="C260" t="s">
-        <v>290</v>
+        <v>1522</v>
       </c>
       <c r="E260" t="s">
-        <v>1607</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>1539</v>
       </c>
       <c r="G260" t="s">
-        <v>1608</v>
+        <v>1540</v>
       </c>
       <c r="H260" t="s">
-        <v>1609</v>
+        <v>1541</v>
       </c>
       <c r="K260" t="s">
-        <v>1610</v>
+        <v>1542</v>
       </c>
       <c r="L260" t="s">
-        <v>1611</v>
+        <v>1543</v>
       </c>
       <c r="M260" t="s">
-        <v>1612</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>1544</v>
       </c>
       <c r="P260" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R260">
         <v>999</v>
       </c>
     </row>
     <row r="261" spans="1:18">
       <c r="A261">
-        <v>1063</v>
+        <v>1135</v>
       </c>
       <c r="B261" t="s">
-        <v>768</v>
+        <v>1521</v>
       </c>
       <c r="C261" t="s">
-        <v>768</v>
+        <v>1522</v>
       </c>
       <c r="E261" t="s">
-        <v>1613</v>
-[...2 lines deleted...]
-        <v>644</v>
+        <v>1545</v>
       </c>
       <c r="G261" t="s">
-        <v>1614</v>
+        <v>1546</v>
       </c>
       <c r="H261" t="s">
-        <v>1615</v>
+        <v>1547</v>
       </c>
       <c r="K261" t="s">
-        <v>1616</v>
+        <v>1548</v>
       </c>
       <c r="L261" t="s">
-        <v>1617</v>
+        <v>1549</v>
       </c>
       <c r="M261" t="s">
-        <v>1618</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1550</v>
       </c>
       <c r="P261" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R261">
         <v>999</v>
       </c>
     </row>
     <row r="262" spans="1:18">
       <c r="A262">
-        <v>1060</v>
+        <v>1134</v>
       </c>
       <c r="B262" t="s">
-        <v>1619</v>
+        <v>1521</v>
       </c>
       <c r="C262" t="s">
-        <v>1500</v>
+        <v>1522</v>
       </c>
       <c r="E262" t="s">
-        <v>1620</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1551</v>
+      </c>
+      <c r="G262" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H262" t="s">
+        <v>1553</v>
       </c>
       <c r="K262" t="s">
-        <v>1621</v>
+        <v>1554</v>
       </c>
       <c r="L262" t="s">
-        <v>1622</v>
+        <v>1555</v>
       </c>
       <c r="M262" t="s">
-        <v>1623</v>
+        <v>1556</v>
       </c>
       <c r="P262" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R262">
         <v>999</v>
       </c>
     </row>
     <row r="263" spans="1:18">
       <c r="A263">
-        <v>1058</v>
+        <v>1133</v>
       </c>
       <c r="B263" t="s">
-        <v>1624</v>
+        <v>1557</v>
       </c>
       <c r="C263" t="s">
-        <v>1625</v>
+        <v>1558</v>
+      </c>
+      <c r="D263">
+        <v>0</v>
       </c>
       <c r="E263" t="s">
-        <v>1626</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1559</v>
+      </c>
+      <c r="G263" t="s">
+        <v>1560</v>
       </c>
       <c r="K263" t="s">
-        <v>1627</v>
+        <v>1561</v>
       </c>
       <c r="L263" t="s">
-        <v>1628</v>
+        <v>1562</v>
       </c>
       <c r="M263" t="s">
-        <v>1629</v>
+        <v>1563</v>
+      </c>
+      <c r="N263">
+        <v>4</v>
+      </c>
+      <c r="O263" t="s">
+        <v>102</v>
       </c>
       <c r="P263" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R263">
         <v>999</v>
       </c>
     </row>
     <row r="264" spans="1:18">
       <c r="A264">
-        <v>1056</v>
+        <v>1132</v>
       </c>
       <c r="B264" t="s">
-        <v>1624</v>
+        <v>1564</v>
       </c>
       <c r="C264" t="s">
-        <v>1625</v>
+        <v>1558</v>
+      </c>
+      <c r="D264">
+        <v>0</v>
       </c>
       <c r="E264" t="s">
-        <v>1630</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1565</v>
+      </c>
+      <c r="G264" t="s">
+        <v>1566</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1567</v>
       </c>
       <c r="K264" t="s">
-        <v>1631</v>
+        <v>1568</v>
       </c>
       <c r="L264" t="s">
-        <v>1632</v>
+        <v>1569</v>
       </c>
       <c r="M264" t="s">
-        <v>1633</v>
+        <v>1570</v>
+      </c>
+      <c r="N264">
+        <v>4</v>
+      </c>
+      <c r="O264" t="s">
+        <v>102</v>
       </c>
       <c r="P264" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R264">
         <v>999</v>
       </c>
     </row>
     <row r="265" spans="1:18">
       <c r="A265">
-        <v>1055</v>
+        <v>1131</v>
       </c>
       <c r="B265" t="s">
-        <v>1634</v>
+        <v>1564</v>
       </c>
       <c r="C265" t="s">
-        <v>1625</v>
+        <v>1558</v>
+      </c>
+      <c r="D265">
+        <v>0</v>
       </c>
       <c r="E265" t="s">
-        <v>1635</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1571</v>
+      </c>
+      <c r="G265" t="s">
+        <v>1572</v>
+      </c>
+      <c r="H265" t="s">
+        <v>1573</v>
       </c>
       <c r="K265" t="s">
-        <v>1636</v>
+        <v>1574</v>
       </c>
       <c r="L265" t="s">
-        <v>1637</v>
+        <v>1575</v>
       </c>
       <c r="M265" t="s">
-        <v>1638</v>
+        <v>1576</v>
+      </c>
+      <c r="N265">
+        <v>4</v>
+      </c>
+      <c r="O265" t="s">
+        <v>102</v>
       </c>
       <c r="P265" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R265">
         <v>999</v>
       </c>
     </row>
     <row r="266" spans="1:18">
       <c r="A266">
-        <v>1052</v>
+        <v>1129</v>
       </c>
       <c r="B266" t="s">
-        <v>1634</v>
+        <v>1564</v>
       </c>
       <c r="C266" t="s">
-        <v>1625</v>
+        <v>1558</v>
+      </c>
+      <c r="D266">
+        <v>0</v>
       </c>
       <c r="E266" t="s">
-        <v>1639</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1577</v>
+      </c>
+      <c r="G266" t="s">
+        <v>1578</v>
+      </c>
+      <c r="H266" t="s">
+        <v>1579</v>
       </c>
       <c r="K266" t="s">
-        <v>1640</v>
+        <v>1580</v>
       </c>
       <c r="L266" t="s">
-        <v>1641</v>
+        <v>1581</v>
       </c>
       <c r="M266" t="s">
-        <v>1642</v>
+        <v>1582</v>
+      </c>
+      <c r="N266">
+        <v>4</v>
+      </c>
+      <c r="O266" t="s">
+        <v>102</v>
       </c>
       <c r="P266" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R266">
         <v>999</v>
       </c>
     </row>
     <row r="267" spans="1:18">
       <c r="A267">
-        <v>1048</v>
+        <v>1128</v>
       </c>
       <c r="B267" t="s">
-        <v>1624</v>
+        <v>1564</v>
       </c>
       <c r="C267" t="s">
-        <v>1625</v>
+        <v>1558</v>
+      </c>
+      <c r="D267">
+        <v>0</v>
       </c>
       <c r="E267" t="s">
-        <v>1643</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1583</v>
+      </c>
+      <c r="G267" t="s">
+        <v>1584</v>
+      </c>
+      <c r="H267" t="s">
+        <v>1585</v>
       </c>
       <c r="K267" t="s">
-        <v>1644</v>
+        <v>1586</v>
       </c>
       <c r="L267" t="s">
-        <v>1645</v>
+        <v>1587</v>
       </c>
       <c r="M267" t="s">
-        <v>1646</v>
+        <v>1588</v>
+      </c>
+      <c r="N267">
+        <v>4</v>
+      </c>
+      <c r="O267" t="s">
+        <v>102</v>
       </c>
       <c r="P267" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R267">
         <v>999</v>
       </c>
     </row>
     <row r="268" spans="1:18">
       <c r="A268">
-        <v>1042</v>
+        <v>1126</v>
       </c>
       <c r="B268" t="s">
-        <v>1624</v>
+        <v>1564</v>
       </c>
       <c r="C268" t="s">
-        <v>1625</v>
+        <v>1558</v>
+      </c>
+      <c r="D268">
+        <v>0</v>
       </c>
       <c r="E268" t="s">
-        <v>1647</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1589</v>
+      </c>
+      <c r="G268" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1591</v>
       </c>
       <c r="K268" t="s">
-        <v>1648</v>
+        <v>1592</v>
       </c>
       <c r="L268" t="s">
-        <v>1649</v>
+        <v>1593</v>
       </c>
       <c r="M268" t="s">
-        <v>1650</v>
+        <v>1594</v>
+      </c>
+      <c r="N268">
+        <v>4</v>
+      </c>
+      <c r="O268" t="s">
+        <v>102</v>
       </c>
       <c r="P268" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R268">
         <v>999</v>
       </c>
     </row>
     <row r="269" spans="1:18">
       <c r="A269">
-        <v>1039</v>
+        <v>1119</v>
       </c>
       <c r="B269" t="s">
-        <v>1651</v>
+        <v>1595</v>
       </c>
       <c r="C269" t="s">
-        <v>1652</v>
+        <v>1596</v>
       </c>
       <c r="E269" t="s">
-        <v>1653</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1597</v>
       </c>
       <c r="K269" t="s">
-        <v>1654</v>
+        <v>1598</v>
       </c>
       <c r="L269" t="s">
-        <v>1655</v>
+        <v>1599</v>
       </c>
       <c r="M269" t="s">
-        <v>1656</v>
+        <v>1600</v>
       </c>
       <c r="P269" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R269">
         <v>999</v>
       </c>
     </row>
     <row r="270" spans="1:18">
       <c r="A270">
-        <v>1038</v>
+        <v>1118</v>
       </c>
       <c r="B270" t="s">
-        <v>1657</v>
+        <v>1601</v>
       </c>
       <c r="C270" t="s">
-        <v>1652</v>
+        <v>1602</v>
       </c>
       <c r="E270" t="s">
-        <v>1658</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1603</v>
+      </c>
+      <c r="G270" t="s">
+        <v>1604</v>
       </c>
       <c r="K270" t="s">
-        <v>1659</v>
+        <v>1605</v>
       </c>
       <c r="L270" t="s">
-        <v>1660</v>
+        <v>1606</v>
       </c>
       <c r="M270" t="s">
-        <v>1661</v>
+        <v>1607</v>
       </c>
       <c r="P270" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R270">
         <v>999</v>
       </c>
     </row>
     <row r="271" spans="1:18">
       <c r="A271">
-        <v>1035</v>
+        <v>1117</v>
       </c>
       <c r="B271" t="s">
-        <v>1657</v>
+        <v>1595</v>
       </c>
       <c r="C271" t="s">
-        <v>1652</v>
+        <v>1596</v>
       </c>
       <c r="E271" t="s">
-        <v>1662</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1608</v>
       </c>
       <c r="K271" t="s">
-        <v>1663</v>
+        <v>1609</v>
       </c>
       <c r="L271" t="s">
-        <v>1664</v>
+        <v>1610</v>
       </c>
       <c r="M271" t="s">
-        <v>1665</v>
+        <v>1611</v>
       </c>
       <c r="P271" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R271">
         <v>999</v>
       </c>
     </row>
     <row r="272" spans="1:18">
       <c r="A272">
-        <v>1034</v>
+        <v>1116</v>
       </c>
       <c r="B272" t="s">
-        <v>1657</v>
+        <v>1595</v>
       </c>
       <c r="C272" t="s">
-        <v>1652</v>
+        <v>1596</v>
       </c>
       <c r="E272" t="s">
-        <v>1666</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1612</v>
       </c>
       <c r="K272" t="s">
-        <v>1667</v>
+        <v>1613</v>
       </c>
       <c r="L272" t="s">
-        <v>1668</v>
+        <v>1614</v>
       </c>
       <c r="M272" t="s">
-        <v>1669</v>
+        <v>1615</v>
       </c>
       <c r="P272" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R272">
         <v>999</v>
       </c>
     </row>
     <row r="273" spans="1:18">
       <c r="A273">
-        <v>1032</v>
+        <v>1115</v>
       </c>
       <c r="B273" t="s">
-        <v>1657</v>
+        <v>1595</v>
       </c>
       <c r="C273" t="s">
-        <v>1652</v>
+        <v>1596</v>
       </c>
       <c r="E273" t="s">
-        <v>1670</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1616</v>
       </c>
       <c r="K273" t="s">
-        <v>1671</v>
+        <v>1617</v>
       </c>
       <c r="L273" t="s">
-        <v>1672</v>
+        <v>1618</v>
       </c>
       <c r="M273" t="s">
-        <v>1673</v>
+        <v>1619</v>
       </c>
       <c r="P273" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R273">
         <v>999</v>
       </c>
     </row>
     <row r="274" spans="1:18">
       <c r="A274">
-        <v>1031</v>
+        <v>1114</v>
       </c>
       <c r="B274" t="s">
-        <v>1657</v>
+        <v>1620</v>
       </c>
       <c r="C274" t="s">
-        <v>1652</v>
+        <v>1620</v>
       </c>
       <c r="E274" t="s">
-        <v>1674</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1621</v>
+      </c>
+      <c r="G274" t="s">
+        <v>1622</v>
       </c>
       <c r="K274" t="s">
-        <v>1675</v>
+        <v>1623</v>
       </c>
       <c r="L274" t="s">
-        <v>1676</v>
+        <v>1624</v>
       </c>
       <c r="M274" t="s">
-        <v>1677</v>
+        <v>1625</v>
+      </c>
+      <c r="N274">
+        <v>3</v>
+      </c>
+      <c r="O274" t="s">
+        <v>32</v>
       </c>
       <c r="P274" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R274">
         <v>999</v>
       </c>
     </row>
     <row r="275" spans="1:18">
       <c r="A275">
-        <v>1030</v>
+        <v>1113</v>
       </c>
       <c r="B275" t="s">
-        <v>1678</v>
+        <v>1595</v>
       </c>
       <c r="C275" t="s">
-        <v>1679</v>
+        <v>1596</v>
       </c>
       <c r="E275" t="s">
-        <v>1680</v>
+        <v>1626</v>
+      </c>
+      <c r="G275" t="s">
+        <v>1627</v>
       </c>
       <c r="K275" t="s">
-        <v>1681</v>
+        <v>1628</v>
       </c>
       <c r="L275" t="s">
-        <v>1682</v>
+        <v>1629</v>
       </c>
       <c r="M275" t="s">
-        <v>1683</v>
+        <v>1630</v>
       </c>
       <c r="P275" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R275">
         <v>999</v>
       </c>
     </row>
     <row r="276" spans="1:18">
       <c r="A276">
-        <v>1029</v>
+        <v>1112</v>
       </c>
       <c r="B276" t="s">
-        <v>1678</v>
+        <v>1595</v>
       </c>
       <c r="C276" t="s">
-        <v>1679</v>
+        <v>1596</v>
       </c>
       <c r="E276" t="s">
-        <v>1684</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1631</v>
       </c>
       <c r="K276" t="s">
-        <v>1685</v>
+        <v>1632</v>
       </c>
       <c r="L276" t="s">
-        <v>1686</v>
+        <v>1633</v>
       </c>
       <c r="M276" t="s">
-        <v>1687</v>
+        <v>1634</v>
       </c>
       <c r="P276" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R276">
         <v>999</v>
       </c>
     </row>
     <row r="277" spans="1:18">
       <c r="A277">
-        <v>1021</v>
+        <v>1111</v>
       </c>
       <c r="B277" t="s">
-        <v>1688</v>
+        <v>1595</v>
       </c>
       <c r="C277" t="s">
-        <v>1688</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1596</v>
       </c>
       <c r="E277" t="s">
-        <v>1689</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1635</v>
       </c>
       <c r="K277" t="s">
-        <v>541</v>
+        <v>72</v>
       </c>
       <c r="L277" t="s">
-        <v>1690</v>
+        <v>1636</v>
       </c>
       <c r="M277" t="s">
-        <v>1691</v>
-[...5 lines deleted...]
-        <v>1692</v>
+        <v>1637</v>
       </c>
       <c r="P277" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R277">
         <v>999</v>
       </c>
     </row>
     <row r="278" spans="1:18">
       <c r="A278">
-        <v>1020</v>
+        <v>1110</v>
       </c>
       <c r="B278" t="s">
-        <v>1693</v>
+        <v>1595</v>
       </c>
       <c r="C278" t="s">
-        <v>1694</v>
+        <v>1596</v>
       </c>
       <c r="E278" t="s">
-        <v>1695</v>
+        <v>1638</v>
+      </c>
+      <c r="G278" t="s">
+        <v>1639</v>
       </c>
       <c r="K278" t="s">
-        <v>1696</v>
+        <v>1640</v>
       </c>
       <c r="L278" t="s">
-        <v>1697</v>
+        <v>1641</v>
       </c>
       <c r="M278" t="s">
-        <v>1698</v>
+        <v>1642</v>
       </c>
       <c r="P278" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R278">
         <v>999</v>
       </c>
     </row>
     <row r="279" spans="1:18">
       <c r="A279">
-        <v>1019</v>
+        <v>1099</v>
       </c>
       <c r="B279" t="s">
-        <v>1699</v>
+        <v>1421</v>
       </c>
       <c r="C279" t="s">
-        <v>1699</v>
+        <v>1421</v>
       </c>
       <c r="E279" t="s">
-        <v>1700</v>
+        <v>1643</v>
+      </c>
+      <c r="F279" t="s">
+        <v>1644</v>
       </c>
       <c r="G279" t="s">
-        <v>1701</v>
+        <v>1645</v>
       </c>
       <c r="H279" t="s">
-        <v>1702</v>
+        <v>1646</v>
       </c>
       <c r="K279" t="s">
-        <v>1703</v>
+        <v>1647</v>
       </c>
       <c r="L279" t="s">
-        <v>1704</v>
+        <v>1648</v>
       </c>
       <c r="M279" t="s">
-        <v>1705</v>
-[...5 lines deleted...]
-        <v>1692</v>
+        <v>1649</v>
       </c>
       <c r="P279" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R279">
         <v>999</v>
       </c>
     </row>
     <row r="280" spans="1:18">
       <c r="A280">
-        <v>1019</v>
+        <v>1093</v>
       </c>
       <c r="B280" t="s">
-        <v>1706</v>
+        <v>1121</v>
       </c>
       <c r="C280" t="s">
-        <v>1707</v>
+        <v>1121</v>
       </c>
       <c r="E280" t="s">
-        <v>1700</v>
+        <v>1650</v>
+      </c>
+      <c r="F280" t="s">
+        <v>764</v>
       </c>
       <c r="G280" t="s">
-        <v>1701</v>
+        <v>1651</v>
       </c>
       <c r="H280" t="s">
-        <v>1702</v>
+        <v>1652</v>
       </c>
       <c r="K280" t="s">
-        <v>1703</v>
+        <v>1653</v>
       </c>
       <c r="L280" t="s">
-        <v>1704</v>
+        <v>1654</v>
       </c>
       <c r="M280" t="s">
-        <v>1705</v>
+        <v>1655</v>
+      </c>
+      <c r="N280">
+        <v>1</v>
+      </c>
+      <c r="O280" t="s">
+        <v>139</v>
       </c>
       <c r="P280" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R280">
-        <v>999</v>
+        <v>3</v>
       </c>
     </row>
     <row r="281" spans="1:18">
       <c r="A281">
-        <v>1005</v>
+        <v>1087</v>
       </c>
       <c r="B281" t="s">
-        <v>510</v>
+        <v>1656</v>
       </c>
       <c r="C281" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1656</v>
       </c>
       <c r="E281" t="s">
-        <v>1708</v>
+        <v>1657</v>
+      </c>
+      <c r="F281" t="s">
+        <v>747</v>
+      </c>
+      <c r="G281" t="s">
+        <v>1658</v>
       </c>
       <c r="H281" t="s">
-        <v>1709</v>
+        <v>1659</v>
       </c>
       <c r="K281" t="s">
-        <v>1710</v>
+        <v>1660</v>
       </c>
       <c r="L281" t="s">
-        <v>1711</v>
+        <v>1661</v>
       </c>
       <c r="M281" t="s">
-        <v>1712</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>1662</v>
       </c>
       <c r="P281" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R281">
-        <v>999</v>
+        <v>3</v>
       </c>
     </row>
     <row r="282" spans="1:18">
       <c r="A282">
-        <v>981</v>
+        <v>1085</v>
       </c>
       <c r="B282" t="s">
-        <v>1713</v>
+        <v>1043</v>
       </c>
       <c r="C282" t="s">
-        <v>413</v>
+        <v>1030</v>
       </c>
       <c r="E282" t="s">
-        <v>1714</v>
+        <v>1663</v>
       </c>
       <c r="F282" t="s">
-        <v>292</v>
+        <v>755</v>
       </c>
       <c r="G282" t="s">
-        <v>1715</v>
+        <v>1664</v>
       </c>
       <c r="H282" t="s">
-        <v>1716</v>
+        <v>1665</v>
       </c>
       <c r="K282" t="s">
-        <v>1717</v>
+        <v>1666</v>
       </c>
       <c r="L282" t="s">
-        <v>1718</v>
+        <v>1667</v>
       </c>
       <c r="M282" t="s">
-        <v>1719</v>
+        <v>1668</v>
       </c>
       <c r="N282">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O282" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P282" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R282">
-        <v>999</v>
+        <v>3</v>
       </c>
     </row>
     <row r="283" spans="1:18">
       <c r="A283">
-        <v>966</v>
+        <v>1081</v>
       </c>
       <c r="B283" t="s">
-        <v>1720</v>
+        <v>1669</v>
       </c>
       <c r="C283" t="s">
-        <v>1721</v>
+        <v>1669</v>
       </c>
       <c r="D283">
         <v>0</v>
       </c>
       <c r="E283" t="s">
-        <v>1722</v>
+        <v>1670</v>
+      </c>
+      <c r="F283" t="s">
+        <v>413</v>
+      </c>
+      <c r="G283" t="s">
+        <v>1671</v>
       </c>
       <c r="H283" t="s">
-        <v>1723</v>
+        <v>1672</v>
       </c>
       <c r="K283" t="s">
-        <v>1724</v>
+        <v>1673</v>
       </c>
       <c r="L283" t="s">
-        <v>1725</v>
+        <v>1674</v>
       </c>
       <c r="M283" t="s">
-        <v>1726</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>1675</v>
       </c>
       <c r="P283" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R283">
-        <v>999</v>
+        <v>3</v>
       </c>
     </row>
     <row r="284" spans="1:18">
       <c r="A284">
-        <v>964</v>
+        <v>1079</v>
       </c>
       <c r="B284" t="s">
-        <v>1727</v>
+        <v>1676</v>
       </c>
       <c r="C284" t="s">
-        <v>1727</v>
+        <v>1669</v>
       </c>
       <c r="D284">
         <v>0</v>
       </c>
       <c r="E284" t="s">
-        <v>1728</v>
+        <v>1677</v>
+      </c>
+      <c r="F284" t="s">
+        <v>459</v>
+      </c>
+      <c r="G284" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1679</v>
       </c>
       <c r="K284" t="s">
-        <v>1729</v>
+        <v>1680</v>
       </c>
       <c r="L284" t="s">
-        <v>1730</v>
+        <v>1681</v>
       </c>
       <c r="M284" t="s">
-        <v>1731</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>1682</v>
       </c>
       <c r="P284" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R284">
-        <v>999</v>
+        <v>3</v>
       </c>
     </row>
     <row r="285" spans="1:18">
       <c r="A285">
-        <v>952</v>
+        <v>1071</v>
       </c>
       <c r="B285" t="s">
-        <v>1732</v>
+        <v>871</v>
       </c>
       <c r="C285" t="s">
-        <v>1733</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>871</v>
       </c>
       <c r="E285" t="s">
-        <v>1734</v>
+        <v>1683</v>
+      </c>
+      <c r="F285" t="s">
+        <v>747</v>
       </c>
       <c r="G285" t="s">
-        <v>1735</v>
+        <v>1684</v>
       </c>
       <c r="H285" t="s">
-        <v>1736</v>
+        <v>1685</v>
       </c>
       <c r="K285" t="s">
-        <v>1737</v>
+        <v>1686</v>
       </c>
       <c r="L285" t="s">
-        <v>1738</v>
+        <v>1687</v>
       </c>
       <c r="M285" t="s">
-        <v>1739</v>
+        <v>1688</v>
       </c>
       <c r="N285">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O285" t="s">
-        <v>37</v>
+        <v>139</v>
       </c>
       <c r="P285" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R285">
-        <v>2</v>
+        <v>999</v>
       </c>
     </row>
     <row r="286" spans="1:18">
       <c r="A286">
-        <v>951</v>
+        <v>1070</v>
       </c>
       <c r="B286" t="s">
-        <v>1732</v>
+        <v>1121</v>
       </c>
       <c r="C286" t="s">
-        <v>1733</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1121</v>
       </c>
       <c r="E286" t="s">
-        <v>1740</v>
+        <v>1689</v>
+      </c>
+      <c r="F286" t="s">
+        <v>747</v>
       </c>
       <c r="G286" t="s">
-        <v>1741</v>
-[...2 lines deleted...]
-        <v>1742</v>
+        <v>1690</v>
       </c>
       <c r="K286" t="s">
-        <v>1743</v>
+        <v>1691</v>
       </c>
       <c r="L286" t="s">
-        <v>1744</v>
+        <v>1692</v>
       </c>
       <c r="M286" t="s">
-        <v>1745</v>
+        <v>1693</v>
       </c>
       <c r="N286">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O286" t="s">
-        <v>37</v>
+        <v>139</v>
       </c>
       <c r="P286" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R286">
-        <v>2</v>
+        <v>999</v>
       </c>
     </row>
     <row r="287" spans="1:18">
       <c r="A287">
-        <v>950</v>
+        <v>1069</v>
       </c>
       <c r="B287" t="s">
-        <v>1746</v>
+        <v>745</v>
       </c>
       <c r="C287" t="s">
-        <v>1733</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>745</v>
       </c>
       <c r="E287" t="s">
-        <v>1747</v>
+        <v>1694</v>
+      </c>
+      <c r="F287" t="s">
+        <v>747</v>
       </c>
       <c r="G287" t="s">
-        <v>1748</v>
+        <v>1695</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1696</v>
       </c>
       <c r="K287" t="s">
-        <v>1749</v>
+        <v>1697</v>
       </c>
       <c r="L287" t="s">
-        <v>1750</v>
+        <v>1698</v>
       </c>
       <c r="M287" t="s">
-        <v>1751</v>
+        <v>1699</v>
       </c>
       <c r="N287">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O287" t="s">
-        <v>37</v>
+        <v>139</v>
       </c>
       <c r="P287" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R287">
-        <v>2</v>
+        <v>999</v>
       </c>
     </row>
     <row r="288" spans="1:18">
       <c r="A288">
-        <v>947</v>
+        <v>1067</v>
       </c>
       <c r="B288" t="s">
-        <v>1752</v>
+        <v>1700</v>
       </c>
       <c r="C288" t="s">
-        <v>1349</v>
+        <v>1701</v>
+      </c>
+      <c r="D288">
+        <v>0</v>
       </c>
       <c r="E288" t="s">
-        <v>1753</v>
-[...2 lines deleted...]
-        <v>309</v>
+        <v>1702</v>
       </c>
       <c r="G288" t="s">
-        <v>1754</v>
+        <v>1703</v>
       </c>
       <c r="H288" t="s">
-        <v>1755</v>
+        <v>1704</v>
       </c>
       <c r="K288" t="s">
-        <v>1756</v>
+        <v>1705</v>
       </c>
       <c r="L288" t="s">
-        <v>1757</v>
+        <v>1706</v>
       </c>
       <c r="M288" t="s">
-        <v>1758</v>
+        <v>1707</v>
+      </c>
+      <c r="N288">
+        <v>4</v>
+      </c>
+      <c r="O288" t="s">
+        <v>102</v>
       </c>
       <c r="P288" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R288">
         <v>999</v>
       </c>
     </row>
     <row r="289" spans="1:18">
       <c r="A289">
-        <v>930</v>
+        <v>1066</v>
       </c>
       <c r="B289" t="s">
-        <v>1011</v>
+        <v>1708</v>
       </c>
       <c r="C289" t="s">
-        <v>1011</v>
+        <v>395</v>
       </c>
       <c r="E289" t="s">
-        <v>1759</v>
+        <v>1709</v>
       </c>
       <c r="F289" t="s">
-        <v>661</v>
+        <v>421</v>
       </c>
       <c r="G289" t="s">
-        <v>1760</v>
+        <v>1710</v>
       </c>
       <c r="H289" t="s">
-        <v>1761</v>
+        <v>1711</v>
       </c>
       <c r="K289" t="s">
-        <v>1762</v>
+        <v>1712</v>
       </c>
       <c r="L289" t="s">
-        <v>1763</v>
+        <v>1713</v>
       </c>
       <c r="M289" t="s">
-        <v>1764</v>
+        <v>1714</v>
       </c>
       <c r="N289">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O289" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P289" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R289">
         <v>999</v>
       </c>
     </row>
     <row r="290" spans="1:18">
       <c r="A290">
-        <v>928</v>
+        <v>1063</v>
       </c>
       <c r="B290" t="s">
-        <v>1765</v>
+        <v>871</v>
       </c>
       <c r="C290" t="s">
-        <v>927</v>
+        <v>871</v>
       </c>
       <c r="E290" t="s">
-        <v>1766</v>
+        <v>1715</v>
       </c>
       <c r="F290" t="s">
-        <v>1126</v>
+        <v>747</v>
       </c>
       <c r="G290" t="s">
-        <v>1767</v>
+        <v>1716</v>
       </c>
       <c r="H290" t="s">
-        <v>1768</v>
+        <v>1717</v>
       </c>
       <c r="K290" t="s">
-        <v>1769</v>
+        <v>1718</v>
       </c>
       <c r="L290" t="s">
-        <v>1770</v>
+        <v>1719</v>
       </c>
       <c r="M290" t="s">
-        <v>1771</v>
+        <v>1720</v>
       </c>
       <c r="N290">
         <v>1</v>
       </c>
       <c r="O290" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P290" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R290">
         <v>999</v>
       </c>
     </row>
     <row r="291" spans="1:18">
       <c r="A291">
-        <v>927</v>
+        <v>1060</v>
       </c>
       <c r="B291" t="s">
-        <v>1272</v>
+        <v>1721</v>
       </c>
       <c r="C291" t="s">
-        <v>1272</v>
+        <v>1602</v>
       </c>
       <c r="E291" t="s">
-        <v>1772</v>
+        <v>1722</v>
       </c>
       <c r="F291" t="s">
-        <v>1126</v>
-[...5 lines deleted...]
-        <v>1774</v>
+        <v>616</v>
       </c>
       <c r="K291" t="s">
-        <v>1775</v>
+        <v>1723</v>
       </c>
       <c r="L291" t="s">
-        <v>1776</v>
+        <v>1724</v>
       </c>
       <c r="M291" t="s">
-        <v>1777</v>
+        <v>1725</v>
       </c>
       <c r="P291" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R291">
         <v>999</v>
       </c>
     </row>
     <row r="292" spans="1:18">
       <c r="A292">
-        <v>925</v>
+        <v>1058</v>
       </c>
       <c r="B292" t="s">
-        <v>1778</v>
+        <v>1726</v>
       </c>
       <c r="C292" t="s">
-        <v>634</v>
+        <v>1727</v>
       </c>
       <c r="E292" t="s">
-        <v>1779</v>
+        <v>1728</v>
       </c>
       <c r="F292" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>1781</v>
+        <v>616</v>
       </c>
       <c r="K292" t="s">
-        <v>1782</v>
+        <v>1729</v>
       </c>
       <c r="L292" t="s">
-        <v>1783</v>
+        <v>1730</v>
       </c>
       <c r="M292" t="s">
-        <v>1784</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1731</v>
       </c>
       <c r="P292" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R292">
         <v>999</v>
       </c>
     </row>
     <row r="293" spans="1:18">
       <c r="A293">
-        <v>920</v>
+        <v>1056</v>
       </c>
       <c r="B293" t="s">
-        <v>620</v>
+        <v>1726</v>
       </c>
       <c r="C293" t="s">
-        <v>620</v>
+        <v>1727</v>
       </c>
       <c r="E293" t="s">
-        <v>1785</v>
+        <v>1732</v>
       </c>
       <c r="F293" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>1787</v>
+        <v>616</v>
       </c>
       <c r="K293" t="s">
-        <v>1788</v>
+        <v>1733</v>
       </c>
       <c r="L293" t="s">
-        <v>1789</v>
+        <v>1734</v>
       </c>
       <c r="M293" t="s">
-        <v>1790</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1735</v>
       </c>
       <c r="P293" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R293">
         <v>999</v>
       </c>
     </row>
     <row r="294" spans="1:18">
       <c r="A294">
-        <v>919</v>
+        <v>1055</v>
       </c>
       <c r="B294" t="s">
-        <v>768</v>
+        <v>1736</v>
       </c>
       <c r="C294" t="s">
-        <v>768</v>
+        <v>1727</v>
       </c>
       <c r="E294" t="s">
-        <v>1791</v>
+        <v>1737</v>
       </c>
       <c r="F294" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>1793</v>
+        <v>616</v>
       </c>
       <c r="K294" t="s">
-        <v>1794</v>
+        <v>1738</v>
       </c>
       <c r="L294" t="s">
-        <v>1795</v>
+        <v>1739</v>
       </c>
       <c r="M294" t="s">
-        <v>1796</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1740</v>
       </c>
       <c r="P294" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R294">
         <v>999</v>
       </c>
     </row>
     <row r="295" spans="1:18">
       <c r="A295">
-        <v>918</v>
+        <v>1052</v>
       </c>
       <c r="B295" t="s">
-        <v>720</v>
+        <v>1736</v>
       </c>
       <c r="C295" t="s">
-        <v>720</v>
+        <v>1727</v>
       </c>
       <c r="E295" t="s">
-        <v>1797</v>
+        <v>1741</v>
       </c>
       <c r="F295" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>1799</v>
+        <v>616</v>
       </c>
       <c r="K295" t="s">
-        <v>1800</v>
+        <v>1742</v>
       </c>
       <c r="L295" t="s">
-        <v>1801</v>
+        <v>1743</v>
       </c>
       <c r="M295" t="s">
-        <v>1802</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1744</v>
       </c>
       <c r="P295" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R295">
         <v>999</v>
       </c>
     </row>
     <row r="296" spans="1:18">
       <c r="A296">
-        <v>917</v>
+        <v>1048</v>
       </c>
       <c r="B296" t="s">
-        <v>865</v>
+        <v>1726</v>
       </c>
       <c r="C296" t="s">
-        <v>865</v>
+        <v>1727</v>
       </c>
       <c r="E296" t="s">
-        <v>1803</v>
+        <v>1745</v>
       </c>
       <c r="F296" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>1805</v>
+        <v>616</v>
       </c>
       <c r="K296" t="s">
-        <v>1806</v>
+        <v>1746</v>
       </c>
       <c r="L296" t="s">
-        <v>1807</v>
+        <v>1747</v>
       </c>
       <c r="M296" t="s">
-        <v>1808</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1748</v>
       </c>
       <c r="P296" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R296">
         <v>999</v>
       </c>
     </row>
     <row r="297" spans="1:18">
       <c r="A297">
-        <v>914</v>
+        <v>1042</v>
       </c>
       <c r="B297" t="s">
-        <v>650</v>
+        <v>1726</v>
       </c>
       <c r="C297" t="s">
-        <v>650</v>
+        <v>1727</v>
       </c>
       <c r="E297" t="s">
-        <v>1809</v>
+        <v>1749</v>
       </c>
       <c r="F297" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>1811</v>
+        <v>616</v>
       </c>
       <c r="K297" t="s">
-        <v>1812</v>
+        <v>1750</v>
       </c>
       <c r="L297" t="s">
-        <v>1813</v>
+        <v>1751</v>
       </c>
       <c r="M297" t="s">
-        <v>1814</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1752</v>
       </c>
       <c r="P297" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R297">
         <v>999</v>
       </c>
     </row>
     <row r="298" spans="1:18">
       <c r="A298">
-        <v>913</v>
+        <v>1039</v>
       </c>
       <c r="B298" t="s">
-        <v>658</v>
+        <v>1753</v>
       </c>
       <c r="C298" t="s">
-        <v>659</v>
+        <v>1754</v>
       </c>
       <c r="E298" t="s">
-        <v>1815</v>
+        <v>1755</v>
       </c>
       <c r="F298" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>1817</v>
+        <v>616</v>
       </c>
       <c r="K298" t="s">
-        <v>1818</v>
+        <v>1756</v>
       </c>
       <c r="L298" t="s">
-        <v>1819</v>
+        <v>1757</v>
       </c>
       <c r="M298" t="s">
-        <v>1820</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1758</v>
       </c>
       <c r="P298" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R298">
         <v>999</v>
       </c>
     </row>
     <row r="299" spans="1:18">
       <c r="A299">
-        <v>912</v>
+        <v>1038</v>
       </c>
       <c r="B299" t="s">
-        <v>926</v>
+        <v>1759</v>
       </c>
       <c r="C299" t="s">
-        <v>927</v>
+        <v>1754</v>
       </c>
       <c r="E299" t="s">
-        <v>1821</v>
+        <v>1760</v>
       </c>
       <c r="F299" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>1823</v>
+        <v>616</v>
       </c>
       <c r="K299" t="s">
-        <v>1824</v>
+        <v>1761</v>
       </c>
       <c r="L299" t="s">
-        <v>1825</v>
+        <v>1762</v>
       </c>
       <c r="M299" t="s">
-        <v>1826</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1763</v>
       </c>
       <c r="P299" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R299">
         <v>999</v>
       </c>
     </row>
     <row r="300" spans="1:18">
       <c r="A300">
-        <v>911</v>
+        <v>1035</v>
       </c>
       <c r="B300" t="s">
-        <v>1018</v>
+        <v>1759</v>
       </c>
       <c r="C300" t="s">
-        <v>1018</v>
+        <v>1754</v>
       </c>
       <c r="E300" t="s">
-        <v>1827</v>
+        <v>1764</v>
       </c>
       <c r="F300" t="s">
-        <v>421</v>
-[...5 lines deleted...]
-        <v>1829</v>
+        <v>616</v>
       </c>
       <c r="K300" t="s">
-        <v>1830</v>
+        <v>1765</v>
       </c>
       <c r="L300" t="s">
-        <v>1831</v>
+        <v>1766</v>
       </c>
       <c r="M300" t="s">
-        <v>1832</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1767</v>
       </c>
       <c r="P300" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R300">
         <v>999</v>
       </c>
     </row>
     <row r="301" spans="1:18">
       <c r="A301">
-        <v>909</v>
+        <v>1034</v>
       </c>
       <c r="B301" t="s">
-        <v>1833</v>
+        <v>1759</v>
       </c>
       <c r="C301" t="s">
-        <v>927</v>
+        <v>1754</v>
       </c>
       <c r="E301" t="s">
-        <v>1834</v>
+        <v>1768</v>
       </c>
       <c r="F301" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>1836</v>
+        <v>616</v>
       </c>
       <c r="K301" t="s">
-        <v>1837</v>
+        <v>1769</v>
       </c>
       <c r="L301" t="s">
-        <v>1838</v>
+        <v>1770</v>
       </c>
       <c r="M301" t="s">
-        <v>1839</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1771</v>
       </c>
       <c r="P301" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R301">
         <v>999</v>
       </c>
     </row>
     <row r="302" spans="1:18">
       <c r="A302">
-        <v>907</v>
+        <v>1032</v>
       </c>
       <c r="B302" t="s">
-        <v>927</v>
+        <v>1759</v>
       </c>
       <c r="C302" t="s">
-        <v>927</v>
+        <v>1754</v>
       </c>
       <c r="E302" t="s">
-        <v>1840</v>
+        <v>1772</v>
       </c>
       <c r="F302" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>1842</v>
+        <v>616</v>
       </c>
       <c r="K302" t="s">
-        <v>1843</v>
+        <v>1773</v>
       </c>
       <c r="L302" t="s">
-        <v>1844</v>
+        <v>1774</v>
       </c>
       <c r="M302" t="s">
-        <v>1845</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1775</v>
       </c>
       <c r="P302" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R302">
         <v>999</v>
       </c>
     </row>
     <row r="303" spans="1:18">
       <c r="A303">
-        <v>905</v>
+        <v>1031</v>
       </c>
       <c r="B303" t="s">
-        <v>681</v>
+        <v>1759</v>
       </c>
       <c r="C303" t="s">
-        <v>681</v>
+        <v>1754</v>
       </c>
       <c r="E303" t="s">
-        <v>1846</v>
+        <v>1776</v>
       </c>
       <c r="F303" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>1848</v>
+        <v>616</v>
       </c>
       <c r="K303" t="s">
-        <v>1849</v>
+        <v>1777</v>
       </c>
       <c r="L303" t="s">
-        <v>1850</v>
+        <v>1778</v>
       </c>
       <c r="M303" t="s">
-        <v>1851</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1779</v>
       </c>
       <c r="P303" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R303">
         <v>999</v>
       </c>
     </row>
     <row r="304" spans="1:18">
       <c r="A304">
-        <v>903</v>
+        <v>1030</v>
       </c>
       <c r="B304" t="s">
-        <v>865</v>
+        <v>1780</v>
       </c>
       <c r="C304" t="s">
-        <v>865</v>
+        <v>1781</v>
       </c>
       <c r="E304" t="s">
-        <v>1852</v>
-[...8 lines deleted...]
-        <v>1854</v>
+        <v>1782</v>
       </c>
       <c r="K304" t="s">
-        <v>1855</v>
+        <v>1783</v>
       </c>
       <c r="L304" t="s">
-        <v>1856</v>
+        <v>1784</v>
       </c>
       <c r="M304" t="s">
-        <v>1857</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1785</v>
       </c>
       <c r="P304" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R304">
         <v>999</v>
       </c>
     </row>
     <row r="305" spans="1:18">
       <c r="A305">
-        <v>902</v>
+        <v>1029</v>
       </c>
       <c r="B305" t="s">
-        <v>998</v>
+        <v>1780</v>
       </c>
       <c r="C305" t="s">
-        <v>998</v>
+        <v>1781</v>
       </c>
       <c r="E305" t="s">
-        <v>1858</v>
+        <v>1786</v>
       </c>
       <c r="F305" t="s">
-        <v>644</v>
-[...5 lines deleted...]
-        <v>1860</v>
+        <v>616</v>
       </c>
       <c r="K305" t="s">
-        <v>1861</v>
+        <v>1787</v>
       </c>
       <c r="L305" t="s">
-        <v>1862</v>
+        <v>1788</v>
       </c>
       <c r="M305" t="s">
-        <v>1863</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1789</v>
       </c>
       <c r="P305" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R305">
         <v>999</v>
       </c>
     </row>
     <row r="306" spans="1:18">
       <c r="A306">
-        <v>900</v>
+        <v>1021</v>
       </c>
       <c r="B306" t="s">
-        <v>537</v>
+        <v>1790</v>
       </c>
       <c r="C306" t="s">
-        <v>537</v>
+        <v>1790</v>
+      </c>
+      <c r="D306">
+        <v>0</v>
       </c>
       <c r="E306" t="s">
-        <v>1864</v>
+        <v>1791</v>
       </c>
       <c r="F306" t="s">
+        <v>616</v>
+      </c>
+      <c r="K306" t="s">
         <v>644</v>
       </c>
-      <c r="G306" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L306" t="s">
-        <v>1868</v>
+        <v>1792</v>
       </c>
       <c r="M306" t="s">
-        <v>1869</v>
+        <v>1793</v>
       </c>
       <c r="N306">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="O306" t="s">
-        <v>306</v>
+        <v>1794</v>
       </c>
       <c r="P306" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R306">
         <v>999</v>
       </c>
     </row>
     <row r="307" spans="1:18">
       <c r="A307">
-        <v>899</v>
+        <v>1020</v>
       </c>
       <c r="B307" t="s">
-        <v>1765</v>
+        <v>1795</v>
       </c>
       <c r="C307" t="s">
-        <v>927</v>
+        <v>1796</v>
       </c>
       <c r="E307" t="s">
-        <v>1870</v>
-[...8 lines deleted...]
-        <v>1872</v>
+        <v>1797</v>
       </c>
       <c r="K307" t="s">
-        <v>1873</v>
+        <v>1798</v>
       </c>
       <c r="L307" t="s">
-        <v>1874</v>
+        <v>1799</v>
       </c>
       <c r="M307" t="s">
-        <v>1875</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1800</v>
       </c>
       <c r="P307" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R307">
         <v>999</v>
       </c>
     </row>
     <row r="308" spans="1:18">
       <c r="A308">
-        <v>898</v>
+        <v>1019</v>
       </c>
       <c r="B308" t="s">
-        <v>1833</v>
+        <v>1801</v>
       </c>
       <c r="C308" t="s">
-        <v>927</v>
+        <v>1801</v>
       </c>
       <c r="E308" t="s">
-        <v>1876</v>
-[...2 lines deleted...]
-        <v>736</v>
+        <v>1802</v>
       </c>
       <c r="G308" t="s">
-        <v>1877</v>
+        <v>1803</v>
       </c>
       <c r="H308" t="s">
-        <v>1878</v>
+        <v>1804</v>
       </c>
       <c r="K308" t="s">
-        <v>1879</v>
+        <v>1805</v>
       </c>
       <c r="L308" t="s">
-        <v>1880</v>
+        <v>1806</v>
       </c>
       <c r="M308" t="s">
-        <v>1881</v>
+        <v>1807</v>
       </c>
       <c r="N308">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="O308" t="s">
-        <v>306</v>
+        <v>1794</v>
       </c>
       <c r="P308" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R308">
         <v>999</v>
       </c>
     </row>
     <row r="309" spans="1:18">
       <c r="A309">
-        <v>895</v>
+        <v>1019</v>
       </c>
       <c r="B309" t="s">
-        <v>927</v>
+        <v>1808</v>
       </c>
       <c r="C309" t="s">
-        <v>927</v>
+        <v>1809</v>
       </c>
       <c r="E309" t="s">
-        <v>1882</v>
-[...2 lines deleted...]
-        <v>644</v>
+        <v>1802</v>
       </c>
       <c r="G309" t="s">
-        <v>1883</v>
+        <v>1803</v>
       </c>
       <c r="H309" t="s">
-        <v>1884</v>
+        <v>1804</v>
       </c>
       <c r="K309" t="s">
-        <v>1885</v>
+        <v>1805</v>
       </c>
       <c r="L309" t="s">
-        <v>1886</v>
+        <v>1806</v>
       </c>
       <c r="M309" t="s">
-        <v>1887</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1807</v>
       </c>
       <c r="P309" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R309">
         <v>999</v>
       </c>
     </row>
     <row r="310" spans="1:18">
       <c r="A310">
-        <v>894</v>
+        <v>1005</v>
       </c>
       <c r="B310" t="s">
-        <v>1888</v>
+        <v>614</v>
       </c>
       <c r="C310" t="s">
-        <v>1888</v>
+        <v>614</v>
+      </c>
+      <c r="D310">
+        <v>0</v>
       </c>
       <c r="E310" t="s">
-        <v>1889</v>
-[...5 lines deleted...]
-        <v>1890</v>
+        <v>1810</v>
       </c>
       <c r="H310" t="s">
-        <v>1891</v>
+        <v>1811</v>
       </c>
       <c r="K310" t="s">
-        <v>1892</v>
+        <v>1812</v>
       </c>
       <c r="L310" t="s">
-        <v>1893</v>
+        <v>1813</v>
       </c>
       <c r="M310" t="s">
-        <v>1894</v>
+        <v>1814</v>
       </c>
       <c r="N310">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="O310" t="s">
-        <v>306</v>
+        <v>102</v>
       </c>
       <c r="P310" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R310">
         <v>999</v>
       </c>
     </row>
     <row r="311" spans="1:18">
       <c r="A311">
-        <v>892</v>
+        <v>981</v>
       </c>
       <c r="B311" t="s">
-        <v>1011</v>
+        <v>1815</v>
       </c>
       <c r="C311" t="s">
-        <v>1011</v>
+        <v>517</v>
       </c>
       <c r="E311" t="s">
-        <v>1895</v>
+        <v>1816</v>
       </c>
       <c r="F311" t="s">
-        <v>644</v>
+        <v>397</v>
       </c>
       <c r="G311" t="s">
-        <v>1896</v>
+        <v>1817</v>
       </c>
       <c r="H311" t="s">
-        <v>1897</v>
+        <v>1818</v>
       </c>
       <c r="K311" t="s">
-        <v>1898</v>
+        <v>1819</v>
       </c>
       <c r="L311" t="s">
-        <v>1899</v>
+        <v>1820</v>
       </c>
       <c r="M311" t="s">
-        <v>1900</v>
+        <v>1821</v>
       </c>
       <c r="N311">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O311" t="s">
-        <v>306</v>
+        <v>145</v>
       </c>
       <c r="P311" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R311">
         <v>999</v>
       </c>
     </row>
     <row r="312" spans="1:18">
       <c r="A312">
-        <v>890</v>
+        <v>966</v>
       </c>
       <c r="B312" t="s">
-        <v>1061</v>
+        <v>1822</v>
       </c>
       <c r="C312" t="s">
-        <v>1061</v>
+        <v>1823</v>
+      </c>
+      <c r="D312">
+        <v>0</v>
       </c>
       <c r="E312" t="s">
-        <v>1901</v>
-[...5 lines deleted...]
-        <v>1902</v>
+        <v>1824</v>
       </c>
       <c r="H312" t="s">
-        <v>1903</v>
+        <v>1825</v>
       </c>
       <c r="K312" t="s">
-        <v>1904</v>
+        <v>1826</v>
       </c>
       <c r="L312" t="s">
-        <v>1905</v>
+        <v>1827</v>
       </c>
       <c r="M312" t="s">
-        <v>1906</v>
+        <v>1828</v>
       </c>
       <c r="N312">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="O312" t="s">
-        <v>306</v>
+        <v>102</v>
       </c>
       <c r="P312" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R312">
         <v>999</v>
       </c>
     </row>
     <row r="313" spans="1:18">
       <c r="A313">
-        <v>883</v>
+        <v>964</v>
       </c>
       <c r="B313" t="s">
-        <v>605</v>
+        <v>1829</v>
       </c>
       <c r="C313" t="s">
-        <v>605</v>
+        <v>1829</v>
+      </c>
+      <c r="D313">
+        <v>0</v>
       </c>
       <c r="E313" t="s">
-        <v>1907</v>
-[...8 lines deleted...]
-        <v>1909</v>
+        <v>1830</v>
       </c>
       <c r="K313" t="s">
-        <v>1910</v>
+        <v>1831</v>
       </c>
       <c r="L313" t="s">
-        <v>1911</v>
+        <v>1832</v>
       </c>
       <c r="M313" t="s">
-        <v>1912</v>
+        <v>1833</v>
       </c>
       <c r="N313">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="O313" t="s">
-        <v>306</v>
+        <v>102</v>
       </c>
       <c r="P313" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R313">
         <v>999</v>
       </c>
     </row>
     <row r="314" spans="1:18">
       <c r="A314">
-        <v>883</v>
+        <v>952</v>
       </c>
       <c r="B314" t="s">
-        <v>1913</v>
+        <v>1834</v>
       </c>
       <c r="C314" t="s">
-        <v>1914</v>
+        <v>1835</v>
       </c>
       <c r="D314">
         <v>0</v>
       </c>
       <c r="E314" t="s">
-        <v>1907</v>
-[...2 lines deleted...]
-        <v>644</v>
+        <v>1836</v>
       </c>
       <c r="G314" t="s">
-        <v>1908</v>
+        <v>1837</v>
       </c>
       <c r="H314" t="s">
-        <v>1909</v>
+        <v>1838</v>
       </c>
       <c r="K314" t="s">
-        <v>1910</v>
+        <v>1839</v>
       </c>
       <c r="L314" t="s">
-        <v>1911</v>
+        <v>1840</v>
       </c>
       <c r="M314" t="s">
-        <v>1912</v>
+        <v>1841</v>
       </c>
       <c r="N314">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O314" t="s">
-        <v>306</v>
+        <v>32</v>
       </c>
       <c r="P314" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R314">
-        <v>999</v>
+        <v>2</v>
       </c>
     </row>
     <row r="315" spans="1:18">
       <c r="A315">
-        <v>878</v>
+        <v>951</v>
       </c>
       <c r="B315" t="s">
-        <v>727</v>
+        <v>1834</v>
       </c>
       <c r="C315" t="s">
-        <v>727</v>
+        <v>1835</v>
+      </c>
+      <c r="D315">
+        <v>0</v>
       </c>
       <c r="E315" t="s">
-        <v>1915</v>
-[...2 lines deleted...]
-        <v>644</v>
+        <v>1842</v>
       </c>
       <c r="G315" t="s">
-        <v>1916</v>
+        <v>1843</v>
       </c>
       <c r="H315" t="s">
-        <v>1917</v>
+        <v>1844</v>
       </c>
       <c r="K315" t="s">
-        <v>1918</v>
+        <v>1845</v>
       </c>
       <c r="L315" t="s">
-        <v>1919</v>
+        <v>1846</v>
       </c>
       <c r="M315" t="s">
-        <v>1920</v>
+        <v>1847</v>
       </c>
       <c r="N315">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O315" t="s">
-        <v>306</v>
+        <v>32</v>
       </c>
       <c r="P315" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R315">
-        <v>999</v>
+        <v>2</v>
       </c>
     </row>
     <row r="316" spans="1:18">
       <c r="A316">
-        <v>873</v>
+        <v>950</v>
       </c>
       <c r="B316" t="s">
-        <v>1921</v>
+        <v>1848</v>
       </c>
       <c r="C316" t="s">
-        <v>634</v>
+        <v>1835</v>
+      </c>
+      <c r="D316">
+        <v>0</v>
       </c>
       <c r="E316" t="s">
-        <v>1922</v>
-[...2 lines deleted...]
-        <v>644</v>
+        <v>1849</v>
       </c>
       <c r="G316" t="s">
-        <v>1923</v>
-[...2 lines deleted...]
-        <v>1924</v>
+        <v>1850</v>
       </c>
       <c r="K316" t="s">
-        <v>44</v>
+        <v>1851</v>
       </c>
       <c r="L316" t="s">
-        <v>1925</v>
+        <v>1852</v>
       </c>
       <c r="M316" t="s">
-        <v>1926</v>
+        <v>1853</v>
       </c>
       <c r="N316">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O316" t="s">
-        <v>306</v>
+        <v>32</v>
       </c>
       <c r="P316" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R316">
-        <v>999</v>
+        <v>2</v>
       </c>
     </row>
     <row r="317" spans="1:18">
       <c r="A317">
-        <v>872</v>
+        <v>947</v>
       </c>
       <c r="B317" t="s">
-        <v>1927</v>
+        <v>1854</v>
       </c>
       <c r="C317" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1855</v>
+      </c>
+      <c r="F317" t="s">
         <v>413</v>
       </c>
-      <c r="E317" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G317" t="s">
-        <v>1929</v>
+        <v>1856</v>
       </c>
       <c r="H317" t="s">
-        <v>1930</v>
+        <v>1857</v>
       </c>
       <c r="K317" t="s">
-        <v>1931</v>
+        <v>1858</v>
       </c>
       <c r="L317" t="s">
-        <v>1932</v>
+        <v>1859</v>
       </c>
       <c r="M317" t="s">
-        <v>1933</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>1860</v>
       </c>
       <c r="P317" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R317">
         <v>999</v>
       </c>
     </row>
     <row r="318" spans="1:18">
       <c r="A318">
-        <v>871</v>
+        <v>930</v>
       </c>
       <c r="B318" t="s">
-        <v>642</v>
+        <v>1114</v>
       </c>
       <c r="C318" t="s">
-        <v>642</v>
+        <v>1114</v>
       </c>
       <c r="E318" t="s">
-        <v>1934</v>
+        <v>1861</v>
       </c>
       <c r="F318" t="s">
-        <v>292</v>
+        <v>764</v>
       </c>
       <c r="G318" t="s">
-        <v>1935</v>
+        <v>1862</v>
       </c>
       <c r="H318" t="s">
-        <v>1936</v>
+        <v>1863</v>
       </c>
       <c r="K318" t="s">
-        <v>1937</v>
+        <v>1864</v>
       </c>
       <c r="L318" t="s">
-        <v>1938</v>
+        <v>1865</v>
       </c>
       <c r="M318" t="s">
-        <v>1939</v>
+        <v>1866</v>
       </c>
       <c r="N318">
         <v>1</v>
       </c>
       <c r="O318" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P318" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R318">
         <v>999</v>
       </c>
     </row>
     <row r="319" spans="1:18">
       <c r="A319">
-        <v>870</v>
+        <v>928</v>
       </c>
       <c r="B319" t="s">
-        <v>642</v>
+        <v>1867</v>
       </c>
       <c r="C319" t="s">
-        <v>642</v>
+        <v>1030</v>
       </c>
       <c r="E319" t="s">
-        <v>1940</v>
+        <v>1868</v>
       </c>
       <c r="F319" t="s">
-        <v>644</v>
+        <v>1228</v>
       </c>
       <c r="G319" t="s">
-        <v>1941</v>
+        <v>1869</v>
       </c>
       <c r="H319" t="s">
-        <v>1942</v>
+        <v>1870</v>
       </c>
       <c r="K319" t="s">
-        <v>1943</v>
+        <v>1871</v>
       </c>
       <c r="L319" t="s">
-        <v>1944</v>
+        <v>1872</v>
       </c>
       <c r="M319" t="s">
-        <v>1945</v>
+        <v>1873</v>
       </c>
       <c r="N319">
         <v>1</v>
       </c>
       <c r="O319" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P319" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R319">
         <v>999</v>
       </c>
     </row>
     <row r="320" spans="1:18">
       <c r="A320">
-        <v>868</v>
+        <v>927</v>
       </c>
       <c r="B320" t="s">
-        <v>1921</v>
+        <v>1374</v>
       </c>
       <c r="C320" t="s">
-        <v>634</v>
+        <v>1374</v>
       </c>
       <c r="E320" t="s">
-        <v>1946</v>
+        <v>1874</v>
       </c>
       <c r="F320" t="s">
-        <v>644</v>
+        <v>1228</v>
       </c>
       <c r="G320" t="s">
-        <v>1947</v>
+        <v>1875</v>
       </c>
       <c r="H320" t="s">
-        <v>1948</v>
+        <v>1876</v>
       </c>
       <c r="K320" t="s">
-        <v>1949</v>
+        <v>1877</v>
       </c>
       <c r="L320" t="s">
-        <v>1950</v>
+        <v>1878</v>
       </c>
       <c r="M320" t="s">
-        <v>1951</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>1879</v>
       </c>
       <c r="P320" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R320">
         <v>999</v>
       </c>
     </row>
     <row r="321" spans="1:18">
       <c r="A321">
-        <v>865</v>
+        <v>925</v>
       </c>
       <c r="B321" t="s">
-        <v>1778</v>
+        <v>1880</v>
       </c>
       <c r="C321" t="s">
-        <v>634</v>
+        <v>737</v>
       </c>
       <c r="E321" t="s">
-        <v>1952</v>
+        <v>1881</v>
       </c>
       <c r="F321" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G321" t="s">
-        <v>1953</v>
+        <v>1882</v>
       </c>
       <c r="H321" t="s">
-        <v>1954</v>
+        <v>1883</v>
       </c>
       <c r="K321" t="s">
-        <v>1955</v>
+        <v>1884</v>
       </c>
       <c r="L321" t="s">
-        <v>1956</v>
+        <v>1885</v>
       </c>
       <c r="M321" t="s">
-        <v>1957</v>
+        <v>1886</v>
       </c>
       <c r="N321">
         <v>1</v>
       </c>
       <c r="O321" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P321" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R321">
         <v>999</v>
       </c>
     </row>
     <row r="322" spans="1:18">
       <c r="A322">
-        <v>863</v>
+        <v>920</v>
       </c>
       <c r="B322" t="s">
-        <v>1921</v>
+        <v>723</v>
       </c>
       <c r="C322" t="s">
-        <v>634</v>
+        <v>723</v>
       </c>
       <c r="E322" t="s">
-        <v>1958</v>
+        <v>1887</v>
       </c>
       <c r="F322" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G322" t="s">
-        <v>1959</v>
+        <v>1888</v>
       </c>
       <c r="H322" t="s">
-        <v>1960</v>
+        <v>1889</v>
       </c>
       <c r="K322" t="s">
-        <v>1961</v>
+        <v>1890</v>
       </c>
       <c r="L322" t="s">
-        <v>1962</v>
+        <v>1891</v>
       </c>
       <c r="M322" t="s">
-        <v>1963</v>
+        <v>1892</v>
       </c>
       <c r="N322">
         <v>1</v>
       </c>
       <c r="O322" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P322" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R322">
         <v>999</v>
       </c>
     </row>
     <row r="323" spans="1:18">
       <c r="A323">
-        <v>862</v>
+        <v>919</v>
       </c>
       <c r="B323" t="s">
-        <v>667</v>
+        <v>871</v>
       </c>
       <c r="C323" t="s">
-        <v>667</v>
+        <v>871</v>
       </c>
       <c r="E323" t="s">
-        <v>1964</v>
+        <v>1893</v>
       </c>
       <c r="F323" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G323" t="s">
-        <v>1965</v>
+        <v>1894</v>
       </c>
       <c r="H323" t="s">
-        <v>1966</v>
+        <v>1895</v>
       </c>
       <c r="K323" t="s">
-        <v>1967</v>
+        <v>1896</v>
       </c>
       <c r="L323" t="s">
-        <v>1968</v>
+        <v>1897</v>
       </c>
       <c r="M323" t="s">
-        <v>1969</v>
+        <v>1898</v>
       </c>
       <c r="N323">
         <v>1</v>
       </c>
       <c r="O323" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P323" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R323">
         <v>999</v>
       </c>
     </row>
     <row r="324" spans="1:18">
       <c r="A324">
-        <v>860</v>
+        <v>918</v>
       </c>
       <c r="B324" t="s">
-        <v>667</v>
+        <v>823</v>
       </c>
       <c r="C324" t="s">
-        <v>667</v>
+        <v>823</v>
       </c>
       <c r="E324" t="s">
-        <v>1970</v>
+        <v>1899</v>
       </c>
       <c r="F324" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G324" t="s">
-        <v>1971</v>
+        <v>1900</v>
       </c>
       <c r="H324" t="s">
-        <v>1972</v>
+        <v>1901</v>
       </c>
       <c r="K324" t="s">
-        <v>1973</v>
+        <v>1902</v>
       </c>
       <c r="L324" t="s">
-        <v>1974</v>
+        <v>1903</v>
       </c>
       <c r="M324" t="s">
-        <v>1975</v>
+        <v>1904</v>
       </c>
       <c r="N324">
         <v>1</v>
       </c>
       <c r="O324" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P324" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R324">
         <v>999</v>
       </c>
     </row>
     <row r="325" spans="1:18">
       <c r="A325">
-        <v>851</v>
+        <v>917</v>
       </c>
       <c r="B325" t="s">
-        <v>1976</v>
+        <v>968</v>
       </c>
       <c r="C325" t="s">
-        <v>768</v>
+        <v>968</v>
       </c>
       <c r="E325" t="s">
-        <v>1977</v>
+        <v>1905</v>
       </c>
       <c r="F325" t="s">
-        <v>652</v>
+        <v>747</v>
       </c>
       <c r="G325" t="s">
-        <v>1978</v>
+        <v>1906</v>
       </c>
       <c r="H325" t="s">
-        <v>1979</v>
+        <v>1907</v>
       </c>
       <c r="K325" t="s">
-        <v>1980</v>
+        <v>1908</v>
       </c>
       <c r="L325" t="s">
-        <v>1981</v>
+        <v>1909</v>
       </c>
       <c r="M325" t="s">
-        <v>1982</v>
+        <v>1910</v>
       </c>
       <c r="N325">
         <v>1</v>
       </c>
       <c r="O325" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P325" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R325">
         <v>999</v>
       </c>
     </row>
     <row r="326" spans="1:18">
       <c r="A326">
-        <v>838</v>
+        <v>914</v>
       </c>
       <c r="B326" t="s">
-        <v>998</v>
+        <v>753</v>
       </c>
       <c r="C326" t="s">
-        <v>998</v>
+        <v>753</v>
       </c>
       <c r="E326" t="s">
-        <v>1983</v>
+        <v>1911</v>
       </c>
       <c r="F326" t="s">
-        <v>421</v>
+        <v>747</v>
       </c>
       <c r="G326" t="s">
-        <v>1984</v>
+        <v>1912</v>
       </c>
       <c r="H326" t="s">
-        <v>1985</v>
+        <v>1913</v>
       </c>
       <c r="K326" t="s">
-        <v>1986</v>
+        <v>1914</v>
       </c>
       <c r="L326" t="s">
-        <v>1987</v>
+        <v>1915</v>
       </c>
       <c r="M326" t="s">
-        <v>1988</v>
+        <v>1916</v>
       </c>
       <c r="N326">
         <v>1</v>
       </c>
       <c r="O326" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P326" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R326">
         <v>999</v>
       </c>
     </row>
     <row r="327" spans="1:18">
       <c r="A327">
-        <v>821</v>
+        <v>913</v>
       </c>
       <c r="B327" t="s">
-        <v>1197</v>
+        <v>761</v>
       </c>
       <c r="C327" t="s">
-        <v>1197</v>
+        <v>762</v>
       </c>
       <c r="E327" t="s">
-        <v>1989</v>
+        <v>1917</v>
       </c>
       <c r="F327" t="s">
-        <v>1231</v>
+        <v>747</v>
       </c>
       <c r="G327" t="s">
-        <v>1990</v>
+        <v>1918</v>
       </c>
       <c r="H327" t="s">
-        <v>1991</v>
+        <v>1919</v>
       </c>
       <c r="K327" t="s">
-        <v>1992</v>
+        <v>1920</v>
       </c>
       <c r="L327" t="s">
-        <v>1993</v>
+        <v>1921</v>
       </c>
       <c r="M327" t="s">
-        <v>1994</v>
+        <v>1922</v>
+      </c>
+      <c r="N327">
+        <v>1</v>
+      </c>
+      <c r="O327" t="s">
+        <v>139</v>
       </c>
       <c r="P327" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R327">
         <v>999</v>
       </c>
     </row>
     <row r="328" spans="1:18">
       <c r="A328">
-        <v>806</v>
+        <v>912</v>
       </c>
       <c r="B328" t="s">
-        <v>865</v>
+        <v>1029</v>
       </c>
       <c r="C328" t="s">
-        <v>865</v>
+        <v>1030</v>
       </c>
       <c r="E328" t="s">
-        <v>1995</v>
+        <v>1923</v>
       </c>
       <c r="F328" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G328" t="s">
-        <v>1996</v>
+        <v>1924</v>
       </c>
       <c r="H328" t="s">
-        <v>1997</v>
+        <v>1925</v>
       </c>
       <c r="K328" t="s">
-        <v>1998</v>
+        <v>1926</v>
       </c>
       <c r="L328" t="s">
-        <v>1999</v>
+        <v>1927</v>
       </c>
       <c r="M328" t="s">
-        <v>2000</v>
+        <v>1928</v>
       </c>
       <c r="N328">
         <v>1</v>
       </c>
       <c r="O328" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P328" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R328">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="329" spans="1:18">
       <c r="A329">
-        <v>804</v>
+        <v>911</v>
       </c>
       <c r="B329" t="s">
-        <v>1197</v>
+        <v>1121</v>
       </c>
       <c r="C329" t="s">
-        <v>1197</v>
+        <v>1121</v>
       </c>
       <c r="E329" t="s">
-        <v>2001</v>
+        <v>1929</v>
       </c>
       <c r="F329" t="s">
-        <v>1219</v>
+        <v>525</v>
       </c>
       <c r="G329" t="s">
-        <v>2002</v>
+        <v>1930</v>
       </c>
       <c r="H329" t="s">
-        <v>2003</v>
+        <v>1931</v>
       </c>
       <c r="K329" t="s">
-        <v>2004</v>
+        <v>1932</v>
       </c>
       <c r="L329" t="s">
-        <v>2005</v>
+        <v>1933</v>
       </c>
       <c r="M329" t="s">
-        <v>2006</v>
+        <v>1934</v>
+      </c>
+      <c r="N329">
+        <v>1</v>
+      </c>
+      <c r="O329" t="s">
+        <v>139</v>
       </c>
       <c r="P329" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R329">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="330" spans="1:18">
       <c r="A330">
-        <v>784</v>
+        <v>909</v>
       </c>
       <c r="B330" t="s">
-        <v>1567</v>
+        <v>1935</v>
       </c>
       <c r="C330" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1030</v>
       </c>
       <c r="E330" t="s">
-        <v>2007</v>
+        <v>1936</v>
       </c>
       <c r="F330" t="s">
-        <v>1321</v>
+        <v>747</v>
       </c>
       <c r="G330" t="s">
-        <v>2008</v>
+        <v>1937</v>
       </c>
       <c r="H330" t="s">
-        <v>2009</v>
+        <v>1938</v>
       </c>
       <c r="K330" t="s">
-        <v>2010</v>
+        <v>1939</v>
       </c>
       <c r="L330" t="s">
-        <v>2011</v>
+        <v>1940</v>
       </c>
       <c r="M330" t="s">
-        <v>2012</v>
+        <v>1941</v>
+      </c>
+      <c r="N330">
+        <v>1</v>
+      </c>
+      <c r="O330" t="s">
+        <v>139</v>
       </c>
       <c r="P330" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R330">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="331" spans="1:18">
       <c r="A331">
-        <v>775</v>
+        <v>907</v>
       </c>
       <c r="B331" t="s">
-        <v>2013</v>
+        <v>1030</v>
       </c>
       <c r="C331" t="s">
-        <v>413</v>
+        <v>1030</v>
       </c>
       <c r="E331" t="s">
-        <v>2014</v>
+        <v>1942</v>
       </c>
       <c r="F331" t="s">
-        <v>309</v>
+        <v>747</v>
       </c>
       <c r="G331" t="s">
-        <v>2015</v>
+        <v>1943</v>
       </c>
       <c r="H331" t="s">
-        <v>2016</v>
+        <v>1944</v>
       </c>
       <c r="K331" t="s">
-        <v>2017</v>
+        <v>1945</v>
       </c>
       <c r="L331" t="s">
-        <v>2018</v>
+        <v>1946</v>
       </c>
       <c r="M331" t="s">
-        <v>2019</v>
+        <v>1947</v>
       </c>
       <c r="N331">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O331" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P331" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R331">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="332" spans="1:18">
       <c r="A332">
-        <v>767</v>
+        <v>905</v>
       </c>
       <c r="B332" t="s">
-        <v>1349</v>
+        <v>784</v>
       </c>
       <c r="C332" t="s">
-        <v>1349</v>
+        <v>784</v>
       </c>
       <c r="E332" t="s">
-        <v>2020</v>
+        <v>1948</v>
       </c>
       <c r="F332" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G332" t="s">
-        <v>2021</v>
+        <v>1949</v>
       </c>
       <c r="H332" t="s">
-        <v>2022</v>
+        <v>1950</v>
       </c>
       <c r="K332" t="s">
-        <v>2023</v>
+        <v>1951</v>
       </c>
       <c r="L332" t="s">
-        <v>2024</v>
+        <v>1952</v>
       </c>
       <c r="M332" t="s">
-        <v>2025</v>
+        <v>1953</v>
+      </c>
+      <c r="N332">
+        <v>1</v>
+      </c>
+      <c r="O332" t="s">
+        <v>139</v>
       </c>
       <c r="P332" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R332">
         <v>999</v>
       </c>
     </row>
     <row r="333" spans="1:18">
       <c r="A333">
-        <v>763</v>
+        <v>903</v>
       </c>
       <c r="B333" t="s">
-        <v>1284</v>
+        <v>968</v>
       </c>
       <c r="C333" t="s">
-        <v>1284</v>
+        <v>968</v>
       </c>
       <c r="E333" t="s">
-        <v>2026</v>
+        <v>1954</v>
       </c>
       <c r="F333" t="s">
-        <v>1126</v>
+        <v>747</v>
       </c>
       <c r="G333" t="s">
-        <v>2027</v>
+        <v>1955</v>
       </c>
       <c r="H333" t="s">
-        <v>2028</v>
+        <v>1956</v>
       </c>
       <c r="K333" t="s">
-        <v>2029</v>
+        <v>1957</v>
       </c>
       <c r="L333" t="s">
-        <v>2030</v>
+        <v>1958</v>
       </c>
       <c r="M333" t="s">
-        <v>2031</v>
+        <v>1959</v>
+      </c>
+      <c r="N333">
+        <v>1</v>
+      </c>
+      <c r="O333" t="s">
+        <v>139</v>
       </c>
       <c r="P333" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R333">
         <v>999</v>
       </c>
     </row>
     <row r="334" spans="1:18">
       <c r="A334">
-        <v>760</v>
+        <v>902</v>
       </c>
       <c r="B334" t="s">
-        <v>1398</v>
+        <v>1101</v>
       </c>
       <c r="C334" t="s">
-        <v>1391</v>
+        <v>1101</v>
       </c>
       <c r="E334" t="s">
-        <v>2032</v>
+        <v>1960</v>
       </c>
       <c r="F334" t="s">
-        <v>1542</v>
+        <v>747</v>
       </c>
       <c r="G334" t="s">
-        <v>2033</v>
+        <v>1961</v>
       </c>
       <c r="H334" t="s">
-        <v>2034</v>
+        <v>1962</v>
       </c>
       <c r="K334" t="s">
-        <v>2035</v>
+        <v>1963</v>
       </c>
       <c r="L334" t="s">
-        <v>2036</v>
+        <v>1964</v>
       </c>
       <c r="M334" t="s">
-        <v>2037</v>
+        <v>1965</v>
+      </c>
+      <c r="N334">
+        <v>1</v>
+      </c>
+      <c r="O334" t="s">
+        <v>139</v>
       </c>
       <c r="P334" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R334">
         <v>999</v>
       </c>
     </row>
     <row r="335" spans="1:18">
       <c r="A335">
-        <v>750</v>
+        <v>900</v>
       </c>
       <c r="B335" t="s">
-        <v>1272</v>
+        <v>640</v>
       </c>
       <c r="C335" t="s">
-        <v>1272</v>
+        <v>640</v>
       </c>
       <c r="E335" t="s">
-        <v>2038</v>
+        <v>1966</v>
       </c>
       <c r="F335" t="s">
-        <v>1126</v>
+        <v>747</v>
       </c>
       <c r="G335" t="s">
-        <v>2039</v>
+        <v>1967</v>
       </c>
       <c r="H335" t="s">
-        <v>2040</v>
+        <v>1968</v>
       </c>
       <c r="K335" t="s">
-        <v>2041</v>
+        <v>1969</v>
       </c>
       <c r="L335" t="s">
-        <v>2042</v>
+        <v>1970</v>
       </c>
       <c r="M335" t="s">
-        <v>2043</v>
+        <v>1971</v>
+      </c>
+      <c r="N335">
+        <v>1</v>
+      </c>
+      <c r="O335" t="s">
+        <v>139</v>
       </c>
       <c r="P335" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R335">
         <v>999</v>
       </c>
     </row>
     <row r="336" spans="1:18">
       <c r="A336">
-        <v>736</v>
+        <v>899</v>
       </c>
       <c r="B336" t="s">
-        <v>1284</v>
+        <v>1867</v>
       </c>
       <c r="C336" t="s">
-        <v>1284</v>
+        <v>1030</v>
       </c>
       <c r="E336" t="s">
-        <v>2044</v>
+        <v>1972</v>
       </c>
       <c r="F336" t="s">
-        <v>1126</v>
+        <v>839</v>
       </c>
       <c r="G336" t="s">
-        <v>2045</v>
+        <v>1973</v>
       </c>
       <c r="H336" t="s">
-        <v>2046</v>
+        <v>1974</v>
       </c>
       <c r="K336" t="s">
-        <v>2047</v>
+        <v>1975</v>
       </c>
       <c r="L336" t="s">
-        <v>2048</v>
+        <v>1976</v>
       </c>
       <c r="M336" t="s">
-        <v>2049</v>
+        <v>1977</v>
+      </c>
+      <c r="N336">
+        <v>1</v>
+      </c>
+      <c r="O336" t="s">
+        <v>139</v>
       </c>
       <c r="P336" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R336">
         <v>999</v>
       </c>
     </row>
     <row r="337" spans="1:18">
       <c r="A337">
-        <v>734</v>
+        <v>898</v>
       </c>
       <c r="B337" t="s">
-        <v>1284</v>
+        <v>1935</v>
       </c>
       <c r="C337" t="s">
-        <v>1284</v>
+        <v>1030</v>
       </c>
       <c r="E337" t="s">
-        <v>2050</v>
+        <v>1978</v>
       </c>
       <c r="F337" t="s">
-        <v>644</v>
+        <v>839</v>
       </c>
       <c r="G337" t="s">
-        <v>2051</v>
+        <v>1979</v>
       </c>
       <c r="H337" t="s">
-        <v>2052</v>
+        <v>1980</v>
       </c>
       <c r="K337" t="s">
-        <v>2053</v>
+        <v>1981</v>
       </c>
       <c r="L337" t="s">
-        <v>2054</v>
+        <v>1982</v>
       </c>
       <c r="M337" t="s">
-        <v>2055</v>
+        <v>1983</v>
+      </c>
+      <c r="N337">
+        <v>1</v>
+      </c>
+      <c r="O337" t="s">
+        <v>139</v>
       </c>
       <c r="P337" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R337">
         <v>999</v>
       </c>
     </row>
     <row r="338" spans="1:18">
       <c r="A338">
-        <v>732</v>
+        <v>895</v>
       </c>
       <c r="B338" t="s">
-        <v>1197</v>
+        <v>1030</v>
       </c>
       <c r="C338" t="s">
-        <v>1197</v>
+        <v>1030</v>
       </c>
       <c r="E338" t="s">
-        <v>2056</v>
+        <v>1984</v>
       </c>
       <c r="F338" t="s">
-        <v>1225</v>
+        <v>747</v>
       </c>
       <c r="G338" t="s">
-        <v>2057</v>
+        <v>1985</v>
       </c>
       <c r="H338" t="s">
-        <v>2058</v>
+        <v>1986</v>
       </c>
       <c r="K338" t="s">
-        <v>2059</v>
+        <v>1987</v>
       </c>
       <c r="L338" t="s">
-        <v>2060</v>
+        <v>1988</v>
       </c>
       <c r="M338" t="s">
-        <v>2061</v>
+        <v>1989</v>
+      </c>
+      <c r="N338">
+        <v>1</v>
+      </c>
+      <c r="O338" t="s">
+        <v>139</v>
       </c>
       <c r="P338" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R338">
         <v>999</v>
       </c>
     </row>
     <row r="339" spans="1:18">
       <c r="A339">
-        <v>722</v>
+        <v>894</v>
       </c>
       <c r="B339" t="s">
-        <v>2062</v>
+        <v>1990</v>
       </c>
       <c r="C339" t="s">
-        <v>2062</v>
+        <v>1990</v>
       </c>
       <c r="E339" t="s">
-        <v>2063</v>
+        <v>1991</v>
       </c>
       <c r="F339" t="s">
-        <v>1219</v>
+        <v>747</v>
       </c>
       <c r="G339" t="s">
-        <v>2064</v>
+        <v>1992</v>
       </c>
       <c r="H339" t="s">
-        <v>2065</v>
+        <v>1993</v>
       </c>
       <c r="K339" t="s">
-        <v>2066</v>
+        <v>1994</v>
       </c>
       <c r="L339" t="s">
-        <v>2067</v>
+        <v>1995</v>
       </c>
       <c r="M339" t="s">
-        <v>2068</v>
+        <v>1996</v>
+      </c>
+      <c r="N339">
+        <v>1</v>
+      </c>
+      <c r="O339" t="s">
+        <v>139</v>
       </c>
       <c r="P339" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R339">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="340" spans="1:18">
       <c r="A340">
-        <v>702</v>
+        <v>892</v>
       </c>
       <c r="B340" t="s">
-        <v>1211</v>
+        <v>1114</v>
       </c>
       <c r="C340" t="s">
-        <v>1211</v>
+        <v>1114</v>
       </c>
       <c r="E340" t="s">
-        <v>2069</v>
+        <v>1997</v>
       </c>
       <c r="F340" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G340" t="s">
-        <v>2070</v>
+        <v>1998</v>
       </c>
       <c r="H340" t="s">
-        <v>2071</v>
+        <v>1999</v>
       </c>
       <c r="K340" t="s">
-        <v>2072</v>
+        <v>2000</v>
       </c>
       <c r="L340" t="s">
-        <v>2073</v>
+        <v>2001</v>
       </c>
       <c r="M340" t="s">
-        <v>2074</v>
+        <v>2002</v>
+      </c>
+      <c r="N340">
+        <v>1</v>
+      </c>
+      <c r="O340" t="s">
+        <v>139</v>
       </c>
       <c r="P340" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R340">
         <v>999</v>
       </c>
     </row>
     <row r="341" spans="1:18">
       <c r="A341">
-        <v>694</v>
+        <v>890</v>
       </c>
       <c r="B341" t="s">
-        <v>865</v>
+        <v>1163</v>
       </c>
       <c r="C341" t="s">
-        <v>865</v>
+        <v>1163</v>
       </c>
       <c r="E341" t="s">
-        <v>2075</v>
+        <v>2003</v>
       </c>
       <c r="F341" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G341" t="s">
-        <v>2076</v>
+        <v>2004</v>
       </c>
       <c r="H341" t="s">
-        <v>2077</v>
+        <v>2005</v>
       </c>
       <c r="K341" t="s">
-        <v>2078</v>
+        <v>2006</v>
       </c>
       <c r="L341" t="s">
-        <v>2079</v>
+        <v>2007</v>
       </c>
       <c r="M341" t="s">
-        <v>2080</v>
+        <v>2008</v>
       </c>
       <c r="N341">
         <v>1</v>
       </c>
       <c r="O341" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P341" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R341">
         <v>999</v>
       </c>
     </row>
     <row r="342" spans="1:18">
       <c r="A342">
-        <v>25</v>
+        <v>883</v>
       </c>
       <c r="B342" t="s">
-        <v>2081</v>
+        <v>708</v>
       </c>
       <c r="C342" t="s">
-        <v>865</v>
+        <v>708</v>
       </c>
       <c r="E342" t="s">
-        <v>2082</v>
+        <v>2009</v>
       </c>
       <c r="F342" t="s">
-        <v>378</v>
+        <v>747</v>
       </c>
       <c r="G342" t="s">
-        <v>2083</v>
+        <v>2010</v>
       </c>
       <c r="H342" t="s">
-        <v>2084</v>
+        <v>2011</v>
       </c>
       <c r="K342" t="s">
-        <v>2085</v>
+        <v>2012</v>
       </c>
       <c r="L342" t="s">
-        <v>2086</v>
+        <v>2013</v>
       </c>
       <c r="M342" t="s">
-        <v>2087</v>
+        <v>2014</v>
       </c>
       <c r="N342">
         <v>1</v>
       </c>
       <c r="O342" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P342" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R342">
         <v>999</v>
       </c>
     </row>
     <row r="343" spans="1:18">
       <c r="A343">
-        <v>58</v>
+        <v>883</v>
       </c>
       <c r="B343" t="s">
-        <v>1888</v>
+        <v>2015</v>
       </c>
       <c r="C343" t="s">
-        <v>1888</v>
+        <v>2016</v>
+      </c>
+      <c r="D343">
+        <v>0</v>
       </c>
       <c r="E343" t="s">
-        <v>2088</v>
+        <v>2009</v>
       </c>
       <c r="F343" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G343" t="s">
-        <v>2089</v>
+        <v>2010</v>
       </c>
       <c r="H343" t="s">
-        <v>2090</v>
-[...2 lines deleted...]
-        <v>2091</v>
+        <v>2011</v>
       </c>
       <c r="K343" t="s">
-        <v>2092</v>
+        <v>2012</v>
       </c>
       <c r="L343" t="s">
-        <v>2093</v>
+        <v>2013</v>
       </c>
       <c r="M343" t="s">
-        <v>2094</v>
+        <v>2014</v>
       </c>
       <c r="N343">
         <v>1</v>
       </c>
       <c r="O343" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P343" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R343">
         <v>999</v>
       </c>
     </row>
     <row r="344" spans="1:18">
       <c r="A344">
-        <v>61</v>
+        <v>878</v>
       </c>
       <c r="B344" t="s">
-        <v>872</v>
+        <v>830</v>
       </c>
       <c r="C344" t="s">
-        <v>872</v>
+        <v>830</v>
       </c>
       <c r="E344" t="s">
-        <v>2095</v>
+        <v>2017</v>
       </c>
       <c r="F344" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G344" t="s">
-        <v>2096</v>
+        <v>2018</v>
       </c>
       <c r="H344" t="s">
-        <v>2097</v>
-[...2 lines deleted...]
-        <v>2098</v>
+        <v>2019</v>
       </c>
       <c r="K344" t="s">
-        <v>2099</v>
+        <v>2020</v>
       </c>
       <c r="L344" t="s">
-        <v>2100</v>
+        <v>2021</v>
       </c>
       <c r="M344" t="s">
-        <v>2101</v>
+        <v>2022</v>
       </c>
       <c r="N344">
         <v>1</v>
       </c>
       <c r="O344" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P344" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R344">
         <v>999</v>
       </c>
     </row>
     <row r="345" spans="1:18">
       <c r="A345">
-        <v>75</v>
+        <v>873</v>
       </c>
       <c r="B345" t="s">
-        <v>768</v>
+        <v>2023</v>
       </c>
       <c r="C345" t="s">
-        <v>768</v>
+        <v>737</v>
       </c>
       <c r="E345" t="s">
-        <v>2102</v>
+        <v>2024</v>
       </c>
       <c r="F345" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G345" t="s">
-        <v>2103</v>
+        <v>2025</v>
       </c>
       <c r="H345" t="s">
-        <v>2104</v>
-[...2 lines deleted...]
-        <v>2105</v>
+        <v>2026</v>
       </c>
       <c r="K345" t="s">
-        <v>2106</v>
+        <v>159</v>
       </c>
       <c r="L345" t="s">
-        <v>2107</v>
+        <v>2027</v>
       </c>
       <c r="M345" t="s">
-        <v>2108</v>
+        <v>2028</v>
       </c>
       <c r="N345">
         <v>1</v>
       </c>
       <c r="O345" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P345" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R345">
         <v>999</v>
       </c>
     </row>
     <row r="346" spans="1:18">
       <c r="A346">
-        <v>76</v>
+        <v>872</v>
       </c>
       <c r="B346" t="s">
-        <v>2109</v>
+        <v>2029</v>
       </c>
       <c r="C346" t="s">
-        <v>2109</v>
+        <v>517</v>
       </c>
       <c r="E346" t="s">
-        <v>2110</v>
+        <v>2030</v>
       </c>
       <c r="F346" t="s">
-        <v>644</v>
+        <v>496</v>
       </c>
       <c r="G346" t="s">
-        <v>2111</v>
+        <v>2031</v>
       </c>
       <c r="H346" t="s">
-        <v>2112</v>
-[...2 lines deleted...]
-        <v>2113</v>
+        <v>2032</v>
       </c>
       <c r="K346" t="s">
-        <v>2114</v>
+        <v>2033</v>
       </c>
       <c r="L346" t="s">
-        <v>2115</v>
+        <v>2034</v>
       </c>
       <c r="M346" t="s">
-        <v>2116</v>
+        <v>2035</v>
+      </c>
+      <c r="N346">
+        <v>2</v>
+      </c>
+      <c r="O346" t="s">
+        <v>145</v>
       </c>
       <c r="P346" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R346">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="347" spans="1:18">
       <c r="A347">
-        <v>79</v>
+        <v>871</v>
       </c>
       <c r="B347" t="s">
-        <v>2117</v>
+        <v>745</v>
       </c>
       <c r="C347" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>745</v>
       </c>
       <c r="E347" t="s">
-        <v>2118</v>
+        <v>2036</v>
       </c>
       <c r="F347" t="s">
-        <v>644</v>
+        <v>397</v>
       </c>
       <c r="G347" t="s">
-        <v>2119</v>
+        <v>2037</v>
       </c>
       <c r="H347" t="s">
-        <v>2120</v>
-[...2 lines deleted...]
-        <v>2121</v>
+        <v>2038</v>
       </c>
       <c r="K347" t="s">
-        <v>2122</v>
+        <v>2039</v>
       </c>
       <c r="L347" t="s">
-        <v>2123</v>
+        <v>2040</v>
       </c>
       <c r="M347" t="s">
-        <v>2124</v>
+        <v>2041</v>
       </c>
       <c r="N347">
         <v>1</v>
       </c>
       <c r="O347" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P347" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R347">
         <v>999</v>
       </c>
     </row>
     <row r="348" spans="1:18">
       <c r="A348">
-        <v>79</v>
+        <v>870</v>
       </c>
       <c r="B348" t="s">
-        <v>1976</v>
+        <v>745</v>
       </c>
       <c r="C348" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="E348" t="s">
-        <v>2118</v>
+        <v>2042</v>
       </c>
       <c r="F348" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G348" t="s">
-        <v>2119</v>
+        <v>2043</v>
       </c>
       <c r="H348" t="s">
-        <v>2120</v>
-[...2 lines deleted...]
-        <v>2121</v>
+        <v>2044</v>
       </c>
       <c r="K348" t="s">
-        <v>2122</v>
+        <v>2045</v>
       </c>
       <c r="L348" t="s">
-        <v>2123</v>
+        <v>2046</v>
       </c>
       <c r="M348" t="s">
-        <v>2124</v>
+        <v>2047</v>
       </c>
       <c r="N348">
         <v>1</v>
       </c>
       <c r="O348" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P348" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R348">
         <v>999</v>
       </c>
     </row>
     <row r="349" spans="1:18">
       <c r="A349">
-        <v>97</v>
+        <v>868</v>
       </c>
       <c r="B349" t="s">
-        <v>2125</v>
+        <v>2023</v>
       </c>
       <c r="C349" t="s">
-        <v>927</v>
+        <v>737</v>
       </c>
       <c r="E349" t="s">
-        <v>2126</v>
+        <v>2048</v>
       </c>
       <c r="F349" t="s">
-        <v>644</v>
+        <v>747</v>
       </c>
       <c r="G349" t="s">
-        <v>2127</v>
+        <v>2049</v>
       </c>
       <c r="H349" t="s">
-        <v>2128</v>
-[...2 lines deleted...]
-        <v>2129</v>
+        <v>2050</v>
       </c>
       <c r="K349" t="s">
-        <v>2130</v>
+        <v>2051</v>
       </c>
       <c r="L349" t="s">
-        <v>2131</v>
+        <v>2052</v>
       </c>
       <c r="M349" t="s">
-        <v>2132</v>
+        <v>2053</v>
       </c>
       <c r="N349">
         <v>1</v>
       </c>
       <c r="O349" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P349" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R349">
         <v>999</v>
       </c>
     </row>
     <row r="350" spans="1:18">
       <c r="A350">
-        <v>120</v>
+        <v>865</v>
       </c>
       <c r="B350" t="s">
-        <v>2133</v>
+        <v>1880</v>
       </c>
       <c r="C350" t="s">
-        <v>299</v>
+        <v>737</v>
       </c>
       <c r="E350" t="s">
-        <v>2134</v>
+        <v>2054</v>
       </c>
       <c r="F350" t="s">
-        <v>415</v>
+        <v>747</v>
       </c>
       <c r="G350" t="s">
-        <v>2135</v>
+        <v>2055</v>
       </c>
       <c r="H350" t="s">
-        <v>2136</v>
-[...2 lines deleted...]
-        <v>2137</v>
+        <v>2056</v>
       </c>
       <c r="K350" t="s">
-        <v>2138</v>
+        <v>2057</v>
       </c>
       <c r="L350" t="s">
-        <v>2139</v>
+        <v>2058</v>
       </c>
       <c r="M350" t="s">
-        <v>2140</v>
+        <v>2059</v>
       </c>
       <c r="N350">
         <v>1</v>
       </c>
       <c r="O350" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P350" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R350">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="351" spans="1:18">
       <c r="A351">
-        <v>169</v>
+        <v>863</v>
       </c>
       <c r="B351" t="s">
-        <v>2141</v>
+        <v>2023</v>
       </c>
       <c r="C351" t="s">
-        <v>290</v>
+        <v>737</v>
       </c>
       <c r="E351" t="s">
-        <v>2142</v>
+        <v>2060</v>
       </c>
       <c r="F351" t="s">
-        <v>333</v>
+        <v>747</v>
       </c>
       <c r="G351" t="s">
-        <v>2143</v>
+        <v>2061</v>
       </c>
       <c r="H351" t="s">
-        <v>2144</v>
-[...2 lines deleted...]
-        <v>2145</v>
+        <v>2062</v>
       </c>
       <c r="K351" t="s">
-        <v>2146</v>
+        <v>2063</v>
       </c>
       <c r="L351" t="s">
-        <v>2147</v>
+        <v>2064</v>
       </c>
       <c r="M351" t="s">
-        <v>2148</v>
+        <v>2065</v>
       </c>
       <c r="N351">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O351" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="P351" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R351">
         <v>999</v>
       </c>
     </row>
     <row r="352" spans="1:18">
       <c r="A352">
-        <v>171</v>
+        <v>862</v>
       </c>
       <c r="B352" t="s">
-        <v>1124</v>
+        <v>770</v>
       </c>
       <c r="C352" t="s">
-        <v>1124</v>
+        <v>770</v>
       </c>
       <c r="E352" t="s">
-        <v>2149</v>
+        <v>2066</v>
       </c>
       <c r="F352" t="s">
-        <v>1126</v>
+        <v>747</v>
       </c>
       <c r="G352" t="s">
-        <v>2150</v>
+        <v>2067</v>
       </c>
       <c r="H352" t="s">
-        <v>2151</v>
-[...2 lines deleted...]
-        <v>2129</v>
+        <v>2068</v>
       </c>
       <c r="K352" t="s">
-        <v>2152</v>
+        <v>2069</v>
       </c>
       <c r="L352" t="s">
-        <v>2153</v>
+        <v>2070</v>
       </c>
       <c r="M352" t="s">
-        <v>2154</v>
+        <v>2071</v>
+      </c>
+      <c r="N352">
+        <v>1</v>
+      </c>
+      <c r="O352" t="s">
+        <v>139</v>
       </c>
       <c r="P352" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R352">
         <v>999</v>
       </c>
     </row>
     <row r="353" spans="1:18">
       <c r="A353">
-        <v>174</v>
+        <v>860</v>
       </c>
       <c r="B353" t="s">
-        <v>2155</v>
+        <v>770</v>
       </c>
       <c r="C353" t="s">
-        <v>927</v>
+        <v>770</v>
       </c>
       <c r="E353" t="s">
-        <v>2156</v>
+        <v>2072</v>
       </c>
       <c r="F353" t="s">
-        <v>292</v>
+        <v>747</v>
       </c>
       <c r="G353" t="s">
-        <v>2157</v>
+        <v>2073</v>
       </c>
       <c r="H353" t="s">
-        <v>2158</v>
-[...2 lines deleted...]
-        <v>2129</v>
+        <v>2074</v>
       </c>
       <c r="K353" t="s">
-        <v>2159</v>
+        <v>2075</v>
       </c>
       <c r="L353" t="s">
-        <v>2160</v>
+        <v>2076</v>
       </c>
       <c r="M353" t="s">
-        <v>2161</v>
+        <v>2077</v>
       </c>
       <c r="N353">
         <v>1</v>
       </c>
       <c r="O353" t="s">
-        <v>306</v>
+        <v>139</v>
       </c>
       <c r="P353" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R353">
         <v>999</v>
       </c>
     </row>
     <row r="354" spans="1:18">
       <c r="A354">
-        <v>316</v>
+        <v>851</v>
       </c>
       <c r="B354" t="s">
-        <v>2162</v>
+        <v>2078</v>
       </c>
       <c r="C354" t="s">
-        <v>2162</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>871</v>
       </c>
       <c r="E354" t="s">
-        <v>2163</v>
+        <v>2079</v>
+      </c>
+      <c r="F354" t="s">
+        <v>755</v>
       </c>
       <c r="G354" t="s">
-        <v>2164</v>
+        <v>2080</v>
+      </c>
+      <c r="H354" t="s">
+        <v>2081</v>
       </c>
       <c r="K354" t="s">
-        <v>2165</v>
+        <v>2082</v>
       </c>
       <c r="L354" t="s">
-        <v>2166</v>
+        <v>2083</v>
       </c>
       <c r="M354" t="s">
-        <v>2167</v>
+        <v>2084</v>
       </c>
       <c r="N354">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O354" t="s">
-        <v>37</v>
+        <v>139</v>
       </c>
       <c r="P354" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R354">
         <v>999</v>
       </c>
     </row>
     <row r="355" spans="1:18">
       <c r="A355">
-        <v>404</v>
+        <v>838</v>
       </c>
       <c r="B355" t="s">
-        <v>2168</v>
+        <v>1101</v>
       </c>
       <c r="C355" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1101</v>
       </c>
       <c r="E355" t="s">
-        <v>2169</v>
+        <v>2085</v>
+      </c>
+      <c r="F355" t="s">
+        <v>525</v>
       </c>
       <c r="G355" t="s">
-        <v>2170</v>
-[...2 lines deleted...]
-        <v>2171</v>
+        <v>2086</v>
+      </c>
+      <c r="H355" t="s">
+        <v>2087</v>
       </c>
       <c r="K355" t="s">
-        <v>2172</v>
+        <v>2088</v>
       </c>
       <c r="L355" t="s">
-        <v>2173</v>
+        <v>2089</v>
       </c>
       <c r="M355" t="s">
-        <v>2174</v>
+        <v>2090</v>
       </c>
       <c r="N355">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="O355" t="s">
-        <v>515</v>
+        <v>139</v>
       </c>
       <c r="P355" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R355">
         <v>999</v>
       </c>
     </row>
     <row r="356" spans="1:18">
       <c r="A356">
-        <v>404</v>
+        <v>821</v>
       </c>
       <c r="B356" t="s">
-        <v>2175</v>
+        <v>1299</v>
       </c>
       <c r="C356" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1299</v>
       </c>
       <c r="E356" t="s">
-        <v>2169</v>
+        <v>2091</v>
+      </c>
+      <c r="F356" t="s">
+        <v>1333</v>
       </c>
       <c r="G356" t="s">
-        <v>2170</v>
-[...2 lines deleted...]
-        <v>2171</v>
+        <v>2092</v>
+      </c>
+      <c r="H356" t="s">
+        <v>2093</v>
       </c>
       <c r="K356" t="s">
-        <v>2172</v>
+        <v>2094</v>
       </c>
       <c r="L356" t="s">
-        <v>2173</v>
+        <v>2095</v>
       </c>
       <c r="M356" t="s">
-        <v>2174</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>2096</v>
       </c>
       <c r="P356" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R356">
         <v>999</v>
       </c>
     </row>
     <row r="357" spans="1:18">
       <c r="A357">
-        <v>410</v>
+        <v>806</v>
       </c>
       <c r="B357" t="s">
-        <v>2176</v>
+        <v>968</v>
       </c>
       <c r="C357" t="s">
-        <v>2177</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>968</v>
       </c>
       <c r="E357" t="s">
-        <v>2178</v>
+        <v>2097</v>
+      </c>
+      <c r="F357" t="s">
+        <v>747</v>
+      </c>
+      <c r="G357" t="s">
+        <v>2098</v>
       </c>
       <c r="H357" t="s">
-        <v>2179</v>
-[...2 lines deleted...]
-        <v>2180</v>
+        <v>2099</v>
       </c>
       <c r="K357" t="s">
-        <v>2181</v>
+        <v>2100</v>
       </c>
       <c r="L357" t="s">
-        <v>2182</v>
+        <v>2101</v>
       </c>
       <c r="M357" t="s">
-        <v>2183</v>
+        <v>2102</v>
       </c>
       <c r="N357">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="O357" t="s">
-        <v>2184</v>
+        <v>139</v>
       </c>
       <c r="P357" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R357">
-        <v>999</v>
+        <v>3</v>
       </c>
     </row>
     <row r="358" spans="1:18">
       <c r="A358">
-        <v>413</v>
+        <v>804</v>
       </c>
       <c r="B358" t="s">
-        <v>2185</v>
+        <v>1299</v>
       </c>
       <c r="C358" t="s">
-        <v>2186</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1299</v>
       </c>
       <c r="E358" t="s">
-        <v>2187</v>
+        <v>2103</v>
+      </c>
+      <c r="F358" t="s">
+        <v>1321</v>
       </c>
       <c r="G358" t="s">
-        <v>2188</v>
+        <v>2104</v>
       </c>
       <c r="H358" t="s">
-        <v>2189</v>
-[...2 lines deleted...]
-        <v>2180</v>
+        <v>2105</v>
       </c>
       <c r="K358" t="s">
-        <v>2190</v>
+        <v>2106</v>
       </c>
       <c r="L358" t="s">
-        <v>2191</v>
+        <v>2107</v>
       </c>
       <c r="M358" t="s">
-        <v>2192</v>
-[...5 lines deleted...]
-        <v>2184</v>
+        <v>2108</v>
       </c>
       <c r="P358" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R358">
-        <v>999</v>
+        <v>3</v>
       </c>
     </row>
     <row r="359" spans="1:18">
       <c r="A359">
-        <v>435</v>
+        <v>784</v>
       </c>
       <c r="B359" t="s">
-        <v>2193</v>
+        <v>1669</v>
       </c>
       <c r="C359" t="s">
-        <v>2194</v>
+        <v>1669</v>
       </c>
       <c r="D359">
         <v>0</v>
       </c>
       <c r="E359" t="s">
-        <v>2195</v>
+        <v>2109</v>
+      </c>
+      <c r="F359" t="s">
+        <v>1423</v>
+      </c>
+      <c r="G359" t="s">
+        <v>2110</v>
       </c>
       <c r="H359" t="s">
-        <v>2196</v>
-[...2 lines deleted...]
-        <v>2197</v>
+        <v>2111</v>
       </c>
       <c r="K359" t="s">
-        <v>2198</v>
+        <v>2112</v>
       </c>
       <c r="L359" t="s">
-        <v>2199</v>
+        <v>2113</v>
       </c>
       <c r="M359" t="s">
-        <v>2200</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>2114</v>
       </c>
       <c r="P359" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R359">
-        <v>999</v>
+        <v>3</v>
       </c>
     </row>
     <row r="360" spans="1:18">
       <c r="A360">
-        <v>435</v>
+        <v>775</v>
       </c>
       <c r="B360" t="s">
-        <v>2201</v>
+        <v>2115</v>
       </c>
       <c r="C360" t="s">
-        <v>2194</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>517</v>
       </c>
       <c r="E360" t="s">
-        <v>2195</v>
+        <v>2116</v>
+      </c>
+      <c r="F360" t="s">
+        <v>413</v>
+      </c>
+      <c r="G360" t="s">
+        <v>2117</v>
       </c>
       <c r="H360" t="s">
-        <v>2196</v>
-[...2 lines deleted...]
-        <v>2197</v>
+        <v>2118</v>
       </c>
       <c r="K360" t="s">
-        <v>2198</v>
+        <v>2119</v>
       </c>
       <c r="L360" t="s">
-        <v>2199</v>
+        <v>2120</v>
       </c>
       <c r="M360" t="s">
-        <v>2200</v>
+        <v>2121</v>
       </c>
       <c r="N360">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O360" t="s">
-        <v>515</v>
+        <v>145</v>
       </c>
       <c r="P360" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R360">
-        <v>999</v>
+        <v>3</v>
       </c>
     </row>
     <row r="361" spans="1:18">
       <c r="A361">
-        <v>435</v>
+        <v>767</v>
       </c>
       <c r="B361" t="s">
-        <v>1706</v>
+        <v>1451</v>
       </c>
       <c r="C361" t="s">
-        <v>1707</v>
+        <v>1451</v>
       </c>
       <c r="E361" t="s">
-        <v>2195</v>
+        <v>2122</v>
+      </c>
+      <c r="F361" t="s">
+        <v>747</v>
+      </c>
+      <c r="G361" t="s">
+        <v>2123</v>
       </c>
       <c r="H361" t="s">
-        <v>2196</v>
-[...2 lines deleted...]
-        <v>2197</v>
+        <v>2124</v>
       </c>
       <c r="K361" t="s">
-        <v>2198</v>
+        <v>2125</v>
       </c>
       <c r="L361" t="s">
-        <v>2199</v>
+        <v>2126</v>
       </c>
       <c r="M361" t="s">
-        <v>2200</v>
+        <v>2127</v>
       </c>
       <c r="P361" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R361">
         <v>999</v>
       </c>
     </row>
     <row r="362" spans="1:18">
       <c r="A362">
-        <v>452</v>
+        <v>763</v>
       </c>
       <c r="B362" t="s">
-        <v>2202</v>
+        <v>1386</v>
       </c>
       <c r="C362" t="s">
-        <v>2177</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1386</v>
       </c>
       <c r="E362" t="s">
-        <v>2203</v>
+        <v>2128</v>
+      </c>
+      <c r="F362" t="s">
+        <v>1228</v>
       </c>
       <c r="G362" t="s">
-        <v>2204</v>
+        <v>2129</v>
       </c>
       <c r="H362" t="s">
-        <v>2205</v>
-[...2 lines deleted...]
-        <v>2180</v>
+        <v>2130</v>
       </c>
       <c r="K362" t="s">
-        <v>2206</v>
+        <v>2131</v>
       </c>
       <c r="L362" t="s">
-        <v>2207</v>
+        <v>2132</v>
       </c>
       <c r="M362" t="s">
-        <v>2208</v>
-[...5 lines deleted...]
-        <v>2184</v>
+        <v>2133</v>
       </c>
       <c r="P362" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R362">
         <v>999</v>
       </c>
     </row>
     <row r="363" spans="1:18">
       <c r="A363">
-        <v>454</v>
+        <v>760</v>
       </c>
       <c r="B363" t="s">
-        <v>2209</v>
+        <v>1500</v>
       </c>
       <c r="C363" t="s">
-        <v>2209</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1493</v>
       </c>
       <c r="E363" t="s">
-        <v>2210</v>
-[...2 lines deleted...]
-        <v>2211</v>
+        <v>2134</v>
+      </c>
+      <c r="F363" t="s">
+        <v>1644</v>
+      </c>
+      <c r="G363" t="s">
+        <v>2135</v>
+      </c>
+      <c r="H363" t="s">
+        <v>2136</v>
       </c>
       <c r="K363" t="s">
-        <v>2212</v>
+        <v>2137</v>
       </c>
       <c r="L363" t="s">
-        <v>2213</v>
+        <v>2138</v>
       </c>
       <c r="M363" t="s">
-        <v>2214</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>2139</v>
       </c>
       <c r="P363" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R363">
         <v>999</v>
       </c>
     </row>
     <row r="364" spans="1:18">
       <c r="A364">
-        <v>458</v>
+        <v>750</v>
       </c>
       <c r="B364" t="s">
-        <v>2215</v>
+        <v>1374</v>
       </c>
       <c r="C364" t="s">
-        <v>2215</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1374</v>
       </c>
       <c r="E364" t="s">
-        <v>2216</v>
+        <v>2140</v>
+      </c>
+      <c r="F364" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G364" t="s">
+        <v>2141</v>
       </c>
       <c r="H364" t="s">
-        <v>2217</v>
-[...2 lines deleted...]
-        <v>2218</v>
+        <v>2142</v>
       </c>
       <c r="K364" t="s">
-        <v>1961</v>
+        <v>2143</v>
       </c>
       <c r="L364" t="s">
-        <v>2219</v>
+        <v>2144</v>
       </c>
       <c r="M364" t="s">
-        <v>2220</v>
-[...5 lines deleted...]
-        <v>2184</v>
+        <v>2145</v>
       </c>
       <c r="P364" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R364">
         <v>999</v>
       </c>
     </row>
     <row r="365" spans="1:18">
       <c r="A365">
-        <v>464</v>
+        <v>736</v>
       </c>
       <c r="B365" t="s">
-        <v>2202</v>
+        <v>1386</v>
       </c>
       <c r="C365" t="s">
-        <v>2177</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1386</v>
       </c>
       <c r="E365" t="s">
-        <v>2221</v>
+        <v>2146</v>
+      </c>
+      <c r="F365" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G365" t="s">
+        <v>2147</v>
       </c>
       <c r="H365" t="s">
-        <v>2222</v>
-[...2 lines deleted...]
-        <v>2223</v>
+        <v>2148</v>
       </c>
       <c r="K365" t="s">
-        <v>2224</v>
+        <v>2149</v>
       </c>
       <c r="L365" t="s">
-        <v>2225</v>
+        <v>2150</v>
       </c>
       <c r="M365" t="s">
-        <v>2226</v>
-[...5 lines deleted...]
-        <v>2184</v>
+        <v>2151</v>
       </c>
       <c r="P365" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R365">
         <v>999</v>
       </c>
     </row>
     <row r="366" spans="1:18">
       <c r="A366">
-        <v>468</v>
+        <v>734</v>
       </c>
       <c r="B366" t="s">
-        <v>2223</v>
+        <v>1386</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1386</v>
       </c>
       <c r="E366" t="s">
-        <v>2227</v>
+        <v>2152</v>
       </c>
       <c r="F366" t="s">
-        <v>1321</v>
+        <v>747</v>
       </c>
       <c r="G366" t="s">
-        <v>2228</v>
-[...2 lines deleted...]
-        <v>2223</v>
+        <v>2153</v>
+      </c>
+      <c r="H366" t="s">
+        <v>2154</v>
       </c>
       <c r="K366" t="s">
-        <v>2229</v>
+        <v>2155</v>
       </c>
       <c r="L366" t="s">
-        <v>2230</v>
+        <v>2156</v>
       </c>
       <c r="M366" t="s">
-        <v>2231</v>
+        <v>2157</v>
       </c>
       <c r="P366" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R366">
         <v>999</v>
       </c>
     </row>
     <row r="367" spans="1:18">
       <c r="A367">
-        <v>468</v>
+        <v>732</v>
       </c>
       <c r="B367" t="s">
-        <v>2232</v>
+        <v>1299</v>
       </c>
       <c r="C367" t="s">
-        <v>1349</v>
+        <v>1299</v>
       </c>
       <c r="E367" t="s">
-        <v>2227</v>
+        <v>2158</v>
       </c>
       <c r="F367" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="G367" t="s">
-        <v>2228</v>
-[...2 lines deleted...]
-        <v>2223</v>
+        <v>2159</v>
+      </c>
+      <c r="H367" t="s">
+        <v>2160</v>
       </c>
       <c r="K367" t="s">
-        <v>2229</v>
+        <v>2161</v>
       </c>
       <c r="L367" t="s">
-        <v>2230</v>
+        <v>2162</v>
       </c>
       <c r="M367" t="s">
-        <v>2231</v>
+        <v>2163</v>
       </c>
       <c r="P367" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R367">
         <v>999</v>
       </c>
     </row>
     <row r="368" spans="1:18">
       <c r="A368">
-        <v>494</v>
+        <v>722</v>
       </c>
       <c r="B368" t="s">
-        <v>2233</v>
+        <v>2164</v>
       </c>
       <c r="C368" t="s">
-        <v>1733</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2164</v>
       </c>
       <c r="E368" t="s">
-        <v>2234</v>
-[...2 lines deleted...]
-        <v>2235</v>
+        <v>2165</v>
+      </c>
+      <c r="F368" t="s">
+        <v>1321</v>
+      </c>
+      <c r="G368" t="s">
+        <v>2166</v>
+      </c>
+      <c r="H368" t="s">
+        <v>2167</v>
       </c>
       <c r="K368" t="s">
-        <v>2236</v>
+        <v>2168</v>
       </c>
       <c r="L368" t="s">
-        <v>2237</v>
+        <v>2169</v>
       </c>
       <c r="M368" t="s">
-        <v>2238</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>2170</v>
       </c>
       <c r="P368" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R368">
         <v>3</v>
       </c>
     </row>
     <row r="369" spans="1:18">
       <c r="A369">
-        <v>494</v>
+        <v>702</v>
       </c>
       <c r="B369" t="s">
-        <v>2235</v>
+        <v>1313</v>
       </c>
       <c r="C369" t="s">
-        <v>1733</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1313</v>
       </c>
       <c r="E369" t="s">
-        <v>2234</v>
-[...2 lines deleted...]
-        <v>2235</v>
+        <v>2171</v>
+      </c>
+      <c r="F369" t="s">
+        <v>747</v>
+      </c>
+      <c r="G369" t="s">
+        <v>2172</v>
+      </c>
+      <c r="H369" t="s">
+        <v>2173</v>
       </c>
       <c r="K369" t="s">
-        <v>2236</v>
+        <v>2174</v>
       </c>
       <c r="L369" t="s">
-        <v>2237</v>
+        <v>2175</v>
       </c>
       <c r="M369" t="s">
-        <v>2238</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>2176</v>
       </c>
       <c r="P369" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R369">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="370" spans="1:18">
       <c r="A370">
-        <v>498</v>
+        <v>694</v>
       </c>
       <c r="B370" t="s">
-        <v>2239</v>
+        <v>968</v>
       </c>
       <c r="C370" t="s">
-        <v>1733</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>968</v>
       </c>
       <c r="E370" t="s">
-        <v>2240</v>
+        <v>2177</v>
+      </c>
+      <c r="F370" t="s">
+        <v>747</v>
+      </c>
+      <c r="G370" t="s">
+        <v>2178</v>
       </c>
       <c r="H370" t="s">
-        <v>2241</v>
-[...2 lines deleted...]
-        <v>2242</v>
+        <v>2179</v>
       </c>
       <c r="K370" t="s">
-        <v>2243</v>
+        <v>2180</v>
       </c>
       <c r="L370" t="s">
-        <v>2244</v>
+        <v>2181</v>
       </c>
       <c r="M370" t="s">
-        <v>2245</v>
+        <v>2182</v>
       </c>
       <c r="N370">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O370" t="s">
-        <v>37</v>
+        <v>139</v>
       </c>
       <c r="P370" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R370">
         <v>999</v>
       </c>
     </row>
     <row r="371" spans="1:18">
       <c r="A371">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="B371" t="s">
-        <v>2242</v>
+        <v>2183</v>
       </c>
       <c r="C371" t="s">
-        <v>1733</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>968</v>
       </c>
       <c r="E371" t="s">
-        <v>2246</v>
-[...2 lines deleted...]
-        <v>2242</v>
+        <v>2184</v>
+      </c>
+      <c r="F371" t="s">
+        <v>482</v>
+      </c>
+      <c r="G371" t="s">
+        <v>2185</v>
+      </c>
+      <c r="H371" t="s">
+        <v>2186</v>
       </c>
       <c r="K371" t="s">
-        <v>2247</v>
+        <v>2187</v>
       </c>
       <c r="L371" t="s">
-        <v>2248</v>
+        <v>2188</v>
       </c>
       <c r="M371" t="s">
-        <v>2249</v>
+        <v>2189</v>
       </c>
       <c r="N371">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O371" t="s">
-        <v>37</v>
+        <v>139</v>
       </c>
       <c r="P371" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R371">
         <v>999</v>
       </c>
     </row>
     <row r="372" spans="1:18">
       <c r="A372">
-        <v>506</v>
+        <v>58</v>
       </c>
       <c r="B372" t="s">
-        <v>2250</v>
+        <v>1990</v>
       </c>
       <c r="C372" t="s">
-        <v>1733</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1990</v>
       </c>
       <c r="E372" t="s">
-        <v>2251</v>
+        <v>2190</v>
+      </c>
+      <c r="F372" t="s">
+        <v>747</v>
+      </c>
+      <c r="G372" t="s">
+        <v>2191</v>
       </c>
       <c r="H372" t="s">
-        <v>2252</v>
+        <v>2192</v>
       </c>
       <c r="J372" t="s">
-        <v>2250</v>
+        <v>2193</v>
       </c>
       <c r="K372" t="s">
-        <v>2253</v>
+        <v>2194</v>
       </c>
       <c r="L372" t="s">
-        <v>2254</v>
+        <v>2195</v>
       </c>
       <c r="M372" t="s">
-        <v>2255</v>
+        <v>2196</v>
       </c>
       <c r="N372">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O372" t="s">
-        <v>37</v>
+        <v>139</v>
       </c>
       <c r="P372" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R372">
         <v>999</v>
       </c>
     </row>
     <row r="373" spans="1:18">
       <c r="A373">
-        <v>508</v>
+        <v>61</v>
       </c>
       <c r="B373" t="s">
-        <v>2239</v>
+        <v>975</v>
       </c>
       <c r="C373" t="s">
-        <v>1733</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>975</v>
       </c>
       <c r="E373" t="s">
-        <v>2256</v>
+        <v>2197</v>
+      </c>
+      <c r="F373" t="s">
+        <v>747</v>
+      </c>
+      <c r="G373" t="s">
+        <v>2198</v>
+      </c>
+      <c r="H373" t="s">
+        <v>2199</v>
       </c>
       <c r="J373" t="s">
-        <v>2257</v>
+        <v>2200</v>
       </c>
       <c r="K373" t="s">
-        <v>2258</v>
+        <v>2201</v>
       </c>
       <c r="L373" t="s">
-        <v>2259</v>
+        <v>2202</v>
       </c>
       <c r="M373" t="s">
-        <v>2260</v>
+        <v>2203</v>
       </c>
       <c r="N373">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O373" t="s">
-        <v>37</v>
+        <v>139</v>
       </c>
       <c r="P373" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R373">
         <v>999</v>
       </c>
     </row>
     <row r="374" spans="1:18">
       <c r="A374">
-        <v>508</v>
+        <v>75</v>
       </c>
       <c r="B374" t="s">
-        <v>2257</v>
+        <v>871</v>
       </c>
       <c r="C374" t="s">
-        <v>1733</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>871</v>
       </c>
       <c r="E374" t="s">
-        <v>2256</v>
+        <v>2204</v>
+      </c>
+      <c r="F374" t="s">
+        <v>747</v>
+      </c>
+      <c r="G374" t="s">
+        <v>2205</v>
+      </c>
+      <c r="H374" t="s">
+        <v>2206</v>
       </c>
       <c r="J374" t="s">
-        <v>2257</v>
+        <v>2207</v>
       </c>
       <c r="K374" t="s">
-        <v>2258</v>
+        <v>2208</v>
       </c>
       <c r="L374" t="s">
-        <v>2259</v>
+        <v>2209</v>
       </c>
       <c r="M374" t="s">
-        <v>2260</v>
+        <v>2210</v>
       </c>
       <c r="N374">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O374" t="s">
-        <v>37</v>
+        <v>139</v>
       </c>
       <c r="P374" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R374">
         <v>999</v>
       </c>
     </row>
     <row r="375" spans="1:18">
       <c r="A375">
-        <v>512</v>
+        <v>76</v>
       </c>
       <c r="B375" t="s">
-        <v>1732</v>
+        <v>2211</v>
       </c>
       <c r="C375" t="s">
-        <v>1733</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2211</v>
       </c>
       <c r="E375" t="s">
-        <v>2261</v>
+        <v>2212</v>
+      </c>
+      <c r="F375" t="s">
+        <v>747</v>
       </c>
       <c r="G375" t="s">
-        <v>2262</v>
+        <v>2213</v>
       </c>
       <c r="H375" t="s">
-        <v>2263</v>
+        <v>2214</v>
       </c>
       <c r="J375" t="s">
-        <v>2235</v>
+        <v>2215</v>
       </c>
       <c r="K375" t="s">
-        <v>2264</v>
+        <v>2216</v>
       </c>
       <c r="L375" t="s">
-        <v>2265</v>
+        <v>2217</v>
       </c>
       <c r="M375" t="s">
-        <v>2266</v>
-[...1 lines deleted...]
-      <c r="N375">
+        <v>2218</v>
+      </c>
+      <c r="P375" t="s">
+        <v>33</v>
+      </c>
+      <c r="R375">
         <v>3</v>
-      </c>
-[...7 lines deleted...]
-        <v>999</v>
       </c>
     </row>
     <row r="376" spans="1:18">
       <c r="A376">
-        <v>574</v>
+        <v>79</v>
       </c>
       <c r="B376" t="s">
-        <v>2267</v>
+        <v>2219</v>
+      </c>
+      <c r="C376" t="s">
+        <v>968</v>
+      </c>
+      <c r="D376">
+        <v>0</v>
       </c>
       <c r="E376" t="s">
-        <v>2268</v>
+        <v>2220</v>
       </c>
       <c r="F376" t="s">
-        <v>512</v>
+        <v>747</v>
+      </c>
+      <c r="G376" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H376" t="s">
+        <v>2222</v>
       </c>
       <c r="J376" t="s">
-        <v>2267</v>
+        <v>2223</v>
       </c>
       <c r="K376" t="s">
-        <v>2269</v>
+        <v>2224</v>
       </c>
       <c r="L376" t="s">
-        <v>2270</v>
+        <v>2225</v>
       </c>
       <c r="M376" t="s">
-        <v>2271</v>
+        <v>2226</v>
+      </c>
+      <c r="N376">
+        <v>1</v>
+      </c>
+      <c r="O376" t="s">
+        <v>139</v>
       </c>
       <c r="P376" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R376">
         <v>999</v>
       </c>
     </row>
     <row r="377" spans="1:18">
       <c r="A377">
-        <v>574</v>
+        <v>79</v>
       </c>
       <c r="B377" t="s">
-        <v>2272</v>
+        <v>2078</v>
       </c>
       <c r="C377" t="s">
-        <v>2273</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>871</v>
       </c>
       <c r="E377" t="s">
-        <v>2268</v>
+        <v>2220</v>
       </c>
       <c r="F377" t="s">
-        <v>512</v>
+        <v>747</v>
+      </c>
+      <c r="G377" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H377" t="s">
+        <v>2222</v>
       </c>
       <c r="J377" t="s">
-        <v>2267</v>
+        <v>2223</v>
       </c>
       <c r="K377" t="s">
-        <v>2269</v>
+        <v>2224</v>
       </c>
       <c r="L377" t="s">
-        <v>2270</v>
+        <v>2225</v>
       </c>
       <c r="M377" t="s">
-        <v>2271</v>
+        <v>2226</v>
       </c>
       <c r="N377">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="O377" t="s">
-        <v>2184</v>
+        <v>139</v>
       </c>
       <c r="P377" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R377">
         <v>999</v>
       </c>
     </row>
     <row r="378" spans="1:18">
       <c r="A378">
-        <v>577</v>
+        <v>97</v>
       </c>
       <c r="B378" t="s">
-        <v>2274</v>
+        <v>2227</v>
       </c>
       <c r="C378" t="s">
-        <v>2273</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1030</v>
       </c>
       <c r="E378" t="s">
-        <v>2275</v>
+        <v>2228</v>
+      </c>
+      <c r="F378" t="s">
+        <v>747</v>
       </c>
       <c r="G378" t="s">
-        <v>2276</v>
+        <v>2229</v>
       </c>
       <c r="H378" t="s">
-        <v>2277</v>
+        <v>2230</v>
       </c>
       <c r="J378" t="s">
-        <v>2267</v>
+        <v>2231</v>
       </c>
       <c r="K378" t="s">
-        <v>2278</v>
+        <v>2232</v>
       </c>
       <c r="L378" t="s">
-        <v>2213</v>
+        <v>2233</v>
       </c>
       <c r="M378" t="s">
-        <v>2279</v>
+        <v>2234</v>
       </c>
       <c r="N378">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="O378" t="s">
-        <v>2184</v>
+        <v>139</v>
       </c>
       <c r="P378" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R378">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="379" spans="1:18">
       <c r="A379">
-        <v>580</v>
+        <v>120</v>
       </c>
       <c r="B379" t="s">
-        <v>2280</v>
+        <v>2235</v>
       </c>
       <c r="C379" t="s">
-        <v>2273</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>404</v>
       </c>
       <c r="E379" t="s">
-        <v>2281</v>
+        <v>2236</v>
+      </c>
+      <c r="F379" t="s">
+        <v>519</v>
+      </c>
+      <c r="G379" t="s">
+        <v>2237</v>
+      </c>
+      <c r="H379" t="s">
+        <v>2238</v>
       </c>
       <c r="J379" t="s">
-        <v>2267</v>
+        <v>2239</v>
       </c>
       <c r="K379" t="s">
-        <v>2282</v>
+        <v>2240</v>
       </c>
       <c r="L379" t="s">
-        <v>2283</v>
+        <v>2241</v>
       </c>
       <c r="M379" t="s">
-        <v>2284</v>
+        <v>2242</v>
       </c>
       <c r="N379">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="O379" t="s">
-        <v>2184</v>
+        <v>139</v>
       </c>
       <c r="P379" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R379">
         <v>3</v>
       </c>
     </row>
     <row r="380" spans="1:18">
       <c r="A380">
-        <v>582</v>
+        <v>169</v>
       </c>
       <c r="B380" t="s">
-        <v>2274</v>
+        <v>2243</v>
       </c>
       <c r="C380" t="s">
-        <v>2273</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>395</v>
       </c>
       <c r="E380" t="s">
-        <v>2285</v>
+        <v>2244</v>
+      </c>
+      <c r="F380" t="s">
+        <v>437</v>
       </c>
       <c r="G380" t="s">
-        <v>2286</v>
+        <v>2245</v>
+      </c>
+      <c r="H380" t="s">
+        <v>2246</v>
       </c>
       <c r="J380" t="s">
-        <v>2267</v>
+        <v>2247</v>
       </c>
       <c r="K380" t="s">
-        <v>2287</v>
+        <v>2248</v>
       </c>
       <c r="L380" t="s">
-        <v>2288</v>
+        <v>2249</v>
       </c>
       <c r="M380" t="s">
-        <v>2289</v>
+        <v>2250</v>
       </c>
       <c r="N380">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="O380" t="s">
-        <v>2184</v>
+        <v>145</v>
       </c>
       <c r="P380" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R380">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="381" spans="1:18">
       <c r="A381">
-        <v>587</v>
+        <v>171</v>
       </c>
       <c r="B381" t="s">
-        <v>2274</v>
+        <v>1226</v>
       </c>
       <c r="C381" t="s">
-        <v>2273</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1226</v>
       </c>
       <c r="E381" t="s">
-        <v>2290</v>
+        <v>2251</v>
+      </c>
+      <c r="F381" t="s">
+        <v>1228</v>
       </c>
       <c r="G381" t="s">
-        <v>2291</v>
+        <v>2252</v>
+      </c>
+      <c r="H381" t="s">
+        <v>2253</v>
       </c>
       <c r="J381" t="s">
-        <v>2292</v>
+        <v>2231</v>
       </c>
       <c r="K381" t="s">
-        <v>2293</v>
+        <v>2254</v>
       </c>
       <c r="L381" t="s">
-        <v>2294</v>
+        <v>2255</v>
       </c>
       <c r="M381" t="s">
-        <v>2295</v>
-[...5 lines deleted...]
-        <v>2184</v>
+        <v>2256</v>
       </c>
       <c r="P381" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R381">
-        <v>3</v>
+        <v>999</v>
       </c>
     </row>
     <row r="382" spans="1:18">
       <c r="A382">
+        <v>174</v>
+      </c>
+      <c r="B382" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E382" t="s">
+        <v>2258</v>
+      </c>
+      <c r="F382" t="s">
+        <v>397</v>
+      </c>
+      <c r="G382" t="s">
+        <v>2259</v>
+      </c>
+      <c r="H382" t="s">
+        <v>2260</v>
+      </c>
+      <c r="J382" t="s">
+        <v>2231</v>
+      </c>
+      <c r="K382" t="s">
+        <v>2261</v>
+      </c>
+      <c r="L382" t="s">
+        <v>2262</v>
+      </c>
+      <c r="M382" t="s">
+        <v>2263</v>
+      </c>
+      <c r="N382">
+        <v>1</v>
+      </c>
+      <c r="O382" t="s">
+        <v>139</v>
+      </c>
+      <c r="P382" t="s">
+        <v>33</v>
+      </c>
+      <c r="R382">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="383" spans="1:18">
+      <c r="A383">
+        <v>316</v>
+      </c>
+      <c r="B383" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C383" t="s">
+        <v>2264</v>
+      </c>
+      <c r="D383">
+        <v>0</v>
+      </c>
+      <c r="E383" t="s">
+        <v>2265</v>
+      </c>
+      <c r="G383" t="s">
+        <v>2266</v>
+      </c>
+      <c r="K383" t="s">
+        <v>2267</v>
+      </c>
+      <c r="L383" t="s">
+        <v>2268</v>
+      </c>
+      <c r="M383" t="s">
+        <v>2269</v>
+      </c>
+      <c r="N383">
+        <v>3</v>
+      </c>
+      <c r="O383" t="s">
+        <v>32</v>
+      </c>
+      <c r="P383" t="s">
+        <v>33</v>
+      </c>
+      <c r="R383">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="384" spans="1:18">
+      <c r="A384">
+        <v>404</v>
+      </c>
+      <c r="B384" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C384" t="s">
+        <v>625</v>
+      </c>
+      <c r="D384">
+        <v>0</v>
+      </c>
+      <c r="E384" t="s">
+        <v>2271</v>
+      </c>
+      <c r="G384" t="s">
+        <v>2272</v>
+      </c>
+      <c r="J384" t="s">
+        <v>2273</v>
+      </c>
+      <c r="K384" t="s">
+        <v>2274</v>
+      </c>
+      <c r="L384" t="s">
+        <v>2275</v>
+      </c>
+      <c r="M384" t="s">
+        <v>2276</v>
+      </c>
+      <c r="N384">
+        <v>4</v>
+      </c>
+      <c r="O384" t="s">
+        <v>102</v>
+      </c>
+      <c r="P384" t="s">
+        <v>33</v>
+      </c>
+      <c r="R384">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="385" spans="1:18">
+      <c r="A385">
+        <v>404</v>
+      </c>
+      <c r="B385" t="s">
+        <v>2277</v>
+      </c>
+      <c r="C385" t="s">
+        <v>625</v>
+      </c>
+      <c r="D385">
+        <v>0</v>
+      </c>
+      <c r="E385" t="s">
+        <v>2271</v>
+      </c>
+      <c r="G385" t="s">
+        <v>2272</v>
+      </c>
+      <c r="J385" t="s">
+        <v>2273</v>
+      </c>
+      <c r="K385" t="s">
+        <v>2274</v>
+      </c>
+      <c r="L385" t="s">
+        <v>2275</v>
+      </c>
+      <c r="M385" t="s">
+        <v>2276</v>
+      </c>
+      <c r="N385">
+        <v>4</v>
+      </c>
+      <c r="O385" t="s">
+        <v>102</v>
+      </c>
+      <c r="P385" t="s">
+        <v>33</v>
+      </c>
+      <c r="R385">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="386" spans="1:18">
+      <c r="A386">
+        <v>410</v>
+      </c>
+      <c r="B386" t="s">
+        <v>2278</v>
+      </c>
+      <c r="C386" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D386">
+        <v>0</v>
+      </c>
+      <c r="E386" t="s">
+        <v>2280</v>
+      </c>
+      <c r="H386" t="s">
+        <v>2281</v>
+      </c>
+      <c r="J386" t="s">
+        <v>2282</v>
+      </c>
+      <c r="K386" t="s">
+        <v>2283</v>
+      </c>
+      <c r="L386" t="s">
+        <v>2284</v>
+      </c>
+      <c r="M386" t="s">
+        <v>2285</v>
+      </c>
+      <c r="N386">
+        <v>5</v>
+      </c>
+      <c r="O386" t="s">
+        <v>115</v>
+      </c>
+      <c r="P386" t="s">
+        <v>33</v>
+      </c>
+      <c r="R386">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="387" spans="1:18">
+      <c r="A387">
+        <v>413</v>
+      </c>
+      <c r="B387" t="s">
+        <v>2286</v>
+      </c>
+      <c r="C387" t="s">
+        <v>2287</v>
+      </c>
+      <c r="D387">
+        <v>0</v>
+      </c>
+      <c r="E387" t="s">
+        <v>2288</v>
+      </c>
+      <c r="G387" t="s">
+        <v>2289</v>
+      </c>
+      <c r="H387" t="s">
+        <v>2290</v>
+      </c>
+      <c r="J387" t="s">
+        <v>2282</v>
+      </c>
+      <c r="K387" t="s">
+        <v>2291</v>
+      </c>
+      <c r="L387" t="s">
+        <v>2292</v>
+      </c>
+      <c r="M387" t="s">
+        <v>2293</v>
+      </c>
+      <c r="N387">
+        <v>5</v>
+      </c>
+      <c r="O387" t="s">
+        <v>115</v>
+      </c>
+      <c r="P387" t="s">
+        <v>33</v>
+      </c>
+      <c r="R387">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="388" spans="1:18">
+      <c r="A388">
+        <v>435</v>
+      </c>
+      <c r="B388" t="s">
+        <v>2294</v>
+      </c>
+      <c r="C388" t="s">
+        <v>2295</v>
+      </c>
+      <c r="D388">
+        <v>0</v>
+      </c>
+      <c r="E388" t="s">
+        <v>2296</v>
+      </c>
+      <c r="H388" t="s">
+        <v>2297</v>
+      </c>
+      <c r="J388" t="s">
+        <v>2298</v>
+      </c>
+      <c r="K388" t="s">
+        <v>2299</v>
+      </c>
+      <c r="L388" t="s">
+        <v>2300</v>
+      </c>
+      <c r="M388" t="s">
+        <v>2301</v>
+      </c>
+      <c r="N388">
+        <v>4</v>
+      </c>
+      <c r="O388" t="s">
+        <v>102</v>
+      </c>
+      <c r="P388" t="s">
+        <v>33</v>
+      </c>
+      <c r="R388">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="389" spans="1:18">
+      <c r="A389">
+        <v>435</v>
+      </c>
+      <c r="B389" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C389" t="s">
+        <v>2295</v>
+      </c>
+      <c r="D389">
+        <v>0</v>
+      </c>
+      <c r="E389" t="s">
+        <v>2296</v>
+      </c>
+      <c r="H389" t="s">
+        <v>2297</v>
+      </c>
+      <c r="J389" t="s">
+        <v>2298</v>
+      </c>
+      <c r="K389" t="s">
+        <v>2299</v>
+      </c>
+      <c r="L389" t="s">
+        <v>2300</v>
+      </c>
+      <c r="M389" t="s">
+        <v>2301</v>
+      </c>
+      <c r="N389">
+        <v>4</v>
+      </c>
+      <c r="O389" t="s">
+        <v>102</v>
+      </c>
+      <c r="P389" t="s">
+        <v>33</v>
+      </c>
+      <c r="R389">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="390" spans="1:18">
+      <c r="A390">
+        <v>435</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1809</v>
+      </c>
+      <c r="E390" t="s">
+        <v>2296</v>
+      </c>
+      <c r="H390" t="s">
+        <v>2297</v>
+      </c>
+      <c r="J390" t="s">
+        <v>2298</v>
+      </c>
+      <c r="K390" t="s">
+        <v>2299</v>
+      </c>
+      <c r="L390" t="s">
+        <v>2300</v>
+      </c>
+      <c r="M390" t="s">
+        <v>2301</v>
+      </c>
+      <c r="P390" t="s">
+        <v>33</v>
+      </c>
+      <c r="R390">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="391" spans="1:18">
+      <c r="A391">
+        <v>452</v>
+      </c>
+      <c r="B391" t="s">
+        <v>2303</v>
+      </c>
+      <c r="C391" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D391">
+        <v>0</v>
+      </c>
+      <c r="E391" t="s">
+        <v>2304</v>
+      </c>
+      <c r="G391" t="s">
+        <v>2305</v>
+      </c>
+      <c r="H391" t="s">
+        <v>2306</v>
+      </c>
+      <c r="J391" t="s">
+        <v>2282</v>
+      </c>
+      <c r="K391" t="s">
+        <v>2307</v>
+      </c>
+      <c r="L391" t="s">
+        <v>2308</v>
+      </c>
+      <c r="M391" t="s">
+        <v>2309</v>
+      </c>
+      <c r="N391">
+        <v>5</v>
+      </c>
+      <c r="O391" t="s">
+        <v>115</v>
+      </c>
+      <c r="P391" t="s">
+        <v>33</v>
+      </c>
+      <c r="R391">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="392" spans="1:18">
+      <c r="A392">
+        <v>454</v>
+      </c>
+      <c r="B392" t="s">
+        <v>2310</v>
+      </c>
+      <c r="C392" t="s">
+        <v>2310</v>
+      </c>
+      <c r="D392">
+        <v>0</v>
+      </c>
+      <c r="E392" t="s">
+        <v>2311</v>
+      </c>
+      <c r="J392" t="s">
+        <v>2312</v>
+      </c>
+      <c r="K392" t="s">
+        <v>2313</v>
+      </c>
+      <c r="L392" t="s">
+        <v>2314</v>
+      </c>
+      <c r="M392" t="s">
+        <v>2315</v>
+      </c>
+      <c r="N392">
+        <v>4</v>
+      </c>
+      <c r="O392" t="s">
+        <v>102</v>
+      </c>
+      <c r="P392" t="s">
+        <v>33</v>
+      </c>
+      <c r="R392">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="393" spans="1:18">
+      <c r="A393">
+        <v>458</v>
+      </c>
+      <c r="B393" t="s">
+        <v>2316</v>
+      </c>
+      <c r="C393" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D393">
+        <v>0</v>
+      </c>
+      <c r="E393" t="s">
+        <v>2317</v>
+      </c>
+      <c r="H393" t="s">
+        <v>2318</v>
+      </c>
+      <c r="J393" t="s">
+        <v>2319</v>
+      </c>
+      <c r="K393" t="s">
+        <v>2063</v>
+      </c>
+      <c r="L393" t="s">
+        <v>2320</v>
+      </c>
+      <c r="M393" t="s">
+        <v>2321</v>
+      </c>
+      <c r="N393">
+        <v>5</v>
+      </c>
+      <c r="O393" t="s">
+        <v>115</v>
+      </c>
+      <c r="P393" t="s">
+        <v>33</v>
+      </c>
+      <c r="R393">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="394" spans="1:18">
+      <c r="A394">
+        <v>464</v>
+      </c>
+      <c r="B394" t="s">
+        <v>2303</v>
+      </c>
+      <c r="C394" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D394">
+        <v>0</v>
+      </c>
+      <c r="E394" t="s">
+        <v>2322</v>
+      </c>
+      <c r="H394" t="s">
+        <v>2323</v>
+      </c>
+      <c r="J394" t="s">
+        <v>2324</v>
+      </c>
+      <c r="K394" t="s">
+        <v>2325</v>
+      </c>
+      <c r="L394" t="s">
+        <v>2326</v>
+      </c>
+      <c r="M394" t="s">
+        <v>2327</v>
+      </c>
+      <c r="N394">
+        <v>5</v>
+      </c>
+      <c r="O394" t="s">
+        <v>115</v>
+      </c>
+      <c r="P394" t="s">
+        <v>33</v>
+      </c>
+      <c r="R394">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="395" spans="1:18">
+      <c r="A395">
+        <v>468</v>
+      </c>
+      <c r="B395" t="s">
+        <v>2324</v>
+      </c>
+      <c r="E395" t="s">
+        <v>2328</v>
+      </c>
+      <c r="F395" t="s">
+        <v>1423</v>
+      </c>
+      <c r="G395" t="s">
+        <v>2329</v>
+      </c>
+      <c r="J395" t="s">
+        <v>2324</v>
+      </c>
+      <c r="K395" t="s">
+        <v>2330</v>
+      </c>
+      <c r="L395" t="s">
+        <v>2331</v>
+      </c>
+      <c r="M395" t="s">
+        <v>2332</v>
+      </c>
+      <c r="P395" t="s">
+        <v>33</v>
+      </c>
+      <c r="R395">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="396" spans="1:18">
+      <c r="A396">
+        <v>468</v>
+      </c>
+      <c r="B396" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E396" t="s">
+        <v>2328</v>
+      </c>
+      <c r="F396" t="s">
+        <v>1423</v>
+      </c>
+      <c r="G396" t="s">
+        <v>2329</v>
+      </c>
+      <c r="J396" t="s">
+        <v>2324</v>
+      </c>
+      <c r="K396" t="s">
+        <v>2330</v>
+      </c>
+      <c r="L396" t="s">
+        <v>2331</v>
+      </c>
+      <c r="M396" t="s">
+        <v>2332</v>
+      </c>
+      <c r="P396" t="s">
+        <v>33</v>
+      </c>
+      <c r="R396">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="397" spans="1:18">
+      <c r="A397">
+        <v>494</v>
+      </c>
+      <c r="B397" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D397">
+        <v>0</v>
+      </c>
+      <c r="E397" t="s">
+        <v>2335</v>
+      </c>
+      <c r="J397" t="s">
+        <v>2336</v>
+      </c>
+      <c r="K397" t="s">
+        <v>2337</v>
+      </c>
+      <c r="L397" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M397" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N397">
+        <v>3</v>
+      </c>
+      <c r="O397" t="s">
+        <v>32</v>
+      </c>
+      <c r="P397" t="s">
+        <v>33</v>
+      </c>
+      <c r="R397">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="398" spans="1:18">
+      <c r="A398">
+        <v>494</v>
+      </c>
+      <c r="B398" t="s">
+        <v>2336</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D398">
+        <v>0</v>
+      </c>
+      <c r="E398" t="s">
+        <v>2335</v>
+      </c>
+      <c r="J398" t="s">
+        <v>2336</v>
+      </c>
+      <c r="K398" t="s">
+        <v>2337</v>
+      </c>
+      <c r="L398" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M398" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N398">
+        <v>3</v>
+      </c>
+      <c r="O398" t="s">
+        <v>32</v>
+      </c>
+      <c r="P398" t="s">
+        <v>33</v>
+      </c>
+      <c r="R398">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="399" spans="1:18">
+      <c r="A399">
+        <v>498</v>
+      </c>
+      <c r="B399" t="s">
+        <v>2340</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D399">
+        <v>0</v>
+      </c>
+      <c r="E399" t="s">
+        <v>2341</v>
+      </c>
+      <c r="H399" t="s">
+        <v>2342</v>
+      </c>
+      <c r="J399" t="s">
+        <v>2343</v>
+      </c>
+      <c r="K399" t="s">
+        <v>2344</v>
+      </c>
+      <c r="L399" t="s">
+        <v>2345</v>
+      </c>
+      <c r="M399" t="s">
+        <v>2346</v>
+      </c>
+      <c r="N399">
+        <v>3</v>
+      </c>
+      <c r="O399" t="s">
+        <v>32</v>
+      </c>
+      <c r="P399" t="s">
+        <v>33</v>
+      </c>
+      <c r="R399">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="400" spans="1:18">
+      <c r="A400">
+        <v>500</v>
+      </c>
+      <c r="B400" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D400">
+        <v>0</v>
+      </c>
+      <c r="E400" t="s">
+        <v>2347</v>
+      </c>
+      <c r="J400" t="s">
+        <v>2343</v>
+      </c>
+      <c r="K400" t="s">
+        <v>2348</v>
+      </c>
+      <c r="L400" t="s">
+        <v>2349</v>
+      </c>
+      <c r="M400" t="s">
+        <v>2350</v>
+      </c>
+      <c r="N400">
+        <v>3</v>
+      </c>
+      <c r="O400" t="s">
+        <v>32</v>
+      </c>
+      <c r="P400" t="s">
+        <v>33</v>
+      </c>
+      <c r="R400">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="401" spans="1:18">
+      <c r="A401">
+        <v>506</v>
+      </c>
+      <c r="B401" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D401">
+        <v>0</v>
+      </c>
+      <c r="E401" t="s">
+        <v>2352</v>
+      </c>
+      <c r="H401" t="s">
+        <v>2353</v>
+      </c>
+      <c r="J401" t="s">
+        <v>2351</v>
+      </c>
+      <c r="K401" t="s">
+        <v>2354</v>
+      </c>
+      <c r="L401" t="s">
+        <v>2355</v>
+      </c>
+      <c r="M401" t="s">
+        <v>2356</v>
+      </c>
+      <c r="N401">
+        <v>3</v>
+      </c>
+      <c r="O401" t="s">
+        <v>32</v>
+      </c>
+      <c r="P401" t="s">
+        <v>33</v>
+      </c>
+      <c r="R401">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="402" spans="1:18">
+      <c r="A402">
+        <v>508</v>
+      </c>
+      <c r="B402" t="s">
+        <v>2340</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D402">
+        <v>0</v>
+      </c>
+      <c r="E402" t="s">
+        <v>2357</v>
+      </c>
+      <c r="J402" t="s">
+        <v>2358</v>
+      </c>
+      <c r="K402" t="s">
+        <v>2359</v>
+      </c>
+      <c r="L402" t="s">
+        <v>2360</v>
+      </c>
+      <c r="M402" t="s">
+        <v>2361</v>
+      </c>
+      <c r="N402">
+        <v>3</v>
+      </c>
+      <c r="O402" t="s">
+        <v>32</v>
+      </c>
+      <c r="P402" t="s">
+        <v>33</v>
+      </c>
+      <c r="R402">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="403" spans="1:18">
+      <c r="A403">
+        <v>508</v>
+      </c>
+      <c r="B403" t="s">
+        <v>2358</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D403">
+        <v>0</v>
+      </c>
+      <c r="E403" t="s">
+        <v>2357</v>
+      </c>
+      <c r="J403" t="s">
+        <v>2358</v>
+      </c>
+      <c r="K403" t="s">
+        <v>2359</v>
+      </c>
+      <c r="L403" t="s">
+        <v>2360</v>
+      </c>
+      <c r="M403" t="s">
+        <v>2361</v>
+      </c>
+      <c r="N403">
+        <v>3</v>
+      </c>
+      <c r="O403" t="s">
+        <v>32</v>
+      </c>
+      <c r="P403" t="s">
+        <v>33</v>
+      </c>
+      <c r="R403">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="404" spans="1:18">
+      <c r="A404">
+        <v>512</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D404">
+        <v>0</v>
+      </c>
+      <c r="E404" t="s">
+        <v>2362</v>
+      </c>
+      <c r="G404" t="s">
+        <v>2363</v>
+      </c>
+      <c r="H404" t="s">
+        <v>2364</v>
+      </c>
+      <c r="J404" t="s">
+        <v>2336</v>
+      </c>
+      <c r="K404" t="s">
+        <v>2365</v>
+      </c>
+      <c r="L404" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M404" t="s">
+        <v>2367</v>
+      </c>
+      <c r="N404">
+        <v>3</v>
+      </c>
+      <c r="O404" t="s">
+        <v>32</v>
+      </c>
+      <c r="P404" t="s">
+        <v>33</v>
+      </c>
+      <c r="R404">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="405" spans="1:18">
+      <c r="A405">
+        <v>574</v>
+      </c>
+      <c r="B405" t="s">
+        <v>2368</v>
+      </c>
+      <c r="E405" t="s">
+        <v>2369</v>
+      </c>
+      <c r="F405" t="s">
+        <v>616</v>
+      </c>
+      <c r="J405" t="s">
+        <v>2368</v>
+      </c>
+      <c r="K405" t="s">
+        <v>2370</v>
+      </c>
+      <c r="L405" t="s">
+        <v>2371</v>
+      </c>
+      <c r="M405" t="s">
+        <v>2372</v>
+      </c>
+      <c r="P405" t="s">
+        <v>33</v>
+      </c>
+      <c r="R405">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="406" spans="1:18">
+      <c r="A406">
+        <v>574</v>
+      </c>
+      <c r="B406" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C406" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D406">
+        <v>0</v>
+      </c>
+      <c r="E406" t="s">
+        <v>2369</v>
+      </c>
+      <c r="F406" t="s">
+        <v>616</v>
+      </c>
+      <c r="J406" t="s">
+        <v>2368</v>
+      </c>
+      <c r="K406" t="s">
+        <v>2370</v>
+      </c>
+      <c r="L406" t="s">
+        <v>2371</v>
+      </c>
+      <c r="M406" t="s">
+        <v>2372</v>
+      </c>
+      <c r="N406">
+        <v>5</v>
+      </c>
+      <c r="O406" t="s">
+        <v>115</v>
+      </c>
+      <c r="P406" t="s">
+        <v>33</v>
+      </c>
+      <c r="R406">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="407" spans="1:18">
+      <c r="A407">
+        <v>577</v>
+      </c>
+      <c r="B407" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C407" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D407">
+        <v>0</v>
+      </c>
+      <c r="E407" t="s">
+        <v>2376</v>
+      </c>
+      <c r="G407" t="s">
+        <v>2377</v>
+      </c>
+      <c r="H407" t="s">
+        <v>2378</v>
+      </c>
+      <c r="J407" t="s">
+        <v>2368</v>
+      </c>
+      <c r="K407" t="s">
+        <v>2379</v>
+      </c>
+      <c r="L407" t="s">
+        <v>2314</v>
+      </c>
+      <c r="M407" t="s">
+        <v>2380</v>
+      </c>
+      <c r="N407">
+        <v>5</v>
+      </c>
+      <c r="O407" t="s">
+        <v>115</v>
+      </c>
+      <c r="P407" t="s">
+        <v>33</v>
+      </c>
+      <c r="R407">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="408" spans="1:18">
+      <c r="A408">
+        <v>580</v>
+      </c>
+      <c r="B408" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C408" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D408">
+        <v>0</v>
+      </c>
+      <c r="E408" t="s">
+        <v>2382</v>
+      </c>
+      <c r="J408" t="s">
+        <v>2368</v>
+      </c>
+      <c r="K408" t="s">
+        <v>2383</v>
+      </c>
+      <c r="L408" t="s">
+        <v>2384</v>
+      </c>
+      <c r="M408" t="s">
+        <v>2385</v>
+      </c>
+      <c r="N408">
+        <v>5</v>
+      </c>
+      <c r="O408" t="s">
+        <v>115</v>
+      </c>
+      <c r="P408" t="s">
+        <v>33</v>
+      </c>
+      <c r="R408">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="409" spans="1:18">
+      <c r="A409">
+        <v>582</v>
+      </c>
+      <c r="B409" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C409" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D409">
+        <v>0</v>
+      </c>
+      <c r="E409" t="s">
+        <v>2386</v>
+      </c>
+      <c r="G409" t="s">
+        <v>2387</v>
+      </c>
+      <c r="J409" t="s">
+        <v>2368</v>
+      </c>
+      <c r="K409" t="s">
+        <v>2388</v>
+      </c>
+      <c r="L409" t="s">
+        <v>2389</v>
+      </c>
+      <c r="M409" t="s">
+        <v>2390</v>
+      </c>
+      <c r="N409">
+        <v>5</v>
+      </c>
+      <c r="O409" t="s">
+        <v>115</v>
+      </c>
+      <c r="P409" t="s">
+        <v>33</v>
+      </c>
+      <c r="R409">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="410" spans="1:18">
+      <c r="A410">
+        <v>587</v>
+      </c>
+      <c r="B410" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C410" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D410">
+        <v>0</v>
+      </c>
+      <c r="E410" t="s">
+        <v>2391</v>
+      </c>
+      <c r="G410" t="s">
+        <v>2392</v>
+      </c>
+      <c r="J410" t="s">
+        <v>2393</v>
+      </c>
+      <c r="K410" t="s">
+        <v>2394</v>
+      </c>
+      <c r="L410" t="s">
+        <v>2395</v>
+      </c>
+      <c r="M410" t="s">
+        <v>2396</v>
+      </c>
+      <c r="N410">
+        <v>5</v>
+      </c>
+      <c r="O410" t="s">
+        <v>115</v>
+      </c>
+      <c r="P410" t="s">
+        <v>33</v>
+      </c>
+      <c r="R410">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="411" spans="1:18">
+      <c r="A411">
         <v>637</v>
       </c>
-      <c r="B382" t="s">
-[...29 lines deleted...]
-      <c r="N382">
+      <c r="B411" t="s">
+        <v>2397</v>
+      </c>
+      <c r="C411" t="s">
+        <v>517</v>
+      </c>
+      <c r="E411" t="s">
+        <v>2398</v>
+      </c>
+      <c r="F411" t="s">
+        <v>429</v>
+      </c>
+      <c r="G411" t="s">
+        <v>2399</v>
+      </c>
+      <c r="H411" t="s">
+        <v>2400</v>
+      </c>
+      <c r="J411" t="s">
+        <v>2401</v>
+      </c>
+      <c r="K411" t="s">
+        <v>2402</v>
+      </c>
+      <c r="L411" t="s">
+        <v>2403</v>
+      </c>
+      <c r="M411" t="s">
+        <v>2404</v>
+      </c>
+      <c r="N411">
         <v>2</v>
       </c>
-      <c r="O382" t="s">
-[...5 lines deleted...]
-      <c r="R382">
+      <c r="O411" t="s">
+        <v>145</v>
+      </c>
+      <c r="P411" t="s">
+        <v>33</v>
+      </c>
+      <c r="R411">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>