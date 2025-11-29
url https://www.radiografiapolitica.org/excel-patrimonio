--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -74,128 +74,128 @@
   <si>
     <t xml:space="preserve">Número de carros </t>
   </si>
   <si>
     <t xml:space="preserve">Número de companias </t>
   </si>
   <si>
     <t xml:space="preserve">Activos </t>
   </si>
   <si>
     <t xml:space="preserve">Pasivos </t>
   </si>
   <si>
     <t xml:space="preserve">Patrimonio </t>
   </si>
   <si>
     <t xml:space="preserve">Cargo </t>
   </si>
   <si>
     <t xml:space="preserve">Categoría </t>
   </si>
   <si>
     <t xml:space="preserve">Función </t>
   </si>
   <si>
+    <t>Pablo Enrique Herrería Bonnet</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>Juez(a) de la Corte Constitucional</t>
+  </si>
+  <si>
+    <t>Función Estado</t>
+  </si>
+  <si>
+    <t>Judicial</t>
+  </si>
+  <si>
+    <t>Ana Cecilia Herrera Gómez</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Cotopaxi</t>
+  </si>
+  <si>
+    <t>Legislativa</t>
+  </si>
+  <si>
     <t>Jorge Enrique Acaiturri Villa Varas</t>
   </si>
   <si>
     <t>2023-05-15</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Guayas</t>
   </si>
   <si>
-    <t>Función Estado</t>
-[...4 lines deleted...]
-  <si>
     <t>María Mercedes Erbs Estupiñán</t>
   </si>
   <si>
-    <t>2023-11-17</t>
-[...1 lines deleted...]
-  <si>
     <t>Asambleísta por la provincia de Manabí</t>
   </si>
   <si>
     <t>Karla Paulina Rosero Villavicencio</t>
   </si>
   <si>
-    <t>2022-01-01</t>
-[...1 lines deleted...]
-  <si>
     <t>Candidato (a) a Vicepresidente de la República</t>
   </si>
   <si>
     <t>Ejecutiva</t>
   </si>
   <si>
     <t>Lenin Daniel Barreto Zambrano</t>
   </si>
   <si>
     <t>Jhoel Marlin Escudero Solíz</t>
   </si>
   <si>
     <t>2022-02-10</t>
   </si>
   <si>
-    <t>Juez(a) de la Corte Constitucional</t>
-[...4 lines deleted...]
-  <si>
     <t>Cristhian Antonio Vega Quezada</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de El Oro</t>
   </si>
   <si>
     <t>Jaminton Enrique Intriago Alcívar</t>
   </si>
   <si>
     <t>Stalin Santiago Andino González</t>
   </si>
   <si>
     <t>2025-02-08</t>
   </si>
   <si>
     <t>Secretario (a) General Jurídico de la Presidencia</t>
   </si>
   <si>
-    <t>Pablo Enrique Herrería Bonnet</t>
-[...7 lines deleted...]
-  <si>
     <t>Marcela Priscila Holguín Naranjo</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Pichincha</t>
   </si>
   <si>
     <t>Rebeca Viviana Veloz Ramírez</t>
   </si>
   <si>
     <t>2021-05-14</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Santo Domingo de los Tsáchilas</t>
   </si>
   <si>
     <t>Blanca Lucrecia Sacancela Quishpe</t>
   </si>
   <si>
     <t>2023-10-22</t>
   </si>
   <si>
     <t>Juan Pablo Molina Saldaña</t>
   </si>
   <si>
     <t>Mishel Andrea Mancheno Dávila</t>
@@ -284,155 +284,155 @@
   <si>
     <t>Sócrates Augusto Verduga Sánchez</t>
   </si>
   <si>
     <t>2022-12-31</t>
   </si>
   <si>
     <t>Consejero (a) del Consejo de Participación Ciudadana y Control Social</t>
   </si>
   <si>
     <t>Ana Mercedes Galarza Añazco</t>
   </si>
   <si>
     <t>2017-05-14</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Tungurahua</t>
   </si>
   <si>
     <t>Inés del Rocío Díaz Chirán</t>
   </si>
   <si>
     <t>2024-09-11</t>
   </si>
   <si>
+    <t>Zaida Elizabeth Rovira Jurado</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>Ministro(a) de Inclusión Económica y Social</t>
+  </si>
+  <si>
+    <t>Diana Paulina Ramirez Villacis</t>
+  </si>
+  <si>
+    <t>2025-05-27</t>
+  </si>
+  <si>
+    <t>Secretario(a) Nacional de Planificación</t>
+  </si>
+  <si>
     <t>Alí Vicente Lozada Prado</t>
   </si>
   <si>
     <t>2019-02-05</t>
   </si>
   <si>
     <t>Alexandra Manuela Arce Plúas</t>
   </si>
   <si>
     <t>Karina del Carmen Subía Dávalos</t>
   </si>
   <si>
     <t>2021-10-01</t>
   </si>
   <si>
     <t>Hernán Patricio Zapata Rojas</t>
   </si>
   <si>
     <t>Iván Andrés Morales Revelo</t>
   </si>
   <si>
     <t>2025-05-01</t>
   </si>
   <si>
     <t>Miembro del Equipo Técnico para la selección y designación del Fiscal General del Estado</t>
   </si>
   <si>
     <t>Lucio Edwin Gutiérrez Borbúa</t>
   </si>
   <si>
     <t>Luisa Magdalena González Alcívar</t>
   </si>
   <si>
     <t>Henry Fabián Kronfle Kozhaya</t>
   </si>
   <si>
     <t>Daniel Roy-Gilchrist Noboa Azín</t>
   </si>
   <si>
     <t>2023-11-23</t>
   </si>
   <si>
-    <t>Zaida Elizabeth Rovira Jurado</t>
-[...14 lines deleted...]
-    <t>Secretario(a) Nacional de Planificación</t>
+    <t>Gissella Cecibel Molina Álvarez</t>
+  </si>
+  <si>
+    <t>Mariuxi Cleopatra Sánchez Sarango</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Orellana</t>
+  </si>
+  <si>
+    <t>Paul Fernando Buestán Carabajo</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Cañar</t>
   </si>
   <si>
     <t>Simón Bolívar Mieles Pinargote</t>
   </si>
   <si>
-    <t>Asambleísta por la provincia de Orellana</t>
-[...1 lines deleted...]
-  <si>
     <t>Ivonne Elizabeth Núñez Figueroa</t>
   </si>
   <si>
     <t>Ministro (a) de Trabajo</t>
   </si>
   <si>
     <t>Vicente Giovanny Taiano Basante</t>
   </si>
   <si>
     <t>José Luis Vallejo Ayala</t>
   </si>
   <si>
     <t>Asambleísta por la provincia del Carchi</t>
   </si>
   <si>
     <t>Jahiren Elizabeth Noriega Donoso</t>
   </si>
   <si>
     <t>Roberto Fernando Jaramillo Martínez</t>
   </si>
   <si>
     <t>Francesco Adeodato Tabacchi Rendón</t>
   </si>
   <si>
     <t>2023-12-04</t>
   </si>
   <si>
-    <t>Gissella Cecibel Molina Álvarez</t>
-[...10 lines deleted...]
-  <si>
     <t>Ricardo Ulcuango Farinango</t>
   </si>
   <si>
     <t>Celestino Wisum Saant</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Morona Santiago</t>
   </si>
   <si>
     <t>Yaku Sacha Pérez Guartambel</t>
   </si>
   <si>
     <t>Candidato (a) a Asambleísta Nacional</t>
   </si>
   <si>
     <t>Lyne Katiuska Miranda Giler</t>
   </si>
   <si>
     <t>Richard Omar Ortiz Ortiz</t>
   </si>
   <si>
     <t>Carlos Edilberto Vera Mora</t>
   </si>
   <si>
     <t>Mercedes Luzmila Abad Morocho</t>
@@ -503,137 +503,137 @@
   <si>
     <t>Roberto Carlos Kury Pesantes</t>
   </si>
   <si>
     <t>2025-05-14</t>
   </si>
   <si>
     <t>Ministro (a) de Telecomunicaciones y de la Sociedad de la Información</t>
   </si>
   <si>
     <t>Xavier Andrés Jurado Bedrán</t>
   </si>
   <si>
     <t>Andrés Xavier Fantoni Baldeón</t>
   </si>
   <si>
     <t>2021-01-01</t>
   </si>
   <si>
     <t>Carla Fernanda Larrea Falconí</t>
   </si>
   <si>
     <t>2019-06-05</t>
   </si>
   <si>
+    <t>Marco Giovanni López Narváez</t>
+  </si>
+  <si>
+    <t>Superintendente de Compañías, Valores y Seguros</t>
+  </si>
+  <si>
+    <t>Presidente(a) de la República de Ecuador</t>
+  </si>
+  <si>
+    <t>Juan Carlos Vega Malo</t>
+  </si>
+  <si>
+    <t>2023-11-28</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Economía y Finanzas</t>
+  </si>
+  <si>
     <t>Flerida Ivonne Coloma Peralta</t>
   </si>
   <si>
     <t>2022-11-09</t>
   </si>
   <si>
     <t>Juez (a) del Tribunal Contencioso Electoral</t>
   </si>
   <si>
     <t>Electoral</t>
   </si>
   <si>
     <t>Audy Marcelo Achi Sibri</t>
   </si>
   <si>
     <t>Christian Eduardo Troya Macías</t>
   </si>
   <si>
     <t>2025-03-28</t>
   </si>
   <si>
     <t>Esther Adelina Cuesta Santana</t>
   </si>
   <si>
     <t>Asambleísta por Europa, Asia y Oceanía</t>
   </si>
   <si>
     <t>2023-05-17</t>
   </si>
   <si>
-    <t>Marco Giovanni López Narváez</t>
-[...14 lines deleted...]
-    <t>Ministro (a) de Economía y Finanzas</t>
+    <t>Jhajaira Estefanía Urresta Guzmán</t>
   </si>
   <si>
     <t>Fabiola Maribel Sanmartín Parra</t>
   </si>
   <si>
     <t>Yadira del Rosario Bayas Uriarte</t>
   </si>
   <si>
     <t>Franklin Danilo Palacios Márquez</t>
   </si>
   <si>
     <t>Ministro(a) de Agricultura y Ganadería</t>
   </si>
   <si>
     <t>Ricardo Wladimir Morales Vela</t>
   </si>
   <si>
     <t>2024-06-28</t>
   </si>
   <si>
     <t>Defensor Público General</t>
   </si>
   <si>
     <t>Gustavo Enrique Mateus Acosta</t>
   </si>
   <si>
     <t>Jonathan Emanuel Parra Villacís</t>
   </si>
   <si>
     <t>Humberto Manuel Tapia Escalante</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Loja</t>
   </si>
   <si>
     <t>Jorge Elías Escala Zambrano</t>
   </si>
   <si>
-    <t>Jhajaira Estefanía Urresta Guzmán</t>
-[...1 lines deleted...]
-  <si>
     <t>Karla Elizabeth Andrade Quevedo</t>
   </si>
   <si>
     <t>Henry Eduardo Cucalón Camacho</t>
   </si>
   <si>
     <t>Roberto Carlos Cerda Tapuy</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Napo</t>
   </si>
   <si>
     <t>Ricardo Xavier Vanegas Cortázar</t>
   </si>
   <si>
     <t>Pablo Ramiro Iglesias Paladines</t>
   </si>
   <si>
     <t>2021-03-11</t>
   </si>
   <si>
     <t>Superintendente de Ordenamiento Territorial, Uso y Gestión del Suelo</t>
   </si>
   <si>
     <t>Cecilia Rosa Baltazar Yucailla</t>
@@ -662,125 +662,125 @@
   <si>
     <t>Juan Carlos Rosero Paz</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Chimborazo</t>
   </si>
   <si>
     <t>Johanna Cecibel Ortiz Villavicencio</t>
   </si>
   <si>
     <t>Lucía Lizbeth Jaramillo Zurita</t>
   </si>
   <si>
     <t>Andrea Yalu Rivadeneira Calderón</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Zamora Chinchipe</t>
   </si>
   <si>
     <t>Gian Carlo Loffredo Rendón</t>
   </si>
   <si>
     <t>Ministro (a) de Defensa</t>
   </si>
   <si>
+    <t>Wilson Enrique Gómez Vascones</t>
+  </si>
+  <si>
+    <t>2023-12-12</t>
+  </si>
+  <si>
     <t>Diego Fernando Matovelle Vera</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Azuay</t>
   </si>
   <si>
     <t>Jhon Edison Polanco Lara</t>
   </si>
   <si>
     <t>Juan Bernardo Sánchez Jara</t>
   </si>
   <si>
     <t>2025-02-28</t>
   </si>
   <si>
     <t>Ministro(a) de Salud</t>
   </si>
   <si>
     <t>Esthela Liliana Acero Lanchimba</t>
   </si>
   <si>
     <t>Consejero (a) Electoral</t>
   </si>
   <si>
     <t>Betsy Yadira Saltos Rivas</t>
   </si>
   <si>
     <t>2019-01-01</t>
   </si>
   <si>
     <t>Carla Magaly Cruz Zambrano</t>
   </si>
   <si>
     <t>Asambleísta por América Latina, El Caribe y África</t>
   </si>
   <si>
-    <t>Wilson Enrique Gómez Vascones</t>
-[...2 lines deleted...]
-    <t>2023-12-12</t>
+    <t>María Gabriela Molina Menéndez</t>
   </si>
   <si>
     <t>César Antonio Martín Moreno</t>
   </si>
   <si>
     <t>2023-11-27</t>
   </si>
   <si>
     <t>María Gabriela Centeno Apolo</t>
   </si>
   <si>
     <t>2025-07-15</t>
   </si>
   <si>
     <t>Ángel Eduardo Torres Maldonado</t>
   </si>
   <si>
     <t>Sandra Sofía Sánchez Urgiles</t>
   </si>
   <si>
     <t>Valentina Centeno Arteaga</t>
   </si>
   <si>
     <t>Patricio Alberto Chávez Zavala</t>
   </si>
   <si>
     <t>Manuel Hernán Torres Torres</t>
   </si>
   <si>
     <t>2025-06-20</t>
   </si>
   <si>
-    <t>María Gabriela Molina Menéndez</t>
-[...1 lines deleted...]
-  <si>
     <t>Carmen Yolanda Tiupul Urquizo</t>
   </si>
   <si>
     <t>Arisdely Paola Parrales Yagual</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Santa Elena</t>
   </si>
   <si>
     <t>Luis Alberto Jaramillo Granja</t>
   </si>
   <si>
     <t>2025-04-17</t>
   </si>
   <si>
     <t>Ministro (a) de Producción, Comercio Exterior, Inversiones y Pesca</t>
   </si>
   <si>
     <t>Sofía Margarita Hernández Naranjo</t>
   </si>
   <si>
     <t>Superintendente de Economía Popular y Solidaria</t>
   </si>
   <si>
     <t>Rafael Antonio Dávila Egüez</t>
@@ -833,125 +833,125 @@
   <si>
     <t>Eugenia Sofía Espín Reyes</t>
   </si>
   <si>
     <t>María Fernanda Jiménez Vásquez</t>
   </si>
   <si>
     <t>Manuel Antonio Naranjo Paz y Miño</t>
   </si>
   <si>
     <t>2024-06-18</t>
   </si>
   <si>
     <t>Leonardo Renato Berrezueta Carrión</t>
   </si>
   <si>
     <t>Hector Guillermo Valladarez González</t>
   </si>
   <si>
     <t>Sariha Belén Moya Angulo</t>
   </si>
   <si>
     <t>2025-04-16</t>
   </si>
   <si>
+    <t>Lourdes Nataly Morillo Solórzano</t>
+  </si>
+  <si>
+    <t>Víctor Andrés Quishpe Ilguan</t>
+  </si>
+  <si>
+    <t>2019-04-29</t>
+  </si>
+  <si>
     <t>Fernando Enrique Cedeño Rivadeneira</t>
   </si>
   <si>
     <t>Pedro Ramiro Velasco Erazo</t>
   </si>
   <si>
     <t>Esperanza del Rocío Moreta Terán</t>
   </si>
   <si>
     <t>Lucía Anabelle Posso Naranjo</t>
   </si>
   <si>
     <t>María Luisa Cruz Riofrío</t>
   </si>
   <si>
     <t>Ministro (a) de Ambiente, Agua y Transición Ecológica</t>
   </si>
   <si>
     <t>Xavier Mauricio Torres Maldonado</t>
   </si>
   <si>
     <t>Contralor General del Estado</t>
   </si>
   <si>
     <t>Silvia Patricia Núñez Ramos</t>
   </si>
   <si>
     <t>Nicole Stephanie Bonifaz López</t>
   </si>
   <si>
     <t>2022-03-31</t>
   </si>
   <si>
-    <t>Lourdes Nataly Morillo Solórzano</t>
-[...5 lines deleted...]
-    <t>2019-04-29</t>
+    <t>Eduardo Mauricio Zambrano Valle</t>
   </si>
   <si>
     <t>Samuel Elías Célleri Gómez</t>
   </si>
   <si>
     <t>Marco Aníbal Guatemal Anrango</t>
   </si>
   <si>
     <t>2024-02-06</t>
   </si>
   <si>
     <t>Secretario (a) de Gestión, Desarrollo de Pueblos y Nacionalidades</t>
   </si>
   <si>
     <t>Luis Antonio Cueva Ordoñez</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
     <t>Wilson Guillermo Ortega Caicedo</t>
   </si>
   <si>
     <t>Gabriel Humberto Bedón Álvarez</t>
   </si>
   <si>
     <t>Christian Sebastian Reyes Mora</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
-    <t>Eduardo Mauricio Zambrano Valle</t>
-[...1 lines deleted...]
-  <si>
     <t>Eckenner Reader Recalde Álava</t>
   </si>
   <si>
     <t>Rosa Belén Mayorga Tapia</t>
   </si>
   <si>
     <t>María Fernanda Araujo Noboa</t>
   </si>
   <si>
     <t>Amy Yajanua Gende Cordova</t>
   </si>
   <si>
     <t>Inés María Manzano Díaz</t>
   </si>
   <si>
     <t>2025-02-11</t>
   </si>
   <si>
     <t>Ministro (a) de Energía y Minas</t>
   </si>
   <si>
     <t>Roberto Emilio Cuero Medina</t>
   </si>
   <si>
     <t>Adrián Ernesto Castro Piedra</t>
@@ -971,161 +971,161 @@
   <si>
     <t>Andrea Belén González Nader</t>
   </si>
   <si>
     <t>2022-05-03</t>
   </si>
   <si>
     <t>Jaime Patricio Guevara Blaschke</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Pastaza</t>
   </si>
   <si>
     <t>Saadin Alfredo Serrano Valladares</t>
   </si>
   <si>
     <t>Edgar Geovanny Benítez Calva</t>
   </si>
   <si>
     <t>Julia Teodora Angulo Girón</t>
   </si>
   <si>
     <t>2025-03-26</t>
   </si>
   <si>
+    <t>John Reimberg Oviedo</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>Ministro (a) del Interior</t>
+  </si>
+  <si>
     <t>Blasco Remigio Luna Arévalo</t>
   </si>
   <si>
     <t>Fernanda Mabel Méndez Rojas</t>
   </si>
   <si>
     <t>2022-09-19</t>
   </si>
   <si>
     <t>Francisco Andrés Cevallos Macías</t>
   </si>
   <si>
     <t>Segunda Liliana Trávez Vizcaíno</t>
   </si>
   <si>
     <t>2024-06-11</t>
   </si>
   <si>
     <t>Gobernador (a) de Tungurahua</t>
   </si>
   <si>
     <t>Pierina Sara Mercedes Correa Delgado</t>
   </si>
   <si>
     <t>Janeth Paola Cabezas Castillo</t>
   </si>
   <si>
     <t>Henry Saúl Bósquez Villena</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Bolívar</t>
   </si>
   <si>
     <t>Milton Javier Aguas Flores</t>
   </si>
   <si>
-    <t>John Reimberg Oviedo</t>
-[...5 lines deleted...]
-    <t>Ministro (a) del Interior</t>
+    <t>Johanna Ivonne Verdezoto del Salto</t>
+  </si>
+  <si>
+    <t>2022-04-01</t>
+  </si>
+  <si>
+    <t>Camilo Aurelio Salinas Ochoa</t>
+  </si>
+  <si>
+    <t>Stephanie Cristina Carrera Ocampo</t>
   </si>
   <si>
     <t>César Arturo Ugsha Toaquiza</t>
   </si>
   <si>
     <t>Jorge Luis Guevara Benavídez</t>
   </si>
   <si>
     <t>Harold Andrés Burbano Villarreal</t>
   </si>
   <si>
     <t>Fernando Enrique Pita García</t>
   </si>
   <si>
     <t>Vicepresidente del Consejo Nacional Electoral</t>
   </si>
   <si>
-    <t>Johanna Ivonne Verdezoto del Salto</t>
-[...8 lines deleted...]
-    <t>Stephanie Cristina Carrera Ocampo</t>
+    <t>Comps Pascacio Córdova Díaz</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Sucumbíos</t>
   </si>
   <si>
     <t>Gissela Siomara Garzón Monteros</t>
   </si>
   <si>
     <t>Nicole Anahis Saca Baldeón</t>
   </si>
   <si>
     <t>Arturo David Félix Wong</t>
   </si>
   <si>
     <t>María Augusta Muñoz Sánchez</t>
   </si>
   <si>
     <t>2025-06-01</t>
   </si>
   <si>
     <t>Joaquín Vicente Viteri Llanga</t>
   </si>
   <si>
     <t>Ana María Raffo Guevara</t>
   </si>
   <si>
     <t>Segundo Eustaquio Tuala Muntza</t>
   </si>
   <si>
     <t>Nathaly Estefanía Farinango Delgado</t>
   </si>
   <si>
     <t>María Belén Cadena Ramírez</t>
   </si>
   <si>
     <t>2025-04-04</t>
   </si>
   <si>
-    <t>Comps Pascacio Córdova Díaz</t>
-[...4 lines deleted...]
-  <si>
     <t>Oscar Fabián Peña Toro</t>
   </si>
   <si>
     <t>Patricio Benjamín Cisneros Granizo</t>
   </si>
   <si>
     <t>Humberto Aparicio Plaza Argüello</t>
   </si>
   <si>
     <t>Ministro(a) de Desarrollo Urbano y Vivienda</t>
   </si>
   <si>
     <t>José Ricardo Cabrera Zurita</t>
   </si>
   <si>
     <t>Jorge Andrés Peñafiel Cedeño</t>
   </si>
   <si>
     <t>Verónica Elizabeth Silva Reinoso</t>
   </si>
   <si>
     <t>2022-02-15</t>
   </si>
   <si>
     <t>Carmen Faviola Corral Ponce</t>
@@ -1139,113 +1139,113 @@
   <si>
     <t>Vicepresidente (a) de la República</t>
   </si>
   <si>
     <t>Faustino Armando Fernández Rosales</t>
   </si>
   <si>
     <t>Dallyana Marianela Passailaigue Manosalvas</t>
   </si>
   <si>
     <t>Johnny Enrique Terán Barragán</t>
   </si>
   <si>
     <t>2020-05-14</t>
   </si>
   <si>
     <t>Mónica Rosa Irene Palencia Núñez</t>
   </si>
   <si>
     <t>Jorge Raúl Carrillo Tutivén</t>
   </si>
   <si>
     <t>Secretario (a) de Gestión de Riesgos</t>
   </si>
   <si>
+    <t>Guido Gilberto Vargas Ocaña</t>
+  </si>
+  <si>
+    <t>Alegría de Lourdes Crespo Cordovez</t>
+  </si>
+  <si>
+    <t>2024-04-22</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Educación</t>
+  </si>
+  <si>
     <t>Guillermo Alejandro Celi Santos</t>
   </si>
   <si>
     <t>2020-09-22</t>
   </si>
   <si>
     <t>Marjorie Lorena Rosado Sánchez</t>
   </si>
   <si>
     <t>Luis Alberto Cabezas-Klaere</t>
   </si>
   <si>
     <t>2024-10-15</t>
   </si>
   <si>
     <t>2023-05-16</t>
   </si>
   <si>
     <t>Mariana Yumbay Yallico</t>
   </si>
   <si>
-    <t>Guido Gilberto Vargas Ocaña</t>
-[...8 lines deleted...]
-    <t>Ministro (a) de Educación</t>
+    <t>Mérida Elena Nájera Moreira</t>
+  </si>
+  <si>
+    <t>Juan Esteban Guarderas Cisneros</t>
+  </si>
+  <si>
+    <t>2021-04-30</t>
   </si>
   <si>
     <t>Viviana Jacqueline Zambrano González</t>
   </si>
   <si>
     <t>María José Pinto González Artigas</t>
   </si>
   <si>
     <t>Ximena Alejandra Cárdenas Reyes</t>
   </si>
   <si>
     <t>César Umajinga Guamán</t>
   </si>
   <si>
     <t>Sixto Antonio Parra Tovar</t>
   </si>
   <si>
     <t>Mateo Julián Estrella Durán</t>
   </si>
   <si>
     <t>Ministro (a) de Turismo</t>
   </si>
   <si>
-    <t>Mérida Elena Nájera Moreira</t>
-[...7 lines deleted...]
-  <si>
     <t>Jorge Enrique Chamba Cabanilla</t>
   </si>
   <si>
     <t>Fernando Gonzalo Muñoz Benítez</t>
   </si>
   <si>
     <t>Rosa Margarita Arotingo Cushcagua</t>
   </si>
   <si>
     <t>Alexandra Andrea Castillo Campoverde</t>
   </si>
   <si>
     <t>David Marcelo Rojas Cajas</t>
   </si>
   <si>
     <t>2025-02-25</t>
   </si>
   <si>
     <t>Steven Leonardo Ordóñez Bravo</t>
   </si>
   <si>
     <t>Otto Santiago Vera Palacios</t>
   </si>
   <si>
     <t>José David Jiménez Vásquez</t>
@@ -1259,93 +1259,93 @@
   <si>
     <t>Shiram Diana Atamaint Wamputsar</t>
   </si>
   <si>
     <t>Presidente del Consejo Nacional Electoral</t>
   </si>
   <si>
     <t>Santiago David Ochoa Beltrán</t>
   </si>
   <si>
     <t>2022-07-11</t>
   </si>
   <si>
     <t>Postulante al concurso de jueces de la Corte Nacional de Justicia 2024</t>
   </si>
   <si>
     <t>María Teresa del Carmen Pasquel Andrade</t>
   </si>
   <si>
     <t>María Luisa Coello Recalde</t>
   </si>
   <si>
     <t>2024-04-02</t>
   </si>
   <si>
+    <t>Irene María Vélez Froment</t>
+  </si>
+  <si>
+    <t>Secretario (a) General de Comunicación de la Presidencia</t>
+  </si>
+  <si>
     <t>Inés Margarita Alarcón Bueno</t>
   </si>
   <si>
     <t>Luis Enrique Mejía López</t>
   </si>
   <si>
     <t>María Sonsoles García León</t>
   </si>
   <si>
-    <t>Irene María Vélez Froment</t>
-[...2 lines deleted...]
-    <t>Secretario (a) General de Comunicación de la Presidencia</t>
+    <t>Juan Carlos Camacho Dávila</t>
+  </si>
+  <si>
+    <t>Amado Humberto Chávez Angamarca</t>
+  </si>
+  <si>
+    <t>Roberto Xavier Luque Nuques</t>
+  </si>
+  <si>
+    <t>Ministro(a) de Transporte y Obras Públicas</t>
   </si>
   <si>
     <t>Cristina Eugenia Reyes Hidalgo</t>
   </si>
   <si>
     <t>2024-09-30</t>
   </si>
   <si>
     <t>2022-09-12</t>
   </si>
   <si>
     <t>José Ernesto Maldonado Córdova</t>
   </si>
   <si>
     <t>Pedro Javier Granja Angulo</t>
   </si>
   <si>
     <t>2024-06-01</t>
-  </si>
-[...10 lines deleted...]
-    <t>Ministro(a) de Transporte y Obras Públicas</t>
   </si>
   <si>
     <t>Juan Enmanuel Izquierdo Intriago</t>
   </si>
   <si>
     <t>2024-05-02</t>
   </si>
   <si>
     <t>Integrante de la terna para la designación del titular de la Procuraduría General del Estado</t>
   </si>
   <si>
     <t>Institucion Independiente</t>
   </si>
   <si>
     <t>Procuraduría General del Estado</t>
   </si>
   <si>
     <t>Juan Carlos Larrea Valencia</t>
   </si>
   <si>
     <t>2017-08-01</t>
   </si>
   <si>
     <t>Procurador General del Estado</t>
   </si>
@@ -1806,903 +1806,903 @@
       </c>
       <c r="F7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
-        <v>1177</v>
+        <v>494</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E8">
         <v>2</v>
       </c>
+      <c r="F8">
+        <v>0</v>
+      </c>
       <c r="G8">
-        <v>1071461.01</v>
+        <v>184156.52</v>
       </c>
       <c r="H8">
-        <v>32000.0</v>
+        <v>15692.84</v>
       </c>
       <c r="I8">
-        <v>1039461.01</v>
+        <v>168463.68</v>
       </c>
       <c r="J8" t="s">
         <v>22</v>
       </c>
       <c r="K8" t="s">
         <v>23</v>
       </c>
       <c r="L8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
-        <v>1279</v>
+        <v>902</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9">
-        <v>5</v>
+        <v>3</v>
+      </c>
+      <c r="E9">
+        <v>1</v>
       </c>
       <c r="G9">
-        <v>1998441.03</v>
+        <v>90309.13</v>
       </c>
       <c r="H9">
-        <v>243823.78</v>
+        <v>0.0</v>
       </c>
       <c r="I9">
-        <v>1754617.25</v>
+        <v>90309.13</v>
       </c>
       <c r="J9" t="s">
         <v>27</v>
       </c>
       <c r="K9" t="s">
         <v>23</v>
       </c>
       <c r="L9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
-        <v>1378</v>
+        <v>1177</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D10">
-        <v>0</v>
+        <v>6</v>
+      </c>
+      <c r="E10">
+        <v>2</v>
       </c>
       <c r="G10">
-        <v>128069.57</v>
+        <v>1071461.01</v>
       </c>
       <c r="H10">
-        <v>28500.0</v>
+        <v>32000.0</v>
       </c>
       <c r="I10">
-        <v>99569.57</v>
+        <v>1039461.01</v>
       </c>
       <c r="J10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K10" t="s">
         <v>23</v>
       </c>
       <c r="L10" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
-        <v>865</v>
+        <v>1279</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G11">
-        <v>219630.0</v>
+        <v>1998441.03</v>
       </c>
       <c r="H11">
-        <v>84361.07</v>
+        <v>243823.78</v>
       </c>
       <c r="I11">
-        <v>135268.93</v>
+        <v>1754617.25</v>
       </c>
       <c r="J11" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="K11" t="s">
         <v>23</v>
       </c>
       <c r="L11" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
-        <v>951</v>
+        <v>1378</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="D12">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G12">
-        <v>112677.43</v>
+        <v>128069.57</v>
       </c>
       <c r="H12">
-        <v>42581.13</v>
+        <v>28500.0</v>
       </c>
       <c r="I12">
-        <v>70096.3</v>
+        <v>99569.57</v>
       </c>
       <c r="J12" t="s">
         <v>35</v>
       </c>
       <c r="K12" t="s">
         <v>23</v>
       </c>
       <c r="L12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
-        <v>1254</v>
+        <v>865</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>26</v>
       </c>
       <c r="D13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
       <c r="G13">
-        <v>169171.85</v>
+        <v>219630.0</v>
       </c>
       <c r="H13">
-        <v>131994.17</v>
+        <v>84361.07</v>
       </c>
       <c r="I13">
-        <v>37177.68</v>
+        <v>135268.93</v>
       </c>
       <c r="J13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
       <c r="L13" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
-        <v>1311</v>
+        <v>951</v>
       </c>
       <c r="B14" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" t="s">
         <v>39</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G14">
-        <v>434490.0</v>
+        <v>112677.43</v>
       </c>
       <c r="H14">
-        <v>0.0</v>
+        <v>42581.13</v>
       </c>
       <c r="I14">
-        <v>434490.0</v>
+        <v>70096.3</v>
       </c>
       <c r="J14" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="K14" t="s">
         <v>23</v>
       </c>
       <c r="L14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
-        <v>1415</v>
+        <v>1254</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="s">
+        <v>26</v>
+      </c>
+      <c r="D15">
+        <v>2</v>
+      </c>
+      <c r="E15">
+        <v>1</v>
+      </c>
+      <c r="G15">
+        <v>169171.85</v>
+      </c>
+      <c r="H15">
+        <v>131994.17</v>
+      </c>
+      <c r="I15">
+        <v>37177.68</v>
+      </c>
+      <c r="J15" t="s">
         <v>41</v>
       </c>
-      <c r="D15">
-[...16 lines deleted...]
-      </c>
       <c r="K15" t="s">
         <v>23</v>
       </c>
       <c r="L15" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
-        <v>494</v>
+        <v>1311</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E16">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G16">
-        <v>184156.52</v>
+        <v>434490.0</v>
       </c>
       <c r="H16">
-        <v>15692.84</v>
+        <v>0.0</v>
       </c>
       <c r="I16">
-        <v>168463.68</v>
+        <v>434490.0</v>
       </c>
       <c r="J16" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K16" t="s">
         <v>23</v>
       </c>
       <c r="L16" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
-        <v>902</v>
+        <v>1415</v>
       </c>
       <c r="B17" t="s">
+        <v>43</v>
+      </c>
+      <c r="C17" t="s">
         <v>44</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E17">
         <v>1</v>
       </c>
       <c r="G17">
-        <v>90309.13</v>
+        <v>134406.35</v>
       </c>
       <c r="H17">
-        <v>0.0</v>
+        <v>70792.14</v>
       </c>
       <c r="I17">
-        <v>90309.13</v>
+        <v>63614.21</v>
       </c>
       <c r="J17" t="s">
         <v>45</v>
       </c>
       <c r="K17" t="s">
         <v>23</v>
       </c>
       <c r="L17" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
         <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
         <v>26</v>
       </c>
       <c r="D18">
         <v>1</v>
       </c>
       <c r="E18">
         <v>1</v>
       </c>
       <c r="G18">
         <v>267390.0</v>
       </c>
       <c r="H18">
         <v>101436.38</v>
       </c>
       <c r="I18">
         <v>165953.62</v>
       </c>
       <c r="J18" t="s">
         <v>47</v>
       </c>
       <c r="K18" t="s">
         <v>23</v>
       </c>
       <c r="L18" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
         <v>883</v>
       </c>
       <c r="B19" t="s">
         <v>48</v>
       </c>
       <c r="C19" t="s">
         <v>49</v>
       </c>
       <c r="G19">
         <v>70452.0</v>
       </c>
       <c r="H19">
         <v>4000.0</v>
       </c>
       <c r="I19">
         <v>66452.0</v>
       </c>
       <c r="J19" t="s">
         <v>50</v>
       </c>
       <c r="K19" t="s">
         <v>23</v>
       </c>
       <c r="L19" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
         <v>1066</v>
       </c>
       <c r="B20" t="s">
         <v>51</v>
       </c>
       <c r="C20" t="s">
         <v>52</v>
       </c>
       <c r="D20">
         <v>2</v>
       </c>
       <c r="E20">
         <v>3</v>
       </c>
       <c r="G20">
         <v>325044.32</v>
       </c>
       <c r="H20">
         <v>79589.12</v>
       </c>
       <c r="I20">
         <v>245455.2</v>
       </c>
       <c r="J20" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="K20" t="s">
         <v>23</v>
       </c>
       <c r="L20" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
         <v>1260</v>
       </c>
       <c r="B21" t="s">
         <v>53</v>
       </c>
       <c r="C21" t="s">
         <v>26</v>
       </c>
       <c r="D21">
         <v>8</v>
       </c>
       <c r="E21">
         <v>3</v>
       </c>
       <c r="G21">
         <v>1256801.0</v>
       </c>
       <c r="H21">
         <v>36500.0</v>
       </c>
       <c r="I21">
         <v>1220301.0</v>
       </c>
       <c r="J21" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K21" t="s">
         <v>23</v>
       </c>
       <c r="L21" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
         <v>1340</v>
       </c>
       <c r="B22" t="s">
         <v>54</v>
       </c>
       <c r="C22" t="s">
         <v>55</v>
       </c>
       <c r="E22">
         <v>1</v>
       </c>
       <c r="G22">
         <v>27725.78</v>
       </c>
       <c r="H22">
         <v>23200.02</v>
       </c>
       <c r="I22">
         <v>4525.76</v>
       </c>
       <c r="J22" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="K22" t="s">
         <v>23</v>
       </c>
       <c r="L22" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
         <v>637</v>
       </c>
       <c r="B23" t="s">
         <v>56</v>
       </c>
       <c r="C23" t="s">
         <v>57</v>
       </c>
       <c r="D23">
         <v>2</v>
       </c>
       <c r="E23">
         <v>1</v>
       </c>
       <c r="F23">
         <v>0</v>
       </c>
       <c r="G23">
         <v>749534.64</v>
       </c>
       <c r="H23">
         <v>68519.69</v>
       </c>
       <c r="I23">
         <v>681014.95</v>
       </c>
       <c r="J23" t="s">
         <v>58</v>
       </c>
       <c r="K23" t="s">
         <v>23</v>
       </c>
       <c r="L23" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
         <v>913</v>
       </c>
       <c r="B24" t="s">
         <v>59</v>
       </c>
       <c r="C24" t="s">
         <v>60</v>
       </c>
       <c r="G24">
         <v>504465.82</v>
       </c>
       <c r="H24">
         <v>25382.37</v>
       </c>
       <c r="I24">
         <v>479083.45</v>
       </c>
       <c r="J24" t="s">
         <v>61</v>
       </c>
       <c r="K24" t="s">
         <v>23</v>
       </c>
       <c r="L24" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
         <v>1227</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25" t="s">
         <v>26</v>
       </c>
       <c r="D25">
         <v>2</v>
       </c>
       <c r="E25">
         <v>2</v>
       </c>
       <c r="G25">
         <v>117153.56</v>
       </c>
       <c r="H25">
         <v>38522.88</v>
       </c>
       <c r="I25">
         <v>78630.68</v>
       </c>
       <c r="J25" t="s">
         <v>63</v>
       </c>
       <c r="K25" t="s">
         <v>23</v>
       </c>
       <c r="L25" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
         <v>1292</v>
       </c>
       <c r="B26" t="s">
         <v>64</v>
       </c>
       <c r="C26" t="s">
         <v>26</v>
       </c>
       <c r="D26">
         <v>1</v>
       </c>
       <c r="E26">
         <v>1</v>
       </c>
       <c r="G26">
         <v>297236.14</v>
       </c>
       <c r="H26">
         <v>10500.0</v>
       </c>
       <c r="I26">
         <v>286736.14</v>
       </c>
       <c r="J26" t="s">
         <v>47</v>
       </c>
       <c r="K26" t="s">
         <v>23</v>
       </c>
       <c r="L26" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
         <v>1395</v>
       </c>
       <c r="B27" t="s">
         <v>65</v>
       </c>
       <c r="C27" t="s">
         <v>66</v>
       </c>
       <c r="D27">
         <v>2</v>
       </c>
       <c r="E27">
         <v>2</v>
       </c>
       <c r="G27">
         <v>2798982.27</v>
       </c>
       <c r="H27">
         <v>65897.78</v>
       </c>
       <c r="I27">
         <v>2733084.49</v>
       </c>
       <c r="J27" t="s">
         <v>67</v>
       </c>
       <c r="K27" t="s">
         <v>23</v>
       </c>
       <c r="L27" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
         <v>860</v>
       </c>
       <c r="B28" t="s">
         <v>68</v>
       </c>
       <c r="C28" t="s">
         <v>26</v>
       </c>
       <c r="D28">
         <v>4</v>
       </c>
       <c r="E28">
         <v>3</v>
       </c>
       <c r="G28">
         <v>461942.27</v>
       </c>
       <c r="H28">
         <v>105000.0</v>
       </c>
       <c r="I28">
         <v>356942.27</v>
       </c>
       <c r="J28" t="s">
         <v>69</v>
       </c>
       <c r="K28" t="s">
         <v>23</v>
       </c>
       <c r="L28" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
         <v>925</v>
       </c>
       <c r="B29" t="s">
         <v>70</v>
       </c>
       <c r="C29" t="s">
         <v>26</v>
       </c>
       <c r="D29">
         <v>1</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
       <c r="G29">
         <v>60648.75</v>
       </c>
       <c r="H29">
         <v>65821.22</v>
       </c>
       <c r="I29">
         <v>-5172.47</v>
       </c>
       <c r="J29" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="K29" t="s">
         <v>23</v>
       </c>
       <c r="L29" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
         <v>1242</v>
       </c>
       <c r="B30" t="s">
         <v>71</v>
       </c>
       <c r="C30" t="s">
         <v>26</v>
       </c>
       <c r="E30">
         <v>2</v>
       </c>
       <c r="G30">
         <v>32800.0</v>
       </c>
       <c r="H30">
         <v>0.0</v>
       </c>
       <c r="I30">
         <v>32800.0</v>
       </c>
       <c r="J30" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="K30" t="s">
         <v>23</v>
       </c>
       <c r="L30" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
         <v>1305</v>
       </c>
       <c r="B31" t="s">
         <v>72</v>
       </c>
       <c r="C31" t="s">
         <v>26</v>
       </c>
       <c r="D31">
         <v>1</v>
       </c>
       <c r="E31">
         <v>2</v>
       </c>
       <c r="G31">
         <v>1892000.99</v>
       </c>
       <c r="H31">
         <v>355000.0</v>
       </c>
       <c r="I31">
         <v>1537000.99</v>
       </c>
       <c r="J31" t="s">
         <v>73</v>
       </c>
       <c r="K31" t="s">
         <v>23</v>
       </c>
       <c r="L31" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
         <v>1408</v>
       </c>
       <c r="B32" t="s">
         <v>74</v>
       </c>
       <c r="C32" t="s">
         <v>75</v>
       </c>
       <c r="D32">
         <v>1</v>
       </c>
       <c r="E32">
         <v>0</v>
       </c>
       <c r="G32">
         <v>50412.49</v>
       </c>
       <c r="H32">
         <v>0.0</v>
       </c>
       <c r="I32">
         <v>50412.49</v>
       </c>
       <c r="J32" t="s">
         <v>76</v>
       </c>
       <c r="K32" t="s">
         <v>23</v>
       </c>
       <c r="L32" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
         <v>435</v>
       </c>
       <c r="B33" t="s">
         <v>77</v>
       </c>
       <c r="C33" t="s">
         <v>78</v>
       </c>
       <c r="D33">
         <v>1</v>
       </c>
       <c r="E33">
         <v>2</v>
       </c>
       <c r="G33">
         <v>312149.01</v>
       </c>
       <c r="H33">
         <v>84662.98</v>
       </c>
       <c r="I33">
@@ -2722,57 +2722,57 @@
       <c r="A34">
         <v>898</v>
       </c>
       <c r="B34" t="s">
         <v>81</v>
       </c>
       <c r="C34" t="s">
         <v>26</v>
       </c>
       <c r="D34">
         <v>1</v>
       </c>
       <c r="E34">
         <v>1</v>
       </c>
       <c r="G34">
         <v>149360.0</v>
       </c>
       <c r="H34">
         <v>16718.89</v>
       </c>
       <c r="I34">
         <v>132641.11</v>
       </c>
       <c r="J34" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K34" t="s">
         <v>23</v>
       </c>
       <c r="L34" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
         <v>1126</v>
       </c>
       <c r="B35" t="s">
         <v>82</v>
       </c>
       <c r="C35" t="s">
         <v>83</v>
       </c>
       <c r="D35">
         <v>0</v>
       </c>
       <c r="E35">
         <v>0</v>
       </c>
       <c r="G35">
         <v>0.2</v>
       </c>
       <c r="H35">
         <v>37012.84</v>
       </c>
       <c r="I35">
@@ -2795,1172 +2795,1172 @@
       <c r="B36" t="s">
         <v>85</v>
       </c>
       <c r="C36" t="s">
         <v>86</v>
       </c>
       <c r="F36">
         <v>0</v>
       </c>
       <c r="G36">
         <v>93479.89</v>
       </c>
       <c r="H36">
         <v>0.0</v>
       </c>
       <c r="I36">
         <v>93479.89</v>
       </c>
       <c r="J36" t="s">
         <v>87</v>
       </c>
       <c r="K36" t="s">
         <v>23</v>
       </c>
       <c r="L36" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
         <v>1369</v>
       </c>
       <c r="B37" t="s">
         <v>88</v>
       </c>
       <c r="C37" t="s">
         <v>89</v>
       </c>
       <c r="G37">
         <v>7511.08</v>
       </c>
       <c r="H37">
         <v>11700.0</v>
       </c>
       <c r="I37">
         <v>-4188.92</v>
       </c>
       <c r="J37" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="K37" t="s">
         <v>23</v>
       </c>
       <c r="L37" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
-        <v>512</v>
+        <v>1325</v>
       </c>
       <c r="B38" t="s">
         <v>90</v>
       </c>
       <c r="C38" t="s">
         <v>91</v>
       </c>
-      <c r="D38">
-[...7 lines deleted...]
-      </c>
       <c r="G38">
-        <v>689195.85</v>
+        <v>21000.0</v>
       </c>
       <c r="H38">
-        <v>11769.69</v>
+        <v>0.0</v>
       </c>
       <c r="I38">
-        <v>677426.16</v>
+        <v>21000.0</v>
       </c>
       <c r="J38" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
       <c r="K38" t="s">
         <v>23</v>
       </c>
       <c r="L38" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
-        <v>909</v>
+        <v>1423</v>
       </c>
       <c r="B39" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C39" t="s">
-        <v>49</v>
+        <v>94</v>
+      </c>
+      <c r="D39">
+        <v>1</v>
+      </c>
+      <c r="E39">
+        <v>1</v>
       </c>
       <c r="G39">
-        <v>146519.85</v>
+        <v>116431.29</v>
       </c>
       <c r="H39">
-        <v>0.0</v>
+        <v>74000.0</v>
       </c>
       <c r="I39">
-        <v>146519.85</v>
+        <v>42431.29</v>
       </c>
       <c r="J39" t="s">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="K39" t="s">
         <v>23</v>
       </c>
       <c r="L39" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
-        <v>1217</v>
+        <v>512</v>
       </c>
       <c r="B40" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C40" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D40">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E40">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="F40">
+        <v>0</v>
       </c>
       <c r="G40">
-        <v>236058.48</v>
+        <v>689195.85</v>
       </c>
       <c r="H40">
-        <v>0.0</v>
+        <v>11769.69</v>
       </c>
       <c r="I40">
-        <v>236058.48</v>
+        <v>677426.16</v>
       </c>
       <c r="J40" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="K40" t="s">
         <v>23</v>
       </c>
       <c r="L40" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
-        <v>1286</v>
+        <v>909</v>
       </c>
       <c r="B41" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C41" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="G41">
-        <v>431047.48</v>
+        <v>146519.85</v>
       </c>
       <c r="H41">
-        <v>39018.47</v>
+        <v>0.0</v>
       </c>
       <c r="I41">
-        <v>392029.01</v>
+        <v>146519.85</v>
       </c>
       <c r="J41" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="K41" t="s">
         <v>23</v>
       </c>
       <c r="L41" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
-        <v>1389</v>
+        <v>1217</v>
       </c>
       <c r="B42" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C42" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D42">
         <v>1</v>
       </c>
       <c r="E42">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G42">
-        <v>72387.61</v>
+        <v>236058.48</v>
       </c>
       <c r="H42">
         <v>0.0</v>
       </c>
       <c r="I42">
-        <v>72387.61</v>
+        <v>236058.48</v>
       </c>
       <c r="J42" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="K42" t="s">
         <v>23</v>
       </c>
       <c r="L42" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
-        <v>25</v>
+        <v>1286</v>
       </c>
       <c r="B43" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C43" t="s">
         <v>26</v>
       </c>
       <c r="D43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E43">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G43">
-        <v>194793.59</v>
+        <v>431047.48</v>
       </c>
       <c r="H43">
-        <v>4583.0</v>
+        <v>39018.47</v>
       </c>
       <c r="I43">
-        <v>190210.59</v>
+        <v>392029.01</v>
       </c>
       <c r="J43" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="K43" t="s">
         <v>23</v>
       </c>
       <c r="L43" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
-        <v>872</v>
+        <v>1389</v>
       </c>
       <c r="B44" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C44" t="s">
-        <v>49</v>
+        <v>103</v>
+      </c>
+      <c r="D44">
+        <v>1</v>
+      </c>
+      <c r="E44">
+        <v>1</v>
       </c>
       <c r="G44">
-        <v>200290.59</v>
+        <v>72387.61</v>
       </c>
       <c r="H44">
-        <v>43760.39</v>
+        <v>0.0</v>
       </c>
       <c r="I44">
-        <v>156530.2</v>
+        <v>72387.61</v>
       </c>
       <c r="J44" t="s">
-        <v>58</v>
+        <v>104</v>
       </c>
       <c r="K44" t="s">
         <v>23</v>
       </c>
       <c r="L44" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
-        <v>981</v>
+        <v>25</v>
       </c>
       <c r="B45" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C45" t="s">
-        <v>75</v>
+        <v>26</v>
+      </c>
+      <c r="D45">
+        <v>3</v>
       </c>
       <c r="E45">
         <v>1</v>
       </c>
       <c r="G45">
-        <v>5112593.08</v>
+        <v>194793.59</v>
       </c>
       <c r="H45">
-        <v>46487.93</v>
+        <v>4583.0</v>
       </c>
       <c r="I45">
-        <v>5066105.15</v>
+        <v>190210.59</v>
       </c>
       <c r="J45" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="K45" t="s">
         <v>23</v>
       </c>
       <c r="L45" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
-        <v>1256</v>
+        <v>872</v>
       </c>
       <c r="B46" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C46" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="G46">
-        <v>1502850.0</v>
+        <v>200290.59</v>
       </c>
       <c r="H46">
-        <v>840186.0</v>
+        <v>43760.39</v>
       </c>
       <c r="I46">
-        <v>662664.0</v>
+        <v>156530.2</v>
       </c>
       <c r="J46" t="s">
         <v>58</v>
       </c>
       <c r="K46" t="s">
         <v>23</v>
       </c>
       <c r="L46" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
-        <v>1325</v>
+        <v>981</v>
       </c>
       <c r="B47" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C47" t="s">
-        <v>105</v>
+        <v>75</v>
+      </c>
+      <c r="E47">
+        <v>1</v>
       </c>
       <c r="G47">
-        <v>21000.0</v>
+        <v>5112593.08</v>
       </c>
       <c r="H47">
-        <v>0.0</v>
+        <v>46487.93</v>
       </c>
       <c r="I47">
-        <v>21000.0</v>
+        <v>5066105.15</v>
       </c>
       <c r="J47" t="s">
-        <v>106</v>
+        <v>58</v>
       </c>
       <c r="K47" t="s">
         <v>23</v>
       </c>
       <c r="L47" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
-        <v>1423</v>
+        <v>1256</v>
       </c>
       <c r="B48" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C48" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D48">
         <v>1</v>
       </c>
-      <c r="E48">
-[...1 lines deleted...]
-      </c>
       <c r="G48">
-        <v>116431.29</v>
+        <v>1502850.0</v>
       </c>
       <c r="H48">
-        <v>74000.0</v>
+        <v>840186.0</v>
       </c>
       <c r="I48">
-        <v>42431.29</v>
+        <v>662664.0</v>
       </c>
       <c r="J48" t="s">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="K48" t="s">
         <v>23</v>
       </c>
       <c r="L48" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
-        <v>1299</v>
+        <v>838</v>
       </c>
       <c r="B49" t="s">
         <v>110</v>
       </c>
       <c r="C49" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="G49">
-        <v>720122.77</v>
+        <v>174500.0</v>
       </c>
       <c r="H49">
-        <v>198280.0</v>
+        <v>55600.0</v>
       </c>
       <c r="I49">
-        <v>521842.77</v>
+        <v>118900.0</v>
       </c>
       <c r="J49" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K49" t="s">
         <v>23</v>
       </c>
       <c r="L49" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
-        <v>1402</v>
+        <v>918</v>
       </c>
       <c r="B50" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C50" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="D50">
         <v>2</v>
       </c>
-      <c r="E50">
-[...1 lines deleted...]
-      </c>
       <c r="G50">
-        <v>138274.0</v>
+        <v>83604.54</v>
       </c>
       <c r="H50">
-        <v>34797.85</v>
+        <v>2675.81</v>
       </c>
       <c r="I50">
-        <v>103476.15</v>
+        <v>80928.73</v>
       </c>
       <c r="J50" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="K50" t="s">
         <v>23</v>
       </c>
       <c r="L50" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
-        <v>174</v>
+        <v>1234</v>
       </c>
       <c r="B51" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C51" t="s">
         <v>26</v>
       </c>
       <c r="D51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E51">
         <v>2</v>
       </c>
       <c r="G51">
-        <v>664566.67</v>
+        <v>123988.64</v>
       </c>
       <c r="H51">
-        <v>309599.06</v>
+        <v>30000.0</v>
       </c>
       <c r="I51">
-        <v>354967.61</v>
+        <v>93988.64</v>
       </c>
       <c r="J51" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="K51" t="s">
         <v>23</v>
       </c>
       <c r="L51" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
-        <v>892</v>
+        <v>1299</v>
       </c>
       <c r="B52" t="s">
         <v>115</v>
       </c>
       <c r="C52" t="s">
         <v>26</v>
       </c>
       <c r="D52">
+        <v>3</v>
+      </c>
+      <c r="E52">
         <v>1</v>
       </c>
       <c r="G52">
-        <v>105462.73</v>
+        <v>720122.77</v>
       </c>
       <c r="H52">
-        <v>47594.34</v>
+        <v>198280.0</v>
       </c>
       <c r="I52">
-        <v>57868.39</v>
+        <v>521842.77</v>
       </c>
       <c r="J52" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="K52" t="s">
         <v>23</v>
       </c>
       <c r="L52" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
-        <v>1071</v>
+        <v>1402</v>
       </c>
       <c r="B53" t="s">
+        <v>116</v>
+      </c>
+      <c r="C53" t="s">
+        <v>75</v>
+      </c>
+      <c r="D53">
+        <v>2</v>
+      </c>
+      <c r="E53">
+        <v>1</v>
+      </c>
+      <c r="G53">
+        <v>138274.0</v>
+      </c>
+      <c r="H53">
+        <v>34797.85</v>
+      </c>
+      <c r="I53">
+        <v>103476.15</v>
+      </c>
+      <c r="J53" t="s">
         <v>117</v>
       </c>
-      <c r="C53" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K53" t="s">
         <v>23</v>
       </c>
       <c r="L53" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
-        <v>1267</v>
+        <v>174</v>
       </c>
       <c r="B54" t="s">
         <v>118</v>
       </c>
       <c r="C54" t="s">
         <v>26</v>
       </c>
       <c r="D54">
         <v>3</v>
       </c>
       <c r="E54">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G54">
-        <v>275289.35</v>
+        <v>664566.67</v>
       </c>
       <c r="H54">
-        <v>13372.01</v>
+        <v>309599.06</v>
       </c>
       <c r="I54">
-        <v>261917.34</v>
+        <v>354967.61</v>
       </c>
       <c r="J54" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="K54" t="s">
         <v>23</v>
       </c>
       <c r="L54" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
-        <v>1360</v>
+        <v>892</v>
       </c>
       <c r="B55" t="s">
         <v>119</v>
       </c>
       <c r="C55" t="s">
+        <v>26</v>
+      </c>
+      <c r="D55">
+        <v>1</v>
+      </c>
+      <c r="G55">
+        <v>105462.73</v>
+      </c>
+      <c r="H55">
+        <v>47594.34</v>
+      </c>
+      <c r="I55">
+        <v>57868.39</v>
+      </c>
+      <c r="J55" t="s">
         <v>120</v>
       </c>
-      <c r="D55">
-[...16 lines deleted...]
-      </c>
       <c r="K55" t="s">
         <v>23</v>
       </c>
       <c r="L55" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
-        <v>838</v>
+        <v>1071</v>
       </c>
       <c r="B56" t="s">
         <v>121</v>
       </c>
       <c r="C56" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="G56">
-        <v>174500.0</v>
+        <v>4547.66</v>
       </c>
       <c r="H56">
-        <v>55600.0</v>
+        <v>0.0</v>
       </c>
       <c r="I56">
-        <v>118900.0</v>
+        <v>4547.66</v>
       </c>
       <c r="J56" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="K56" t="s">
         <v>23</v>
       </c>
       <c r="L56" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
-        <v>918</v>
+        <v>1267</v>
       </c>
       <c r="B57" t="s">
         <v>122</v>
       </c>
       <c r="C57" t="s">
         <v>26</v>
       </c>
       <c r="D57">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="E57">
+        <v>1</v>
       </c>
       <c r="G57">
-        <v>83604.54</v>
+        <v>275289.35</v>
       </c>
       <c r="H57">
-        <v>2675.81</v>
+        <v>13372.01</v>
       </c>
       <c r="I57">
-        <v>80928.73</v>
+        <v>261917.34</v>
       </c>
       <c r="J57" t="s">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="K57" t="s">
         <v>23</v>
       </c>
       <c r="L57" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
-        <v>1234</v>
+        <v>1360</v>
       </c>
       <c r="B58" t="s">
         <v>123</v>
       </c>
       <c r="C58" t="s">
-        <v>26</v>
+        <v>124</v>
       </c>
       <c r="D58">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E58">
         <v>2</v>
       </c>
       <c r="G58">
-        <v>123988.64</v>
+        <v>1455384.19</v>
       </c>
       <c r="H58">
-        <v>30000.0</v>
+        <v>110565.18</v>
       </c>
       <c r="I58">
-        <v>93988.64</v>
+        <v>1344819.01</v>
       </c>
       <c r="J58" t="s">
-        <v>124</v>
+        <v>58</v>
       </c>
       <c r="K58" t="s">
         <v>23</v>
       </c>
       <c r="L58" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
-        <v>903</v>
+        <v>494</v>
       </c>
       <c r="B59" t="s">
-        <v>125</v>
+        <v>20</v>
       </c>
       <c r="C59" t="s">
-        <v>49</v>
+        <v>21</v>
+      </c>
+      <c r="D59">
+        <v>2</v>
+      </c>
+      <c r="E59">
+        <v>2</v>
+      </c>
+      <c r="F59">
+        <v>0</v>
       </c>
       <c r="G59">
-        <v>448573.94</v>
+        <v>184156.52</v>
       </c>
       <c r="H59">
-        <v>18448.24</v>
+        <v>15692.84</v>
       </c>
       <c r="I59">
-        <v>430125.7</v>
+        <v>168463.68</v>
       </c>
       <c r="J59" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="K59" t="s">
         <v>23</v>
       </c>
       <c r="L59" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
-        <v>1177</v>
+        <v>903</v>
       </c>
       <c r="B60" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="C60" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="G60">
-        <v>954402.59</v>
+        <v>448573.94</v>
       </c>
       <c r="H60">
-        <v>30000.0</v>
+        <v>18448.24</v>
       </c>
       <c r="I60">
-        <v>924402.59</v>
+        <v>430125.7</v>
       </c>
       <c r="J60" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="K60" t="s">
         <v>23</v>
       </c>
       <c r="L60" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
-        <v>1280</v>
+        <v>1177</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>29</v>
       </c>
       <c r="C61" t="s">
         <v>26</v>
       </c>
       <c r="D61">
-        <v>1</v>
+        <v>6</v>
+      </c>
+      <c r="E61">
+        <v>2</v>
       </c>
       <c r="G61">
-        <v>3720.0</v>
+        <v>954402.59</v>
       </c>
       <c r="H61">
-        <v>0.0</v>
+        <v>30000.0</v>
       </c>
       <c r="I61">
-        <v>3720.0</v>
+        <v>924402.59</v>
       </c>
       <c r="J61" t="s">
-        <v>127</v>
+        <v>31</v>
       </c>
       <c r="K61" t="s">
         <v>23</v>
       </c>
       <c r="L61" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
-        <v>1382</v>
+        <v>1280</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C62" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="D62">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="E62">
         <v>1</v>
       </c>
       <c r="G62">
-        <v>465743.39</v>
+        <v>3720.0</v>
       </c>
       <c r="H62">
-        <v>4000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I62">
-        <v>461743.39</v>
+        <v>3720.0</v>
       </c>
       <c r="J62" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="K62" t="s">
         <v>23</v>
       </c>
       <c r="L62" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
-        <v>868</v>
+        <v>1382</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C63" t="s">
-        <v>49</v>
+        <v>75</v>
+      </c>
+      <c r="D63">
+        <v>5</v>
+      </c>
+      <c r="E63">
+        <v>1</v>
       </c>
       <c r="G63">
-        <v>292698.82</v>
+        <v>465743.39</v>
       </c>
       <c r="H63">
-        <v>17200.0</v>
+        <v>4000.0</v>
       </c>
       <c r="I63">
-        <v>275498.82</v>
+        <v>461743.39</v>
       </c>
       <c r="J63" t="s">
-        <v>27</v>
+        <v>129</v>
       </c>
       <c r="K63" t="s">
         <v>23</v>
       </c>
       <c r="L63" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
-        <v>952</v>
+        <v>868</v>
       </c>
       <c r="B64" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C64" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="G64">
-        <v>177855.58</v>
+        <v>292698.82</v>
       </c>
       <c r="H64">
-        <v>53280.0</v>
+        <v>17200.0</v>
       </c>
       <c r="I64">
-        <v>124575.58</v>
+        <v>275498.82</v>
       </c>
       <c r="J64" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K64" t="s">
         <v>23</v>
       </c>
       <c r="L64" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
-        <v>1255</v>
+        <v>952</v>
       </c>
       <c r="B65" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C65" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D65">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="E65">
+        <v>1</v>
       </c>
       <c r="G65">
-        <v>240631.79</v>
+        <v>177855.58</v>
       </c>
       <c r="H65">
-        <v>99131.79</v>
+        <v>53280.0</v>
       </c>
       <c r="I65">
-        <v>141500.0</v>
+        <v>124575.58</v>
       </c>
       <c r="J65" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="K65" t="s">
         <v>23</v>
       </c>
       <c r="L65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
-        <v>1312</v>
+        <v>1255</v>
       </c>
       <c r="B66" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C66" t="s">
         <v>26</v>
       </c>
       <c r="D66">
         <v>3</v>
       </c>
       <c r="G66">
-        <v>198130.0</v>
+        <v>240631.79</v>
       </c>
       <c r="H66">
-        <v>63760.0</v>
+        <v>99131.79</v>
       </c>
       <c r="I66">
-        <v>134370.0</v>
+        <v>141500.0</v>
       </c>
       <c r="J66" t="s">
-        <v>127</v>
+        <v>33</v>
       </c>
       <c r="K66" t="s">
         <v>23</v>
       </c>
       <c r="L66" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
-        <v>1416</v>
+        <v>1312</v>
       </c>
       <c r="B67" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C67" t="s">
-        <v>135</v>
+        <v>26</v>
       </c>
       <c r="D67">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G67">
-        <v>42040.49</v>
+        <v>198130.0</v>
       </c>
       <c r="H67">
-        <v>18000.0</v>
+        <v>63760.0</v>
       </c>
       <c r="I67">
-        <v>24040.49</v>
+        <v>134370.0</v>
       </c>
       <c r="J67" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="K67" t="s">
         <v>23</v>
       </c>
       <c r="L67" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
-        <v>494</v>
+        <v>1416</v>
       </c>
       <c r="B68" t="s">
-        <v>43</v>
+        <v>134</v>
       </c>
       <c r="C68" t="s">
-        <v>29</v>
+        <v>135</v>
       </c>
       <c r="D68">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E68">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G68">
-        <v>184156.52</v>
+        <v>42040.49</v>
       </c>
       <c r="H68">
-        <v>15692.84</v>
+        <v>18000.0</v>
       </c>
       <c r="I68">
-        <v>168463.68</v>
+        <v>24040.49</v>
       </c>
       <c r="J68" t="s">
-        <v>35</v>
+        <v>136</v>
       </c>
       <c r="K68" t="s">
         <v>23</v>
       </c>
       <c r="L68" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
         <v>79</v>
       </c>
       <c r="B69" t="s">
         <v>137</v>
       </c>
       <c r="C69" t="s">
         <v>26</v>
       </c>
       <c r="D69">
         <v>1</v>
       </c>
       <c r="E69">
         <v>1</v>
       </c>
       <c r="G69">
         <v>129656.5</v>
       </c>
       <c r="H69">
         <v>23665.75</v>
       </c>
       <c r="I69">
         <v>105990.75</v>
       </c>
       <c r="J69" t="s">
         <v>63</v>
       </c>
       <c r="K69" t="s">
         <v>23</v>
       </c>
       <c r="L69" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
         <v>883</v>
       </c>
       <c r="B70" t="s">
         <v>48</v>
       </c>
       <c r="C70" t="s">
         <v>49</v>
       </c>
       <c r="G70">
         <v>70452.0</v>
       </c>
       <c r="H70">
         <v>4000.0</v>
       </c>
       <c r="I70">
         <v>66452.0</v>
       </c>
       <c r="J70" t="s">
         <v>138</v>
       </c>
       <c r="K70" t="s">
         <v>23</v>
       </c>
       <c r="L70" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
         <v>1067</v>
       </c>
       <c r="B71" t="s">
         <v>139</v>
       </c>
       <c r="C71" t="s">
         <v>140</v>
       </c>
       <c r="G71">
         <v>48456.0</v>
       </c>
       <c r="H71">
         <v>11500.0</v>
       </c>
       <c r="I71">
         <v>36956.0</v>
       </c>
       <c r="J71" t="s">
         <v>141</v>
       </c>
       <c r="K71" t="s">
@@ -3971,421 +3971,421 @@
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
         <v>1261</v>
       </c>
       <c r="B72" t="s">
         <v>142</v>
       </c>
       <c r="C72" t="s">
         <v>26</v>
       </c>
       <c r="E72">
         <v>1</v>
       </c>
       <c r="G72">
         <v>64490.0</v>
       </c>
       <c r="H72">
         <v>1842.76</v>
       </c>
       <c r="I72">
         <v>62647.24</v>
       </c>
       <c r="J72" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K72" t="s">
         <v>23</v>
       </c>
       <c r="L72" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
         <v>1343</v>
       </c>
       <c r="B73" t="s">
         <v>143</v>
       </c>
       <c r="C73" t="s">
         <v>144</v>
       </c>
       <c r="D73">
         <v>2</v>
       </c>
       <c r="E73">
         <v>2</v>
       </c>
       <c r="G73">
         <v>324855.77</v>
       </c>
       <c r="H73">
         <v>57406.24</v>
       </c>
       <c r="I73">
         <v>267449.53</v>
       </c>
       <c r="J73" t="s">
         <v>145</v>
       </c>
       <c r="K73" t="s">
         <v>23</v>
       </c>
       <c r="L73" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
         <v>694</v>
       </c>
       <c r="B74" t="s">
         <v>146</v>
       </c>
       <c r="C74" t="s">
         <v>49</v>
       </c>
       <c r="G74">
         <v>34900.0</v>
       </c>
       <c r="H74">
         <v>0.0</v>
       </c>
       <c r="I74">
         <v>34900.0</v>
       </c>
       <c r="J74" t="s">
         <v>63</v>
       </c>
       <c r="K74" t="s">
         <v>23</v>
       </c>
       <c r="L74" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
         <v>913</v>
       </c>
       <c r="B75" t="s">
         <v>59</v>
       </c>
       <c r="C75" t="s">
         <v>26</v>
       </c>
       <c r="D75">
         <v>5</v>
       </c>
       <c r="E75">
         <v>1</v>
       </c>
       <c r="G75">
         <v>507164.54</v>
       </c>
       <c r="H75">
         <v>21951.0</v>
       </c>
       <c r="I75">
         <v>485213.54</v>
       </c>
       <c r="J75" t="s">
         <v>61</v>
       </c>
       <c r="K75" t="s">
         <v>23</v>
       </c>
       <c r="L75" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
         <v>1228</v>
       </c>
       <c r="B76" t="s">
         <v>147</v>
       </c>
       <c r="C76" t="s">
         <v>26</v>
       </c>
       <c r="D76">
         <v>5</v>
       </c>
       <c r="E76">
         <v>2</v>
       </c>
       <c r="G76">
         <v>403399.01</v>
       </c>
       <c r="H76">
         <v>19146.46</v>
       </c>
       <c r="I76">
         <v>384252.55</v>
       </c>
       <c r="J76" t="s">
         <v>63</v>
       </c>
       <c r="K76" t="s">
         <v>23</v>
       </c>
       <c r="L76" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
         <v>1293</v>
       </c>
       <c r="B77" t="s">
         <v>148</v>
       </c>
       <c r="C77" t="s">
         <v>26</v>
       </c>
       <c r="D77">
         <v>2</v>
       </c>
       <c r="E77">
         <v>1</v>
       </c>
       <c r="G77">
         <v>154770.11</v>
       </c>
       <c r="H77">
         <v>5081.51</v>
       </c>
       <c r="I77">
         <v>149688.6</v>
       </c>
       <c r="J77" t="s">
         <v>87</v>
       </c>
       <c r="K77" t="s">
         <v>23</v>
       </c>
       <c r="L77" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
         <v>1396</v>
       </c>
       <c r="B78" t="s">
         <v>149</v>
       </c>
       <c r="C78" t="s">
         <v>75</v>
       </c>
       <c r="D78">
         <v>3</v>
       </c>
       <c r="E78">
         <v>1</v>
       </c>
       <c r="G78">
         <v>1245912.6</v>
       </c>
       <c r="H78">
         <v>74288.68</v>
       </c>
       <c r="I78">
         <v>1171623.92</v>
       </c>
       <c r="J78" t="s">
         <v>150</v>
       </c>
       <c r="K78" t="s">
         <v>23</v>
       </c>
       <c r="L78" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
         <v>862</v>
       </c>
       <c r="B79" t="s">
         <v>151</v>
       </c>
       <c r="C79" t="s">
         <v>49</v>
       </c>
       <c r="G79">
         <v>276515.35</v>
       </c>
       <c r="H79">
         <v>65049.76</v>
       </c>
       <c r="I79">
         <v>211465.59</v>
       </c>
       <c r="J79" t="s">
         <v>69</v>
       </c>
       <c r="K79" t="s">
         <v>23</v>
       </c>
       <c r="L79" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
         <v>928</v>
       </c>
       <c r="B80" t="s">
         <v>152</v>
       </c>
       <c r="C80" t="s">
         <v>49</v>
       </c>
       <c r="G80">
         <v>2076113.75</v>
       </c>
       <c r="H80">
         <v>111800.0</v>
       </c>
       <c r="I80">
         <v>1964313.75</v>
       </c>
       <c r="J80" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K80" t="s">
         <v>23</v>
       </c>
       <c r="L80" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
         <v>1249</v>
       </c>
       <c r="B81" t="s">
         <v>153</v>
       </c>
       <c r="C81" t="s">
         <v>26</v>
       </c>
       <c r="D81">
         <v>1</v>
       </c>
       <c r="E81">
         <v>4</v>
       </c>
       <c r="G81">
         <v>116197.0</v>
       </c>
       <c r="H81">
         <v>0.0</v>
       </c>
       <c r="I81">
         <v>116197.0</v>
       </c>
       <c r="J81" t="s">
         <v>63</v>
       </c>
       <c r="K81" t="s">
         <v>23</v>
       </c>
       <c r="L81" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
         <v>1306</v>
       </c>
       <c r="B82" t="s">
         <v>154</v>
       </c>
       <c r="C82" t="s">
         <v>26</v>
       </c>
       <c r="D82">
         <v>1</v>
       </c>
       <c r="G82">
         <v>158200.0</v>
       </c>
       <c r="H82">
         <v>18000.0</v>
       </c>
       <c r="I82">
         <v>140200.0</v>
       </c>
       <c r="J82" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="K82" t="s">
         <v>23</v>
       </c>
       <c r="L82" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
         <v>1409</v>
       </c>
       <c r="B83" t="s">
         <v>155</v>
       </c>
       <c r="C83" t="s">
         <v>156</v>
       </c>
       <c r="D83">
         <v>3</v>
       </c>
       <c r="E83">
         <v>0</v>
       </c>
       <c r="G83">
         <v>764425.31</v>
       </c>
       <c r="H83">
         <v>237000.0</v>
       </c>
       <c r="I83">
         <v>527425.31</v>
       </c>
       <c r="J83" t="s">
         <v>157</v>
       </c>
       <c r="K83" t="s">
         <v>23</v>
       </c>
       <c r="L83" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
         <v>435</v>
       </c>
       <c r="B84" t="s">
         <v>77</v>
       </c>
       <c r="C84" t="s">
         <v>78</v>
       </c>
       <c r="D84">
         <v>1</v>
       </c>
       <c r="E84">
         <v>2</v>
       </c>
       <c r="G84">
         <v>312149.01</v>
       </c>
       <c r="H84">
         <v>84662.98</v>
       </c>
       <c r="I84">
@@ -4399,57 +4399,57 @@
       </c>
       <c r="L84" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
         <v>899</v>
       </c>
       <c r="B85" t="s">
         <v>158</v>
       </c>
       <c r="C85" t="s">
         <v>49</v>
       </c>
       <c r="G85">
         <v>356142.93</v>
       </c>
       <c r="H85">
         <v>25949.85</v>
       </c>
       <c r="I85">
         <v>330193.08</v>
       </c>
       <c r="J85" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K85" t="s">
         <v>23</v>
       </c>
       <c r="L85" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
         <v>1128</v>
       </c>
       <c r="B86" t="s">
         <v>159</v>
       </c>
       <c r="C86" t="s">
         <v>160</v>
       </c>
       <c r="D86">
         <v>0</v>
       </c>
       <c r="E86">
         <v>3</v>
       </c>
       <c r="G86">
         <v>170806.57</v>
       </c>
       <c r="H86">
         <v>7166.67</v>
       </c>
       <c r="I86">
@@ -4472,8121 +4472,8121 @@
       <c r="B87" t="s">
         <v>85</v>
       </c>
       <c r="C87" t="s">
         <v>26</v>
       </c>
       <c r="E87">
         <v>1</v>
       </c>
       <c r="G87">
         <v>62073.89</v>
       </c>
       <c r="H87">
         <v>21665.33</v>
       </c>
       <c r="I87">
         <v>40408.56</v>
       </c>
       <c r="J87" t="s">
         <v>87</v>
       </c>
       <c r="K87" t="s">
         <v>23</v>
       </c>
       <c r="L87" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
         <v>1370</v>
       </c>
       <c r="B88" t="s">
         <v>161</v>
       </c>
       <c r="C88" t="s">
         <v>162</v>
       </c>
       <c r="G88">
         <v>8400.0</v>
       </c>
       <c r="H88">
         <v>12390.0</v>
       </c>
       <c r="I88">
         <v>-3990.0</v>
       </c>
       <c r="J88" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="K88" t="s">
         <v>23</v>
       </c>
       <c r="L88" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
-        <v>574</v>
+        <v>1005</v>
       </c>
       <c r="B89" t="s">
         <v>163</v>
       </c>
       <c r="C89" t="s">
+        <v>21</v>
+      </c>
+      <c r="D89">
+        <v>8</v>
+      </c>
+      <c r="E89">
+        <v>2</v>
+      </c>
+      <c r="G89">
+        <v>1250141.01</v>
+      </c>
+      <c r="H89">
+        <v>187902.56</v>
+      </c>
+      <c r="I89">
+        <v>1062238.45</v>
+      </c>
+      <c r="J89" t="s">
         <v>164</v>
       </c>
-      <c r="D89">
-[...16 lines deleted...]
-      </c>
       <c r="K89" t="s">
         <v>23</v>
       </c>
       <c r="L89" t="s">
-        <v>166</v>
+        <v>80</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
-        <v>909</v>
+        <v>1256</v>
       </c>
       <c r="B90" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="C90" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="D90">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="E90">
         <v>1</v>
       </c>
       <c r="G90">
-        <v>172474.41</v>
+        <v>1504765.65</v>
       </c>
       <c r="H90">
-        <v>7604.91</v>
+        <v>811503.2</v>
       </c>
       <c r="I90">
-        <v>164869.5</v>
+        <v>693262.45</v>
       </c>
       <c r="J90" t="s">
-        <v>22</v>
+        <v>165</v>
       </c>
       <c r="K90" t="s">
         <v>23</v>
       </c>
       <c r="L90" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
-        <v>1217</v>
+        <v>1330</v>
       </c>
       <c r="B91" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="C91" t="s">
-        <v>26</v>
+        <v>167</v>
       </c>
       <c r="D91">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E91">
         <v>2</v>
       </c>
       <c r="G91">
-        <v>312643.32</v>
+        <v>529317.01</v>
       </c>
       <c r="H91">
-        <v>0.0</v>
+        <v>415668.33</v>
       </c>
       <c r="I91">
-        <v>312643.32</v>
+        <v>113648.68</v>
       </c>
       <c r="J91" t="s">
-        <v>63</v>
+        <v>168</v>
       </c>
       <c r="K91" t="s">
         <v>23</v>
       </c>
       <c r="L91" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
-        <v>1287</v>
+        <v>1423</v>
       </c>
       <c r="B92" t="s">
-        <v>167</v>
+        <v>93</v>
       </c>
       <c r="C92" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D92">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E92">
         <v>1</v>
       </c>
       <c r="G92">
-        <v>182624.54</v>
+        <v>2160200.42</v>
       </c>
       <c r="H92">
-        <v>20000.0</v>
+        <v>110000.0</v>
       </c>
       <c r="I92">
-        <v>162624.54</v>
+        <v>2050200.42</v>
       </c>
       <c r="J92" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="K92" t="s">
         <v>23</v>
       </c>
       <c r="L92" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
-        <v>1390</v>
+        <v>574</v>
       </c>
       <c r="B93" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C93" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D93">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E93">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G93">
-        <v>113120.0</v>
+        <v>180289.37</v>
       </c>
       <c r="H93">
-        <v>16366.0</v>
+        <v>3700.0</v>
       </c>
       <c r="I93">
-        <v>96754.0</v>
+        <v>176589.37</v>
       </c>
       <c r="J93" t="s">
-        <v>98</v>
+        <v>171</v>
       </c>
       <c r="K93" t="s">
         <v>23</v>
       </c>
       <c r="L93" t="s">
-        <v>36</v>
+        <v>172</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
-        <v>58</v>
+        <v>909</v>
       </c>
       <c r="B94" t="s">
-        <v>170</v>
+        <v>98</v>
       </c>
       <c r="C94" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="D94">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="E94">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G94">
-        <v>493522.14</v>
+        <v>172474.41</v>
       </c>
       <c r="H94">
-        <v>0.0</v>
+        <v>7604.91</v>
       </c>
       <c r="I94">
-        <v>493522.14</v>
+        <v>164869.5</v>
       </c>
       <c r="J94" t="s">
-        <v>171</v>
+        <v>31</v>
       </c>
       <c r="K94" t="s">
         <v>23</v>
       </c>
       <c r="L94" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
-        <v>872</v>
+        <v>1217</v>
       </c>
       <c r="B95" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C95" t="s">
-        <v>172</v>
+        <v>26</v>
       </c>
       <c r="D95">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E95">
         <v>2</v>
       </c>
       <c r="G95">
-        <v>80062.83</v>
+        <v>312643.32</v>
       </c>
       <c r="H95">
-        <v>37450.67</v>
+        <v>0.0</v>
       </c>
       <c r="I95">
-        <v>42612.16</v>
+        <v>312643.32</v>
       </c>
       <c r="J95" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="K95" t="s">
         <v>23</v>
       </c>
       <c r="L95" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
-        <v>1005</v>
+        <v>1287</v>
       </c>
       <c r="B96" t="s">
         <v>173</v>
       </c>
       <c r="C96" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D96">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E96">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G96">
-        <v>1250141.01</v>
+        <v>182624.54</v>
       </c>
       <c r="H96">
-        <v>187902.56</v>
+        <v>20000.0</v>
       </c>
       <c r="I96">
-        <v>1062238.45</v>
+        <v>162624.54</v>
       </c>
       <c r="J96" t="s">
-        <v>174</v>
+        <v>47</v>
       </c>
       <c r="K96" t="s">
         <v>23</v>
       </c>
       <c r="L96" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
-        <v>1256</v>
+        <v>1390</v>
       </c>
       <c r="B97" t="s">
-        <v>102</v>
+        <v>174</v>
       </c>
       <c r="C97" t="s">
-        <v>75</v>
+        <v>175</v>
       </c>
       <c r="D97">
         <v>1</v>
       </c>
+      <c r="E97">
+        <v>1</v>
+      </c>
       <c r="G97">
-        <v>1504765.65</v>
+        <v>113120.0</v>
       </c>
       <c r="H97">
-        <v>811503.2</v>
+        <v>16366.0</v>
       </c>
       <c r="I97">
-        <v>693262.45</v>
+        <v>96754.0</v>
       </c>
       <c r="J97" t="s">
-        <v>175</v>
+        <v>104</v>
       </c>
       <c r="K97" t="s">
         <v>23</v>
       </c>
       <c r="L97" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
-        <v>1330</v>
+        <v>58</v>
       </c>
       <c r="B98" t="s">
         <v>176</v>
       </c>
       <c r="C98" t="s">
+        <v>49</v>
+      </c>
+      <c r="D98">
+        <v>0</v>
+      </c>
+      <c r="E98">
+        <v>0</v>
+      </c>
+      <c r="F98">
+        <v>0</v>
+      </c>
+      <c r="G98">
+        <v>493522.14</v>
+      </c>
+      <c r="H98">
+        <v>0.0</v>
+      </c>
+      <c r="I98">
+        <v>493522.14</v>
+      </c>
+      <c r="J98" t="s">
         <v>177</v>
       </c>
-      <c r="D98">
-[...16 lines deleted...]
-      </c>
       <c r="K98" t="s">
         <v>23</v>
       </c>
       <c r="L98" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
-        <v>1423</v>
+        <v>872</v>
       </c>
       <c r="B99" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C99" t="s">
-        <v>108</v>
+        <v>178</v>
       </c>
       <c r="D99">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E99">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G99">
-        <v>2160200.42</v>
+        <v>80062.83</v>
       </c>
       <c r="H99">
-        <v>110000.0</v>
+        <v>37450.67</v>
       </c>
       <c r="I99">
-        <v>2050200.42</v>
+        <v>42612.16</v>
       </c>
       <c r="J99" t="s">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="K99" t="s">
         <v>23</v>
       </c>
       <c r="L99" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
-        <v>1235</v>
+        <v>838</v>
       </c>
       <c r="B100" t="s">
-        <v>179</v>
+        <v>110</v>
       </c>
       <c r="C100" t="s">
-        <v>26</v>
+        <v>178</v>
       </c>
       <c r="D100">
+        <v>2</v>
+      </c>
+      <c r="E100">
         <v>1</v>
       </c>
       <c r="G100">
-        <v>44147.0</v>
+        <v>198500.0</v>
       </c>
       <c r="H100">
-        <v>17180.0</v>
+        <v>41000.0</v>
       </c>
       <c r="I100">
-        <v>26967.0</v>
+        <v>157500.0</v>
       </c>
       <c r="J100" t="s">
-        <v>124</v>
+        <v>27</v>
       </c>
       <c r="K100" t="s">
         <v>23</v>
       </c>
       <c r="L100" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
-        <v>1300</v>
+        <v>919</v>
       </c>
       <c r="B101" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C101" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>49</v>
       </c>
       <c r="G101">
-        <v>1985000.9</v>
+        <v>6288.08</v>
       </c>
       <c r="H101">
-        <v>71115.29</v>
+        <v>0.0</v>
       </c>
       <c r="I101">
-        <v>1913885.61</v>
+        <v>6288.08</v>
       </c>
       <c r="J101" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K101" t="s">
         <v>23</v>
       </c>
       <c r="L101" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
-        <v>1403</v>
+        <v>1235</v>
       </c>
       <c r="B102" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C102" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="D102">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G102">
-        <v>28589909.55</v>
+        <v>44147.0</v>
       </c>
       <c r="H102">
-        <v>482263.43</v>
+        <v>17180.0</v>
       </c>
       <c r="I102">
-        <v>28107646.12</v>
+        <v>26967.0</v>
       </c>
       <c r="J102" t="s">
-        <v>182</v>
+        <v>114</v>
       </c>
       <c r="K102" t="s">
         <v>23</v>
       </c>
       <c r="L102" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
-        <v>316</v>
+        <v>1300</v>
       </c>
       <c r="B103" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C103" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="D103">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E103">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G103">
-        <v>341700.37</v>
+        <v>1985000.9</v>
       </c>
       <c r="H103">
-        <v>131497.33</v>
+        <v>71115.29</v>
       </c>
       <c r="I103">
-        <v>210203.04</v>
+        <v>1913885.61</v>
       </c>
       <c r="J103" t="s">
-        <v>185</v>
+        <v>50</v>
       </c>
       <c r="K103" t="s">
         <v>23</v>
       </c>
       <c r="L103" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
-        <v>894</v>
+        <v>1403</v>
       </c>
       <c r="B104" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C104" t="s">
-        <v>49</v>
+        <v>75</v>
+      </c>
+      <c r="D104">
+        <v>6</v>
+      </c>
+      <c r="E104">
+        <v>4</v>
       </c>
       <c r="G104">
-        <v>412056.58</v>
+        <v>28589909.55</v>
       </c>
       <c r="H104">
-        <v>91077.75</v>
+        <v>482263.43</v>
       </c>
       <c r="I104">
-        <v>320978.83</v>
+        <v>28107646.12</v>
       </c>
       <c r="J104" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="K104" t="s">
         <v>23</v>
       </c>
       <c r="L104" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
-        <v>1085</v>
+        <v>316</v>
       </c>
       <c r="B105" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C105" t="s">
-        <v>160</v>
+        <v>185</v>
       </c>
       <c r="D105">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E105">
         <v>1</v>
       </c>
       <c r="G105">
-        <v>195076.86</v>
+        <v>341700.37</v>
       </c>
       <c r="H105">
-        <v>76133.92</v>
+        <v>131497.33</v>
       </c>
       <c r="I105">
-        <v>118942.94</v>
+        <v>210203.04</v>
       </c>
       <c r="J105" t="s">
-        <v>22</v>
+        <v>186</v>
       </c>
       <c r="K105" t="s">
         <v>23</v>
       </c>
       <c r="L105" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
-        <v>1268</v>
+        <v>894</v>
       </c>
       <c r="B106" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C106" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="G106">
-        <v>145845.0</v>
+        <v>412056.58</v>
       </c>
       <c r="H106">
-        <v>166672.83</v>
+        <v>91077.75</v>
       </c>
       <c r="I106">
-        <v>-20827.83</v>
+        <v>320978.83</v>
       </c>
       <c r="J106" t="s">
-        <v>189</v>
+        <v>177</v>
       </c>
       <c r="K106" t="s">
         <v>23</v>
       </c>
       <c r="L106" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
-        <v>1361</v>
+        <v>1085</v>
       </c>
       <c r="B107" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C107" t="s">
-        <v>75</v>
+        <v>160</v>
       </c>
       <c r="D107">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E107">
         <v>1</v>
       </c>
       <c r="G107">
-        <v>68297.12</v>
+        <v>195076.86</v>
       </c>
       <c r="H107">
-        <v>36736.96</v>
+        <v>76133.92</v>
       </c>
       <c r="I107">
-        <v>31560.16</v>
+        <v>118942.94</v>
       </c>
       <c r="J107" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="K107" t="s">
         <v>23</v>
       </c>
       <c r="L107" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
-        <v>838</v>
+        <v>1268</v>
       </c>
       <c r="B108" t="s">
-        <v>121</v>
+        <v>189</v>
       </c>
       <c r="C108" t="s">
-        <v>172</v>
+        <v>26</v>
       </c>
       <c r="D108">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E108">
         <v>1</v>
       </c>
       <c r="G108">
-        <v>198500.0</v>
+        <v>145845.0</v>
       </c>
       <c r="H108">
-        <v>41000.0</v>
+        <v>166672.83</v>
       </c>
       <c r="I108">
-        <v>157500.0</v>
+        <v>-20827.83</v>
       </c>
       <c r="J108" t="s">
-        <v>45</v>
+        <v>190</v>
       </c>
       <c r="K108" t="s">
         <v>23</v>
       </c>
       <c r="L108" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
-        <v>919</v>
+        <v>1361</v>
       </c>
       <c r="B109" t="s">
         <v>191</v>
       </c>
       <c r="C109" t="s">
-        <v>49</v>
+        <v>75</v>
+      </c>
+      <c r="D109">
+        <v>1</v>
+      </c>
+      <c r="E109">
+        <v>1</v>
       </c>
       <c r="G109">
-        <v>6288.08</v>
+        <v>68297.12</v>
       </c>
       <c r="H109">
-        <v>0.0</v>
+        <v>36736.96</v>
       </c>
       <c r="I109">
-        <v>6288.08</v>
+        <v>31560.16</v>
       </c>
       <c r="J109" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="K109" t="s">
         <v>23</v>
       </c>
       <c r="L109" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
         <v>498</v>
       </c>
       <c r="B110" t="s">
         <v>192</v>
       </c>
       <c r="C110" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D110">
         <v>2</v>
       </c>
       <c r="E110">
         <v>3</v>
       </c>
       <c r="F110">
         <v>0</v>
       </c>
       <c r="G110">
         <v>673600.0</v>
       </c>
       <c r="H110">
         <v>220000.0</v>
       </c>
       <c r="I110">
         <v>453600.0</v>
       </c>
       <c r="J110" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="K110" t="s">
         <v>23</v>
       </c>
       <c r="L110" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
         <v>903</v>
       </c>
       <c r="B111" t="s">
         <v>125</v>
       </c>
       <c r="C111" t="s">
         <v>26</v>
       </c>
       <c r="D111">
         <v>8</v>
       </c>
       <c r="E111">
         <v>2</v>
       </c>
       <c r="G111">
         <v>380441.44</v>
       </c>
       <c r="H111">
         <v>11000.0</v>
       </c>
       <c r="I111">
         <v>369441.44</v>
       </c>
       <c r="J111" t="s">
         <v>63</v>
       </c>
       <c r="K111" t="s">
         <v>23</v>
       </c>
       <c r="L111" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
         <v>1202</v>
       </c>
       <c r="B112" t="s">
         <v>193</v>
       </c>
       <c r="C112" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="D112">
         <v>1</v>
       </c>
       <c r="E112">
         <v>1</v>
       </c>
       <c r="G112">
         <v>216463.36</v>
       </c>
       <c r="H112">
         <v>9452.0</v>
       </c>
       <c r="I112">
         <v>207011.36</v>
       </c>
       <c r="J112" t="s">
         <v>67</v>
       </c>
       <c r="K112" t="s">
         <v>23</v>
       </c>
       <c r="L112" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
         <v>1281</v>
       </c>
       <c r="B113" t="s">
         <v>194</v>
       </c>
       <c r="C113" t="s">
         <v>26</v>
       </c>
       <c r="D113">
         <v>1</v>
       </c>
       <c r="E113">
         <v>2</v>
       </c>
       <c r="G113">
         <v>92937.58</v>
       </c>
       <c r="H113">
         <v>70379.57</v>
       </c>
       <c r="I113">
         <v>22558.01</v>
       </c>
       <c r="J113" t="s">
         <v>195</v>
       </c>
       <c r="K113" t="s">
         <v>23</v>
       </c>
       <c r="L113" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
         <v>1383</v>
       </c>
       <c r="B114" t="s">
         <v>196</v>
       </c>
       <c r="C114" t="s">
         <v>75</v>
       </c>
       <c r="D114">
         <v>11</v>
       </c>
       <c r="E114">
         <v>4</v>
       </c>
       <c r="G114">
         <v>1506433.33</v>
       </c>
       <c r="H114">
         <v>160327.4</v>
       </c>
       <c r="I114">
         <v>1346105.93</v>
       </c>
       <c r="J114" t="s">
         <v>129</v>
       </c>
       <c r="K114" t="s">
         <v>23</v>
       </c>
       <c r="L114" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
         <v>868</v>
       </c>
       <c r="B115" t="s">
         <v>130</v>
       </c>
       <c r="C115" t="s">
         <v>26</v>
       </c>
       <c r="D115">
         <v>5</v>
       </c>
       <c r="G115">
         <v>209818.0</v>
       </c>
       <c r="H115">
         <v>0.0</v>
       </c>
       <c r="I115">
         <v>209818.0</v>
       </c>
       <c r="J115" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="K115" t="s">
         <v>23</v>
       </c>
       <c r="L115" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
         <v>964</v>
       </c>
       <c r="B116" t="s">
         <v>197</v>
       </c>
       <c r="C116" t="s">
         <v>198</v>
       </c>
       <c r="D116">
         <v>2</v>
       </c>
       <c r="E116">
         <v>1</v>
       </c>
       <c r="G116">
         <v>200024.0</v>
       </c>
       <c r="H116">
         <v>112300.0</v>
       </c>
       <c r="I116">
         <v>87724.0</v>
       </c>
       <c r="J116" t="s">
         <v>199</v>
       </c>
       <c r="K116" t="s">
         <v>23</v>
       </c>
       <c r="L116" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
         <v>1256</v>
       </c>
       <c r="B117" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C117" t="s">
         <v>49</v>
       </c>
       <c r="G117">
         <v>1525000.0</v>
       </c>
       <c r="H117">
         <v>655320.0</v>
       </c>
       <c r="I117">
         <v>869680.0</v>
       </c>
       <c r="J117" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="K117" t="s">
         <v>23</v>
       </c>
       <c r="L117" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
         <v>1313</v>
       </c>
       <c r="B118" t="s">
         <v>200</v>
       </c>
       <c r="C118" t="s">
         <v>26</v>
       </c>
       <c r="D118">
         <v>2</v>
       </c>
       <c r="G118">
         <v>158000.0</v>
       </c>
       <c r="H118">
         <v>51863.0</v>
       </c>
       <c r="I118">
         <v>106137.0</v>
       </c>
       <c r="J118" t="s">
         <v>87</v>
       </c>
       <c r="K118" t="s">
         <v>23</v>
       </c>
       <c r="L118" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
         <v>1417</v>
       </c>
       <c r="B119" t="s">
         <v>201</v>
       </c>
       <c r="C119" t="s">
         <v>75</v>
       </c>
       <c r="D119">
         <v>0</v>
       </c>
       <c r="E119">
         <v>1</v>
       </c>
       <c r="G119">
         <v>90058.91</v>
       </c>
       <c r="H119">
         <v>0.0</v>
       </c>
       <c r="I119">
         <v>90058.91</v>
       </c>
       <c r="J119" t="s">
         <v>202</v>
       </c>
       <c r="K119" t="s">
         <v>23</v>
       </c>
       <c r="L119" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
         <v>79</v>
       </c>
       <c r="B120" t="s">
         <v>137</v>
       </c>
       <c r="C120" t="s">
         <v>26</v>
       </c>
       <c r="D120">
         <v>1</v>
       </c>
       <c r="E120">
         <v>1</v>
       </c>
       <c r="G120">
         <v>129656.5</v>
       </c>
       <c r="H120">
         <v>23665.75</v>
       </c>
       <c r="I120">
         <v>105990.75</v>
       </c>
       <c r="J120" t="s">
         <v>47</v>
       </c>
       <c r="K120" t="s">
         <v>23</v>
       </c>
       <c r="L120" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
         <v>883</v>
       </c>
       <c r="B121" t="s">
         <v>48</v>
       </c>
       <c r="C121" t="s">
         <v>26</v>
       </c>
       <c r="G121">
         <v>128045.78</v>
       </c>
       <c r="H121">
         <v>3721.71</v>
       </c>
       <c r="I121">
         <v>124324.07</v>
       </c>
       <c r="J121" t="s">
         <v>50</v>
       </c>
       <c r="K121" t="s">
         <v>23</v>
       </c>
       <c r="L121" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
         <v>1069</v>
       </c>
       <c r="B122" t="s">
         <v>203</v>
       </c>
       <c r="C122" t="s">
         <v>204</v>
       </c>
       <c r="G122">
         <v>1981708.36</v>
       </c>
       <c r="H122">
         <v>749946.26</v>
       </c>
       <c r="I122">
         <v>1231762.1</v>
       </c>
       <c r="J122" t="s">
         <v>205</v>
       </c>
       <c r="K122" t="s">
         <v>23</v>
       </c>
       <c r="L122" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
         <v>1262</v>
       </c>
       <c r="B123" t="s">
         <v>206</v>
       </c>
       <c r="C123" t="s">
         <v>207</v>
       </c>
       <c r="D123">
         <v>3</v>
       </c>
       <c r="G123">
         <v>53240.31</v>
       </c>
       <c r="H123">
         <v>19500.0</v>
       </c>
       <c r="I123">
         <v>33740.31</v>
       </c>
       <c r="J123" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K123" t="s">
         <v>23</v>
       </c>
       <c r="L123" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
         <v>1351</v>
       </c>
       <c r="B124" t="s">
         <v>208</v>
       </c>
       <c r="C124" t="s">
         <v>26</v>
       </c>
       <c r="D124">
         <v>4</v>
       </c>
       <c r="E124">
         <v>2</v>
       </c>
       <c r="G124">
         <v>364890.0</v>
       </c>
       <c r="H124">
         <v>0.0</v>
       </c>
       <c r="I124">
         <v>364890.0</v>
       </c>
       <c r="J124" t="s">
         <v>209</v>
       </c>
       <c r="K124" t="s">
         <v>23</v>
       </c>
       <c r="L124" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
         <v>694</v>
       </c>
       <c r="B125" t="s">
         <v>146</v>
       </c>
       <c r="C125" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="D125">
         <v>2</v>
       </c>
       <c r="G125">
         <v>29724.05</v>
       </c>
       <c r="H125">
         <v>15634.08</v>
       </c>
       <c r="I125">
         <v>14089.97</v>
       </c>
       <c r="J125" t="s">
         <v>63</v>
       </c>
       <c r="K125" t="s">
         <v>23</v>
       </c>
       <c r="L125" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
         <v>914</v>
       </c>
       <c r="B126" t="s">
         <v>210</v>
       </c>
       <c r="C126" t="s">
         <v>49</v>
       </c>
       <c r="G126">
         <v>18860.97</v>
       </c>
       <c r="H126">
         <v>16551.99</v>
       </c>
       <c r="I126">
         <v>2308.98</v>
       </c>
       <c r="J126" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="K126" t="s">
         <v>23</v>
       </c>
       <c r="L126" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
         <v>1229</v>
       </c>
       <c r="B127" t="s">
         <v>211</v>
       </c>
       <c r="C127" t="s">
         <v>26</v>
       </c>
       <c r="E127">
         <v>1</v>
       </c>
       <c r="G127">
         <v>24216.93</v>
       </c>
       <c r="H127">
         <v>11500.0</v>
       </c>
       <c r="I127">
         <v>12716.93</v>
       </c>
       <c r="J127" t="s">
         <v>63</v>
       </c>
       <c r="K127" t="s">
         <v>23</v>
       </c>
       <c r="L127" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
         <v>1294</v>
       </c>
       <c r="B128" t="s">
         <v>212</v>
       </c>
       <c r="C128" t="s">
         <v>26</v>
       </c>
       <c r="D128">
         <v>2</v>
       </c>
       <c r="E128">
         <v>1</v>
       </c>
       <c r="G128">
         <v>256310.0</v>
       </c>
       <c r="H128">
         <v>63680.0</v>
       </c>
       <c r="I128">
         <v>192630.0</v>
       </c>
       <c r="J128" t="s">
         <v>213</v>
       </c>
       <c r="K128" t="s">
         <v>23</v>
       </c>
       <c r="L128" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
         <v>1397</v>
       </c>
       <c r="B129" t="s">
         <v>214</v>
       </c>
       <c r="C129" t="s">
         <v>75</v>
       </c>
       <c r="D129">
         <v>1</v>
       </c>
       <c r="E129">
         <v>1</v>
       </c>
       <c r="G129">
         <v>237121.7</v>
       </c>
       <c r="H129">
         <v>112392.86</v>
       </c>
       <c r="I129">
         <v>124728.84</v>
       </c>
       <c r="J129" t="s">
         <v>215</v>
       </c>
       <c r="K129" t="s">
         <v>23</v>
       </c>
       <c r="L129" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
-        <v>862</v>
+        <v>1371</v>
       </c>
       <c r="B130" t="s">
-        <v>151</v>
+        <v>216</v>
       </c>
       <c r="C130" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>217</v>
       </c>
       <c r="G130">
-        <v>282494.5</v>
+        <v>0.0</v>
       </c>
       <c r="H130">
-        <v>51606.4</v>
+        <v>114000.0</v>
       </c>
       <c r="I130">
-        <v>230888.1</v>
+        <v>-114000.0</v>
       </c>
       <c r="J130" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="K130" t="s">
         <v>23</v>
       </c>
       <c r="L130" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
-        <v>928</v>
+        <v>862</v>
       </c>
       <c r="B131" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C131" t="s">
         <v>26</v>
       </c>
       <c r="D131">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E131">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G131">
-        <v>2603140.84</v>
+        <v>282494.5</v>
       </c>
       <c r="H131">
-        <v>186831.29</v>
+        <v>51606.4</v>
       </c>
       <c r="I131">
-        <v>2416309.55</v>
+        <v>230888.1</v>
       </c>
       <c r="J131" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="K131" t="s">
         <v>23</v>
       </c>
       <c r="L131" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
-        <v>1250</v>
+        <v>928</v>
       </c>
       <c r="B132" t="s">
-        <v>216</v>
+        <v>152</v>
       </c>
       <c r="C132" t="s">
         <v>26</v>
       </c>
+      <c r="D132">
+        <v>9</v>
+      </c>
       <c r="E132">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G132">
-        <v>9622.34</v>
+        <v>2603140.84</v>
       </c>
       <c r="H132">
-        <v>0.0</v>
+        <v>186831.29</v>
       </c>
       <c r="I132">
-        <v>9622.34</v>
+        <v>2416309.55</v>
       </c>
       <c r="J132" t="s">
-        <v>217</v>
+        <v>31</v>
       </c>
       <c r="K132" t="s">
         <v>23</v>
       </c>
       <c r="L132" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
-        <v>1307</v>
+        <v>1250</v>
       </c>
       <c r="B133" t="s">
         <v>218</v>
       </c>
       <c r="C133" t="s">
         <v>26</v>
       </c>
       <c r="E133">
         <v>1</v>
       </c>
       <c r="G133">
-        <v>73000.0</v>
+        <v>9622.34</v>
       </c>
       <c r="H133">
         <v>0.0</v>
       </c>
       <c r="I133">
-        <v>73000.0</v>
+        <v>9622.34</v>
       </c>
       <c r="J133" t="s">
-        <v>69</v>
+        <v>219</v>
       </c>
       <c r="K133" t="s">
         <v>23</v>
       </c>
       <c r="L133" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
-        <v>1411</v>
+        <v>1307</v>
       </c>
       <c r="B134" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C134" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="E134">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G134">
-        <v>114580.0</v>
+        <v>73000.0</v>
       </c>
       <c r="H134">
-        <v>58000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I134">
-        <v>56580.0</v>
+        <v>73000.0</v>
       </c>
       <c r="J134" t="s">
-        <v>221</v>
+        <v>69</v>
       </c>
       <c r="K134" t="s">
         <v>23</v>
       </c>
       <c r="L134" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
-        <v>452</v>
+        <v>1411</v>
       </c>
       <c r="B135" t="s">
+        <v>221</v>
+      </c>
+      <c r="C135" t="s">
         <v>222</v>
       </c>
-      <c r="C135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D135">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E135">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G135">
-        <v>189136.61</v>
+        <v>114580.0</v>
       </c>
       <c r="H135">
-        <v>17044.0</v>
+        <v>58000.0</v>
       </c>
       <c r="I135">
-        <v>172092.61</v>
+        <v>56580.0</v>
       </c>
       <c r="J135" t="s">
         <v>223</v>
       </c>
       <c r="K135" t="s">
         <v>23</v>
       </c>
       <c r="L135" t="s">
-        <v>166</v>
+        <v>36</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
-        <v>899</v>
+        <v>452</v>
       </c>
       <c r="B136" t="s">
-        <v>158</v>
+        <v>224</v>
       </c>
       <c r="C136" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D136">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="E136">
+        <v>1</v>
+      </c>
+      <c r="F136">
+        <v>0</v>
       </c>
       <c r="G136">
-        <v>872790.0</v>
+        <v>189136.61</v>
       </c>
       <c r="H136">
-        <v>28243.83</v>
+        <v>17044.0</v>
       </c>
       <c r="I136">
-        <v>844546.17</v>
+        <v>172092.61</v>
       </c>
       <c r="J136" t="s">
-        <v>22</v>
+        <v>225</v>
       </c>
       <c r="K136" t="s">
         <v>23</v>
       </c>
       <c r="L136" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
-        <v>1129</v>
+        <v>899</v>
       </c>
       <c r="B137" t="s">
-        <v>224</v>
+        <v>158</v>
       </c>
       <c r="C137" t="s">
-        <v>225</v>
+        <v>26</v>
       </c>
       <c r="D137">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G137">
-        <v>340868.0</v>
+        <v>872790.0</v>
       </c>
       <c r="H137">
-        <v>13250.0</v>
+        <v>28243.83</v>
       </c>
       <c r="I137">
-        <v>327618.0</v>
+        <v>844546.17</v>
       </c>
       <c r="J137" t="s">
-        <v>84</v>
+        <v>31</v>
       </c>
       <c r="K137" t="s">
         <v>23</v>
       </c>
       <c r="L137" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
-        <v>1275</v>
+        <v>1129</v>
       </c>
       <c r="B138" t="s">
         <v>226</v>
       </c>
       <c r="C138" t="s">
-        <v>26</v>
+        <v>227</v>
+      </c>
+      <c r="D138">
+        <v>4</v>
       </c>
       <c r="E138">
         <v>1</v>
       </c>
       <c r="G138">
-        <v>36800.0</v>
+        <v>340868.0</v>
       </c>
       <c r="H138">
-        <v>8799.92</v>
+        <v>13250.0</v>
       </c>
       <c r="I138">
-        <v>28000.08</v>
+        <v>327618.0</v>
       </c>
       <c r="J138" t="s">
-        <v>227</v>
+        <v>84</v>
       </c>
       <c r="K138" t="s">
         <v>23</v>
       </c>
       <c r="L138" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
-        <v>1371</v>
+        <v>1275</v>
       </c>
       <c r="B139" t="s">
         <v>228</v>
       </c>
       <c r="C139" t="s">
+        <v>26</v>
+      </c>
+      <c r="E139">
+        <v>1</v>
+      </c>
+      <c r="G139">
+        <v>36800.0</v>
+      </c>
+      <c r="H139">
+        <v>8799.92</v>
+      </c>
+      <c r="I139">
+        <v>28000.08</v>
+      </c>
+      <c r="J139" t="s">
         <v>229</v>
       </c>
-      <c r="G139">
-[...10 lines deleted...]
-      </c>
       <c r="K139" t="s">
         <v>23</v>
       </c>
       <c r="L139" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
-        <v>1332</v>
+        <v>873</v>
       </c>
       <c r="B140" t="s">
         <v>230</v>
       </c>
       <c r="C140" t="s">
-        <v>231</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="G140">
-        <v>405408.0</v>
+        <v>163600.0</v>
       </c>
       <c r="H140">
-        <v>45980.45</v>
+        <v>58696.64</v>
       </c>
       <c r="I140">
-        <v>359427.55</v>
+        <v>104903.36</v>
       </c>
       <c r="J140" t="s">
-        <v>157</v>
+        <v>33</v>
       </c>
       <c r="K140" t="s">
         <v>23</v>
       </c>
       <c r="L140" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
-        <v>1425</v>
+        <v>1256</v>
       </c>
       <c r="B141" t="s">
-        <v>232</v>
+        <v>108</v>
       </c>
       <c r="C141" t="s">
-        <v>233</v>
+        <v>75</v>
       </c>
       <c r="D141">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="E141">
         <v>1</v>
       </c>
       <c r="G141">
-        <v>33100.0</v>
+        <v>1504765.65</v>
       </c>
       <c r="H141">
-        <v>0.0</v>
+        <v>811503.2</v>
       </c>
       <c r="I141">
-        <v>33100.0</v>
+        <v>693262.45</v>
       </c>
       <c r="J141" t="s">
-        <v>98</v>
+        <v>58</v>
       </c>
       <c r="K141" t="s">
         <v>23</v>
       </c>
       <c r="L141" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
-        <v>577</v>
+        <v>1332</v>
       </c>
       <c r="B142" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="C142" t="s">
-        <v>29</v>
+        <v>232</v>
       </c>
       <c r="D142">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E142">
         <v>1</v>
       </c>
-      <c r="F142">
-[...1 lines deleted...]
-      </c>
       <c r="G142">
-        <v>200823.81</v>
+        <v>405408.0</v>
       </c>
       <c r="H142">
-        <v>184959.0</v>
+        <v>45980.45</v>
       </c>
       <c r="I142">
-        <v>15864.81</v>
+        <v>359427.55</v>
       </c>
       <c r="J142" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="K142" t="s">
         <v>23</v>
       </c>
       <c r="L142" t="s">
-        <v>166</v>
+        <v>36</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
-        <v>911</v>
+        <v>1425</v>
       </c>
       <c r="B143" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C143" t="s">
-        <v>49</v>
+        <v>234</v>
+      </c>
+      <c r="D143">
+        <v>0</v>
+      </c>
+      <c r="E143">
+        <v>1</v>
       </c>
       <c r="G143">
-        <v>98512.0</v>
+        <v>33100.0</v>
       </c>
       <c r="H143">
-        <v>5585.82</v>
+        <v>0.0</v>
       </c>
       <c r="I143">
-        <v>92926.18</v>
+        <v>33100.0</v>
       </c>
       <c r="J143" t="s">
-        <v>217</v>
+        <v>104</v>
       </c>
       <c r="K143" t="s">
         <v>23</v>
       </c>
       <c r="L143" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
-        <v>1219</v>
+        <v>577</v>
       </c>
       <c r="B144" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C144" t="s">
-        <v>29</v>
+        <v>21</v>
+      </c>
+      <c r="D144">
+        <v>4</v>
+      </c>
+      <c r="E144">
+        <v>1</v>
+      </c>
+      <c r="F144">
+        <v>0</v>
       </c>
       <c r="G144">
-        <v>10000.0</v>
+        <v>200823.81</v>
       </c>
       <c r="H144">
-        <v>0.0</v>
+        <v>184959.0</v>
       </c>
       <c r="I144">
-        <v>10000.0</v>
+        <v>15864.81</v>
       </c>
       <c r="J144" t="s">
-        <v>63</v>
+        <v>171</v>
       </c>
       <c r="K144" t="s">
         <v>23</v>
       </c>
       <c r="L144" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
-        <v>1288</v>
+        <v>911</v>
       </c>
       <c r="B145" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="C145" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>49</v>
       </c>
       <c r="G145">
-        <v>757706.57</v>
+        <v>98512.0</v>
       </c>
       <c r="H145">
-        <v>154904.29</v>
+        <v>5585.82</v>
       </c>
       <c r="I145">
-        <v>602802.28</v>
+        <v>92926.18</v>
       </c>
       <c r="J145" t="s">
-        <v>47</v>
+        <v>219</v>
       </c>
       <c r="K145" t="s">
         <v>23</v>
       </c>
       <c r="L145" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
-        <v>1391</v>
+        <v>1219</v>
       </c>
       <c r="B146" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C146" t="s">
-        <v>239</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G146">
-        <v>125300.0</v>
+        <v>10000.0</v>
       </c>
       <c r="H146">
         <v>0.0</v>
       </c>
       <c r="I146">
-        <v>125300.0</v>
+        <v>10000.0</v>
       </c>
       <c r="J146" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="K146" t="s">
         <v>23</v>
       </c>
       <c r="L146" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
-        <v>58</v>
+        <v>1288</v>
       </c>
       <c r="B147" t="s">
-        <v>170</v>
+        <v>238</v>
       </c>
       <c r="C147" t="s">
         <v>26</v>
       </c>
       <c r="D147">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E147">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G147">
-        <v>610029.42</v>
+        <v>757706.57</v>
       </c>
       <c r="H147">
-        <v>0.0</v>
+        <v>154904.29</v>
       </c>
       <c r="I147">
-        <v>610029.42</v>
+        <v>602802.28</v>
       </c>
       <c r="J147" t="s">
-        <v>171</v>
+        <v>47</v>
       </c>
       <c r="K147" t="s">
         <v>23</v>
       </c>
       <c r="L147" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
-        <v>873</v>
+        <v>1391</v>
       </c>
       <c r="B148" t="s">
+        <v>239</v>
+      </c>
+      <c r="C148" t="s">
         <v>240</v>
       </c>
-      <c r="C148" t="s">
-        <v>49</v>
+      <c r="D148">
+        <v>1</v>
+      </c>
+      <c r="E148">
+        <v>0</v>
       </c>
       <c r="G148">
-        <v>163600.0</v>
+        <v>125300.0</v>
       </c>
       <c r="H148">
-        <v>58696.64</v>
+        <v>0.0</v>
       </c>
       <c r="I148">
-        <v>104903.36</v>
+        <v>125300.0</v>
       </c>
       <c r="J148" t="s">
-        <v>27</v>
+        <v>104</v>
       </c>
       <c r="K148" t="s">
         <v>23</v>
       </c>
       <c r="L148" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
-        <v>1256</v>
+        <v>58</v>
       </c>
       <c r="B149" t="s">
-        <v>102</v>
+        <v>176</v>
       </c>
       <c r="C149" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="D149">
+        <v>3</v>
+      </c>
+      <c r="E149">
         <v>1</v>
       </c>
       <c r="G149">
-        <v>1504765.65</v>
+        <v>610029.42</v>
       </c>
       <c r="H149">
-        <v>811503.2</v>
+        <v>0.0</v>
       </c>
       <c r="I149">
-        <v>693262.45</v>
+        <v>610029.42</v>
       </c>
       <c r="J149" t="s">
-        <v>58</v>
+        <v>177</v>
       </c>
       <c r="K149" t="s">
         <v>23</v>
       </c>
       <c r="L149" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
-        <v>919</v>
+        <v>838</v>
       </c>
       <c r="B150" t="s">
-        <v>191</v>
+        <v>110</v>
       </c>
       <c r="C150" t="s">
         <v>26</v>
       </c>
       <c r="D150">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E150">
         <v>1</v>
       </c>
       <c r="G150">
-        <v>139394.14</v>
+        <v>326500.0</v>
       </c>
       <c r="H150">
-        <v>58508.32</v>
+        <v>30000.0</v>
       </c>
       <c r="I150">
-        <v>80885.82</v>
+        <v>296500.0</v>
       </c>
       <c r="J150" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="K150" t="s">
         <v>23</v>
       </c>
       <c r="L150" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151">
-        <v>1238</v>
+        <v>919</v>
       </c>
       <c r="B151" t="s">
-        <v>241</v>
+        <v>179</v>
       </c>
       <c r="C151" t="s">
         <v>26</v>
       </c>
+      <c r="D151">
+        <v>3</v>
+      </c>
+      <c r="E151">
+        <v>1</v>
+      </c>
       <c r="G151">
-        <v>2015.0</v>
+        <v>139394.14</v>
       </c>
       <c r="H151">
-        <v>5100.0</v>
+        <v>58508.32</v>
       </c>
       <c r="I151">
-        <v>-3085.0</v>
+        <v>80885.82</v>
       </c>
       <c r="J151" t="s">
-        <v>209</v>
+        <v>47</v>
       </c>
       <c r="K151" t="s">
         <v>23</v>
       </c>
       <c r="L151" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152">
-        <v>1301</v>
+        <v>1238</v>
       </c>
       <c r="B152" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C152" t="s">
         <v>26</v>
       </c>
-      <c r="E152">
-[...1 lines deleted...]
-      </c>
       <c r="G152">
-        <v>57997.18</v>
+        <v>2015.0</v>
       </c>
       <c r="H152">
-        <v>2400.0</v>
+        <v>5100.0</v>
       </c>
       <c r="I152">
-        <v>55597.18</v>
+        <v>-3085.0</v>
       </c>
       <c r="J152" t="s">
-        <v>243</v>
+        <v>209</v>
       </c>
       <c r="K152" t="s">
         <v>23</v>
       </c>
       <c r="L152" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153">
-        <v>1404</v>
+        <v>1301</v>
       </c>
       <c r="B153" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C153" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="E153">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G153">
-        <v>756557.57</v>
+        <v>57997.18</v>
       </c>
       <c r="H153">
-        <v>5083.88</v>
+        <v>2400.0</v>
       </c>
       <c r="I153">
-        <v>751473.69</v>
+        <v>55597.18</v>
       </c>
       <c r="J153" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="K153" t="s">
         <v>23</v>
       </c>
       <c r="L153" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154">
-        <v>404</v>
+        <v>1404</v>
       </c>
       <c r="B154" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C154" t="s">
-        <v>29</v>
+        <v>245</v>
       </c>
       <c r="D154">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E154">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G154">
-        <v>206444.44</v>
+        <v>756557.57</v>
       </c>
       <c r="H154">
-        <v>13922.94</v>
+        <v>5083.88</v>
       </c>
       <c r="I154">
-        <v>192521.5</v>
+        <v>751473.69</v>
       </c>
       <c r="J154" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="K154" t="s">
         <v>23</v>
       </c>
       <c r="L154" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155">
-        <v>894</v>
+        <v>404</v>
       </c>
       <c r="B155" t="s">
-        <v>186</v>
+        <v>247</v>
       </c>
       <c r="C155" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D155">
         <v>2</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
+      <c r="F155">
+        <v>0</v>
+      </c>
       <c r="G155">
-        <v>445343.17</v>
+        <v>206444.44</v>
       </c>
       <c r="H155">
-        <v>82157.14</v>
+        <v>13922.94</v>
       </c>
       <c r="I155">
-        <v>363186.03</v>
+        <v>192521.5</v>
       </c>
       <c r="J155" t="s">
-        <v>171</v>
+        <v>248</v>
       </c>
       <c r="K155" t="s">
         <v>23</v>
       </c>
       <c r="L155" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156">
-        <v>1085</v>
+        <v>894</v>
       </c>
       <c r="B156" t="s">
         <v>187</v>
       </c>
       <c r="C156" t="s">
         <v>26</v>
       </c>
       <c r="D156">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E156">
         <v>1</v>
       </c>
       <c r="G156">
-        <v>198680.54</v>
+        <v>445343.17</v>
       </c>
       <c r="H156">
-        <v>72537.05</v>
+        <v>82157.14</v>
       </c>
       <c r="I156">
-        <v>126143.49</v>
+        <v>363186.03</v>
       </c>
       <c r="J156" t="s">
-        <v>22</v>
+        <v>177</v>
       </c>
       <c r="K156" t="s">
         <v>23</v>
       </c>
       <c r="L156" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157">
-        <v>1269</v>
+        <v>1085</v>
       </c>
       <c r="B157" t="s">
-        <v>249</v>
+        <v>188</v>
       </c>
       <c r="C157" t="s">
         <v>26</v>
       </c>
       <c r="D157">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E157">
         <v>1</v>
       </c>
       <c r="G157">
-        <v>1223676.82</v>
+        <v>198680.54</v>
       </c>
       <c r="H157">
-        <v>35767.15</v>
+        <v>72537.05</v>
       </c>
       <c r="I157">
-        <v>1187909.67</v>
+        <v>126143.49</v>
       </c>
       <c r="J157" t="s">
-        <v>189</v>
+        <v>31</v>
       </c>
       <c r="K157" t="s">
         <v>23</v>
       </c>
       <c r="L157" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158">
-        <v>1362</v>
+        <v>1269</v>
       </c>
       <c r="B158" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C158" t="s">
-        <v>251</v>
+        <v>26</v>
+      </c>
+      <c r="D158">
+        <v>9</v>
       </c>
       <c r="E158">
         <v>1</v>
       </c>
       <c r="G158">
-        <v>300142.01</v>
+        <v>1223676.82</v>
       </c>
       <c r="H158">
-        <v>66583.24</v>
+        <v>35767.15</v>
       </c>
       <c r="I158">
-        <v>233558.77</v>
+        <v>1187909.67</v>
       </c>
       <c r="J158" t="s">
-        <v>58</v>
+        <v>190</v>
       </c>
       <c r="K158" t="s">
         <v>23</v>
       </c>
       <c r="L158" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159">
-        <v>838</v>
+        <v>1362</v>
       </c>
       <c r="B159" t="s">
-        <v>121</v>
+        <v>250</v>
       </c>
       <c r="C159" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>251</v>
       </c>
       <c r="E159">
         <v>1</v>
       </c>
       <c r="G159">
-        <v>326500.0</v>
+        <v>300142.01</v>
       </c>
       <c r="H159">
-        <v>30000.0</v>
+        <v>66583.24</v>
       </c>
       <c r="I159">
-        <v>296500.0</v>
+        <v>233558.77</v>
       </c>
       <c r="J159" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="K159" t="s">
         <v>23</v>
       </c>
       <c r="L159" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160">
         <v>500</v>
       </c>
       <c r="B160" t="s">
         <v>252</v>
       </c>
       <c r="C160" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E160">
         <v>1</v>
       </c>
       <c r="F160">
         <v>0</v>
       </c>
       <c r="G160">
         <v>118869.53</v>
       </c>
       <c r="H160">
         <v>33593.23</v>
       </c>
       <c r="I160">
         <v>85276.3</v>
       </c>
       <c r="J160" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="K160" t="s">
         <v>23</v>
       </c>
       <c r="L160" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161">
         <v>905</v>
       </c>
       <c r="B161" t="s">
         <v>253</v>
       </c>
       <c r="C161" t="s">
         <v>49</v>
       </c>
       <c r="G161">
         <v>209294.68</v>
       </c>
       <c r="H161">
         <v>50500.0</v>
       </c>
       <c r="I161">
         <v>158794.68</v>
       </c>
       <c r="J161" t="s">
         <v>73</v>
       </c>
       <c r="K161" t="s">
         <v>23</v>
       </c>
       <c r="L161" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162">
         <v>1202</v>
       </c>
       <c r="B162" t="s">
         <v>193</v>
       </c>
       <c r="C162" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="D162">
         <v>1</v>
       </c>
       <c r="E162">
         <v>1</v>
       </c>
       <c r="G162">
         <v>216463.36</v>
       </c>
       <c r="H162">
         <v>9452.0</v>
       </c>
       <c r="I162">
         <v>207011.36</v>
       </c>
       <c r="J162" t="s">
         <v>58</v>
       </c>
       <c r="K162" t="s">
         <v>23</v>
       </c>
       <c r="L162" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163">
         <v>1282</v>
       </c>
       <c r="B163" t="s">
         <v>254</v>
       </c>
       <c r="C163" t="s">
         <v>26</v>
       </c>
       <c r="D163">
         <v>10</v>
       </c>
       <c r="E163">
         <v>5</v>
       </c>
       <c r="G163">
         <v>1698070.52</v>
       </c>
       <c r="H163">
         <v>9360.0</v>
       </c>
       <c r="I163">
         <v>1688710.52</v>
       </c>
       <c r="J163" t="s">
         <v>195</v>
       </c>
       <c r="K163" t="s">
         <v>23</v>
       </c>
       <c r="L163" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164">
         <v>1384</v>
       </c>
       <c r="B164" t="s">
         <v>255</v>
       </c>
       <c r="C164" t="s">
         <v>256</v>
       </c>
       <c r="D164">
         <v>0</v>
       </c>
       <c r="E164">
         <v>2</v>
       </c>
       <c r="G164">
         <v>28150.23</v>
       </c>
       <c r="H164">
         <v>43931.9</v>
       </c>
       <c r="I164">
         <v>-15781.67</v>
       </c>
       <c r="J164" t="s">
         <v>129</v>
       </c>
       <c r="K164" t="s">
         <v>23</v>
       </c>
       <c r="L164" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165">
         <v>870</v>
       </c>
       <c r="B165" t="s">
         <v>257</v>
       </c>
       <c r="C165" t="s">
         <v>49</v>
       </c>
       <c r="G165">
         <v>2500.0</v>
       </c>
       <c r="H165">
         <v>173000.0</v>
       </c>
       <c r="I165">
         <v>-170500.0</v>
       </c>
       <c r="J165" t="s">
         <v>205</v>
       </c>
       <c r="K165" t="s">
         <v>23</v>
       </c>
       <c r="L165" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166">
         <v>966</v>
       </c>
       <c r="B166" t="s">
         <v>258</v>
       </c>
       <c r="C166" t="s">
         <v>259</v>
       </c>
       <c r="D166">
         <v>2</v>
       </c>
       <c r="E166">
         <v>2</v>
       </c>
       <c r="G166">
         <v>719977.02</v>
       </c>
       <c r="H166">
         <v>7000.0</v>
       </c>
       <c r="I166">
         <v>712977.02</v>
       </c>
       <c r="J166" t="s">
         <v>260</v>
       </c>
       <c r="K166" t="s">
         <v>23</v>
       </c>
       <c r="L166" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167">
         <v>1256</v>
       </c>
       <c r="B167" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C167" t="s">
         <v>49</v>
       </c>
       <c r="G167">
         <v>1525000.0</v>
       </c>
       <c r="H167">
         <v>655320.0</v>
       </c>
       <c r="I167">
         <v>869680.0</v>
       </c>
       <c r="J167" t="s">
         <v>58</v>
       </c>
       <c r="K167" t="s">
         <v>23</v>
       </c>
       <c r="L167" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168">
         <v>1314</v>
       </c>
       <c r="B168" t="s">
         <v>261</v>
       </c>
       <c r="C168" t="s">
         <v>26</v>
       </c>
       <c r="D168">
         <v>4</v>
       </c>
       <c r="E168">
         <v>1</v>
       </c>
       <c r="G168">
         <v>328926.0</v>
       </c>
       <c r="H168">
         <v>31000.0</v>
       </c>
       <c r="I168">
         <v>297926.0</v>
       </c>
       <c r="J168" t="s">
         <v>262</v>
       </c>
       <c r="K168" t="s">
         <v>23</v>
       </c>
       <c r="L168" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169">
         <v>1418</v>
       </c>
       <c r="B169" t="s">
         <v>263</v>
       </c>
       <c r="C169" t="s">
         <v>75</v>
       </c>
       <c r="D169">
         <v>1</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
       <c r="G169">
         <v>103405.84</v>
       </c>
       <c r="H169">
         <v>78800.0</v>
       </c>
       <c r="I169">
         <v>24605.84</v>
       </c>
       <c r="J169" t="s">
         <v>264</v>
       </c>
       <c r="K169" t="s">
         <v>23</v>
       </c>
       <c r="L169" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170">
         <v>97</v>
       </c>
       <c r="B170" t="s">
         <v>265</v>
       </c>
       <c r="C170" t="s">
         <v>49</v>
       </c>
       <c r="G170">
         <v>110450.0</v>
       </c>
       <c r="H170">
         <v>138998.94</v>
       </c>
       <c r="I170">
         <v>-28548.94</v>
       </c>
       <c r="J170" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K170" t="s">
         <v>23</v>
       </c>
       <c r="L170" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
         <v>883</v>
       </c>
       <c r="B171" t="s">
         <v>48</v>
       </c>
       <c r="C171" t="s">
         <v>26</v>
       </c>
       <c r="G171">
         <v>128045.78</v>
       </c>
       <c r="H171">
         <v>3721.71</v>
       </c>
       <c r="I171">
         <v>124324.07</v>
       </c>
       <c r="J171" t="s">
         <v>138</v>
       </c>
       <c r="K171" t="s">
         <v>23</v>
       </c>
       <c r="L171" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
         <v>1069</v>
       </c>
       <c r="B172" t="s">
         <v>203</v>
       </c>
       <c r="C172" t="s">
         <v>26</v>
       </c>
       <c r="D172">
         <v>3</v>
       </c>
       <c r="E172">
         <v>1</v>
       </c>
       <c r="G172">
         <v>1983182.13</v>
       </c>
       <c r="H172">
         <v>750036.26</v>
       </c>
       <c r="I172">
         <v>1233145.87</v>
       </c>
       <c r="J172" t="s">
         <v>205</v>
       </c>
       <c r="K172" t="s">
         <v>23</v>
       </c>
       <c r="L172" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173">
         <v>1263</v>
       </c>
       <c r="B173" t="s">
         <v>266</v>
       </c>
       <c r="C173" t="s">
         <v>26</v>
       </c>
       <c r="D173">
         <v>1</v>
       </c>
       <c r="E173">
         <v>1</v>
       </c>
       <c r="G173">
         <v>97434.8</v>
       </c>
       <c r="H173">
         <v>27000.0</v>
       </c>
       <c r="I173">
         <v>70434.8</v>
       </c>
       <c r="J173" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K173" t="s">
         <v>23</v>
       </c>
       <c r="L173" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174">
         <v>1352</v>
       </c>
       <c r="B174" t="s">
         <v>267</v>
       </c>
       <c r="C174" t="s">
         <v>268</v>
       </c>
       <c r="D174">
         <v>9</v>
       </c>
       <c r="E174">
         <v>3</v>
       </c>
       <c r="G174">
         <v>1977586.3</v>
       </c>
       <c r="H174">
         <v>327412.5</v>
       </c>
       <c r="I174">
         <v>1650173.8</v>
       </c>
       <c r="J174" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="K174" t="s">
         <v>23</v>
       </c>
       <c r="L174" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175">
         <v>694</v>
       </c>
       <c r="B175" t="s">
         <v>146</v>
       </c>
       <c r="C175" t="s">
         <v>26</v>
       </c>
       <c r="D175">
         <v>2</v>
       </c>
       <c r="E175">
         <v>1</v>
       </c>
       <c r="G175">
         <v>27768.34</v>
       </c>
       <c r="H175">
         <v>12498.61</v>
       </c>
       <c r="I175">
         <v>15269.73</v>
       </c>
       <c r="J175" t="s">
         <v>63</v>
       </c>
       <c r="K175" t="s">
         <v>23</v>
       </c>
       <c r="L175" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
         <v>914</v>
       </c>
       <c r="B176" t="s">
         <v>210</v>
       </c>
       <c r="C176" t="s">
         <v>26</v>
       </c>
       <c r="D176">
         <v>3</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
       <c r="G176">
         <v>175751.35</v>
       </c>
       <c r="H176">
         <v>126586.64</v>
       </c>
       <c r="I176">
         <v>49164.71</v>
       </c>
       <c r="J176" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="K176" t="s">
         <v>23</v>
       </c>
       <c r="L176" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
         <v>1230</v>
       </c>
       <c r="B177" t="s">
         <v>269</v>
       </c>
       <c r="C177" t="s">
         <v>26</v>
       </c>
       <c r="D177">
         <v>2</v>
       </c>
       <c r="E177">
         <v>2</v>
       </c>
       <c r="G177">
         <v>580234.53</v>
       </c>
       <c r="H177">
         <v>247029.73</v>
       </c>
       <c r="I177">
         <v>333204.8</v>
       </c>
       <c r="J177" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="K177" t="s">
         <v>23</v>
       </c>
       <c r="L177" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178">
         <v>1295</v>
       </c>
       <c r="B178" t="s">
         <v>270</v>
       </c>
       <c r="C178" t="s">
         <v>26</v>
       </c>
       <c r="D178">
         <v>4</v>
       </c>
       <c r="E178">
         <v>1</v>
       </c>
       <c r="G178">
         <v>91911.84</v>
       </c>
       <c r="H178">
         <v>0.0</v>
       </c>
       <c r="I178">
         <v>91911.84</v>
       </c>
       <c r="J178" t="s">
         <v>213</v>
       </c>
       <c r="K178" t="s">
         <v>23</v>
       </c>
       <c r="L178" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
         <v>1398</v>
       </c>
       <c r="B179" t="s">
         <v>271</v>
       </c>
       <c r="C179" t="s">
         <v>272</v>
       </c>
       <c r="D179">
         <v>1</v>
       </c>
       <c r="E179">
         <v>1</v>
       </c>
       <c r="G179">
         <v>207981.53</v>
       </c>
       <c r="H179">
         <v>101898.84</v>
       </c>
       <c r="I179">
         <v>106082.69</v>
       </c>
       <c r="J179" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="K179" t="s">
         <v>23</v>
       </c>
       <c r="L179" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
-        <v>863</v>
+        <v>1276</v>
       </c>
       <c r="B180" t="s">
         <v>273</v>
       </c>
       <c r="C180" t="s">
-        <v>49</v>
+        <v>109</v>
+      </c>
+      <c r="D180">
+        <v>1</v>
       </c>
       <c r="G180">
-        <v>101673.07</v>
+        <v>127992.2</v>
       </c>
       <c r="H180">
-        <v>7132.0</v>
+        <v>0.0</v>
       </c>
       <c r="I180">
-        <v>94541.07</v>
+        <v>127992.2</v>
       </c>
       <c r="J180" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c r="K180" t="s">
         <v>23</v>
       </c>
       <c r="L180" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181">
-        <v>930</v>
+        <v>1373</v>
       </c>
       <c r="B181" t="s">
         <v>274</v>
       </c>
       <c r="C181" t="s">
-        <v>49</v>
+        <v>275</v>
       </c>
       <c r="G181">
-        <v>317276.0</v>
+        <v>0.0</v>
       </c>
       <c r="H181">
-        <v>1873.0</v>
+        <v>0.0</v>
       </c>
       <c r="I181">
-        <v>315403.0</v>
+        <v>0.0</v>
       </c>
       <c r="J181" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="K181" t="s">
         <v>23</v>
       </c>
       <c r="L181" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182">
-        <v>1251</v>
+        <v>863</v>
       </c>
       <c r="B182" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C182" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="G182">
-        <v>112675.16</v>
+        <v>101673.07</v>
       </c>
       <c r="H182">
-        <v>4000.0</v>
+        <v>7132.0</v>
       </c>
       <c r="I182">
-        <v>108675.16</v>
+        <v>94541.07</v>
       </c>
       <c r="J182" t="s">
-        <v>116</v>
+        <v>33</v>
       </c>
       <c r="K182" t="s">
         <v>23</v>
       </c>
       <c r="L182" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183">
-        <v>1308</v>
+        <v>930</v>
       </c>
       <c r="B183" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C183" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="G183">
-        <v>81770.0</v>
+        <v>317276.0</v>
       </c>
       <c r="H183">
-        <v>600.0</v>
+        <v>1873.0</v>
       </c>
       <c r="I183">
-        <v>81170.0</v>
+        <v>315403.0</v>
       </c>
       <c r="J183" t="s">
-        <v>61</v>
+        <v>120</v>
       </c>
       <c r="K183" t="s">
         <v>23</v>
       </c>
       <c r="L183" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184">
-        <v>1412</v>
+        <v>1251</v>
       </c>
       <c r="B184" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C184" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="D184">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="E184">
         <v>1</v>
       </c>
       <c r="G184">
-        <v>164748.0</v>
+        <v>112675.16</v>
       </c>
       <c r="H184">
-        <v>0.0</v>
+        <v>4000.0</v>
       </c>
       <c r="I184">
-        <v>164748.0</v>
+        <v>108675.16</v>
       </c>
       <c r="J184" t="s">
-        <v>278</v>
+        <v>120</v>
       </c>
       <c r="K184" t="s">
         <v>23</v>
       </c>
       <c r="L184" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185">
-        <v>454</v>
+        <v>1308</v>
       </c>
       <c r="B185" t="s">
         <v>279</v>
       </c>
       <c r="C185" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D185">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E185">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G185">
-        <v>388746.2</v>
+        <v>81770.0</v>
       </c>
       <c r="H185">
-        <v>358681.44</v>
+        <v>600.0</v>
       </c>
       <c r="I185">
-        <v>30064.76</v>
+        <v>81170.0</v>
       </c>
       <c r="J185" t="s">
-        <v>280</v>
+        <v>61</v>
       </c>
       <c r="K185" t="s">
         <v>23</v>
       </c>
       <c r="L185" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186">
-        <v>900</v>
+        <v>1412</v>
       </c>
       <c r="B186" t="s">
+        <v>280</v>
+      </c>
+      <c r="C186" t="s">
+        <v>94</v>
+      </c>
+      <c r="D186">
+        <v>2</v>
+      </c>
+      <c r="E186">
+        <v>1</v>
+      </c>
+      <c r="G186">
+        <v>164748.0</v>
+      </c>
+      <c r="H186">
+        <v>0.0</v>
+      </c>
+      <c r="I186">
+        <v>164748.0</v>
+      </c>
+      <c r="J186" t="s">
         <v>281</v>
       </c>
-      <c r="C186" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K186" t="s">
         <v>23</v>
       </c>
       <c r="L186" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187">
-        <v>1131</v>
+        <v>454</v>
       </c>
       <c r="B187" t="s">
         <v>282</v>
       </c>
       <c r="C187" t="s">
-        <v>283</v>
+        <v>21</v>
       </c>
       <c r="D187">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E187">
         <v>2</v>
       </c>
       <c r="G187">
-        <v>565793.12</v>
+        <v>388746.2</v>
       </c>
       <c r="H187">
-        <v>46850.08</v>
+        <v>358681.44</v>
       </c>
       <c r="I187">
-        <v>518943.04</v>
+        <v>30064.76</v>
       </c>
       <c r="J187" t="s">
-        <v>84</v>
+        <v>283</v>
       </c>
       <c r="K187" t="s">
         <v>23</v>
       </c>
       <c r="L187" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188">
-        <v>1276</v>
+        <v>900</v>
       </c>
       <c r="B188" t="s">
         <v>284</v>
       </c>
       <c r="C188" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="G188">
-        <v>127992.2</v>
+        <v>127.0</v>
       </c>
       <c r="H188">
-        <v>0.0</v>
+        <v>12248.0</v>
       </c>
       <c r="I188">
-        <v>127992.2</v>
+        <v>-12121.0</v>
       </c>
       <c r="J188" t="s">
-        <v>63</v>
+        <v>209</v>
       </c>
       <c r="K188" t="s">
         <v>23</v>
       </c>
       <c r="L188" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
-        <v>1373</v>
+        <v>1131</v>
       </c>
       <c r="B189" t="s">
         <v>285</v>
       </c>
       <c r="C189" t="s">
         <v>286</v>
       </c>
+      <c r="D189">
+        <v>3</v>
+      </c>
+      <c r="E189">
+        <v>2</v>
+      </c>
       <c r="G189">
-        <v>0.0</v>
+        <v>565793.12</v>
       </c>
       <c r="H189">
-        <v>0.0</v>
+        <v>46850.08</v>
       </c>
       <c r="I189">
-        <v>0.0</v>
+        <v>518943.04</v>
       </c>
       <c r="J189" t="s">
-        <v>129</v>
+        <v>84</v>
       </c>
       <c r="K189" t="s">
         <v>23</v>
       </c>
       <c r="L189" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
-        <v>1257</v>
+        <v>61</v>
       </c>
       <c r="B190" t="s">
         <v>287</v>
       </c>
       <c r="C190" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="D190">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E190">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="F190">
+        <v>0</v>
       </c>
       <c r="G190">
-        <v>141144.79</v>
+        <v>10270.61</v>
       </c>
       <c r="H190">
-        <v>97800.0</v>
+        <v>8928.57</v>
       </c>
       <c r="I190">
-        <v>43344.79</v>
+        <v>1342.04</v>
       </c>
       <c r="J190" t="s">
-        <v>69</v>
+        <v>229</v>
       </c>
       <c r="K190" t="s">
         <v>23</v>
       </c>
       <c r="L190" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191">
-        <v>1337</v>
+        <v>873</v>
       </c>
       <c r="B191" t="s">
-        <v>288</v>
+        <v>230</v>
       </c>
       <c r="C191" t="s">
-        <v>289</v>
+        <v>26</v>
+      </c>
+      <c r="D191">
+        <v>1</v>
+      </c>
+      <c r="E191">
+        <v>4</v>
       </c>
       <c r="G191">
-        <v>5000.0</v>
+        <v>205599.0</v>
       </c>
       <c r="H191">
-        <v>12000.0</v>
+        <v>40373.0</v>
       </c>
       <c r="I191">
-        <v>-7000.0</v>
+        <v>165226.0</v>
       </c>
       <c r="J191" t="s">
-        <v>290</v>
+        <v>33</v>
       </c>
       <c r="K191" t="s">
         <v>23</v>
       </c>
       <c r="L191" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192">
-        <v>1426</v>
+        <v>1257</v>
       </c>
       <c r="B192" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C192" t="s">
-        <v>292</v>
+        <v>26</v>
       </c>
       <c r="D192">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E192">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G192">
-        <v>7669.9</v>
+        <v>141144.79</v>
       </c>
       <c r="H192">
-        <v>4200.0</v>
+        <v>97800.0</v>
       </c>
       <c r="I192">
-        <v>3469.9</v>
+        <v>43344.79</v>
       </c>
       <c r="J192" t="s">
-        <v>98</v>
+        <v>69</v>
       </c>
       <c r="K192" t="s">
         <v>23</v>
       </c>
       <c r="L192" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193">
-        <v>580</v>
+        <v>1337</v>
       </c>
       <c r="B193" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C193" t="s">
-        <v>29</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>290</v>
       </c>
       <c r="G193">
-        <v>707492.32</v>
+        <v>5000.0</v>
       </c>
       <c r="H193">
-        <v>120771.3</v>
+        <v>12000.0</v>
       </c>
       <c r="I193">
-        <v>586721.02</v>
+        <v>-7000.0</v>
       </c>
       <c r="J193" t="s">
-        <v>165</v>
+        <v>291</v>
       </c>
       <c r="K193" t="s">
         <v>23</v>
       </c>
       <c r="L193" t="s">
-        <v>166</v>
+        <v>36</v>
       </c>
     </row>
     <row r="194" spans="1:12">
       <c r="A194">
-        <v>911</v>
+        <v>1426</v>
       </c>
       <c r="B194" t="s">
-        <v>235</v>
+        <v>292</v>
       </c>
       <c r="C194" t="s">
-        <v>26</v>
+        <v>293</v>
+      </c>
+      <c r="D194">
+        <v>0</v>
       </c>
       <c r="E194">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G194">
-        <v>50300.0</v>
+        <v>7669.9</v>
       </c>
       <c r="H194">
-        <v>1800.0</v>
+        <v>4200.0</v>
       </c>
       <c r="I194">
-        <v>48500.0</v>
+        <v>3469.9</v>
       </c>
       <c r="J194" t="s">
-        <v>217</v>
+        <v>104</v>
       </c>
       <c r="K194" t="s">
         <v>23</v>
       </c>
       <c r="L194" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="195" spans="1:12">
       <c r="A195">
-        <v>1219</v>
+        <v>580</v>
       </c>
       <c r="B195" t="s">
-        <v>236</v>
+        <v>294</v>
       </c>
       <c r="C195" t="s">
-        <v>26</v>
+        <v>21</v>
+      </c>
+      <c r="D195">
+        <v>11</v>
+      </c>
+      <c r="E195">
+        <v>1</v>
+      </c>
+      <c r="F195">
+        <v>0</v>
       </c>
       <c r="G195">
-        <v>13000.0</v>
+        <v>707492.32</v>
       </c>
       <c r="H195">
-        <v>12500.0</v>
+        <v>120771.3</v>
       </c>
       <c r="I195">
-        <v>500.0</v>
+        <v>586721.02</v>
       </c>
       <c r="J195" t="s">
-        <v>63</v>
+        <v>171</v>
       </c>
       <c r="K195" t="s">
         <v>23</v>
       </c>
       <c r="L195" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
     </row>
     <row r="196" spans="1:12">
       <c r="A196">
-        <v>1289</v>
+        <v>911</v>
       </c>
       <c r="B196" t="s">
-        <v>294</v>
+        <v>236</v>
       </c>
       <c r="C196" t="s">
         <v>26</v>
       </c>
-      <c r="D196">
-[...1 lines deleted...]
-      </c>
       <c r="E196">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G196">
-        <v>377445.0</v>
+        <v>50300.0</v>
       </c>
       <c r="H196">
-        <v>23400.0</v>
+        <v>1800.0</v>
       </c>
       <c r="I196">
-        <v>354045.0</v>
+        <v>48500.0</v>
       </c>
       <c r="J196" t="s">
-        <v>47</v>
+        <v>219</v>
       </c>
       <c r="K196" t="s">
         <v>23</v>
       </c>
       <c r="L196" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="197" spans="1:12">
       <c r="A197">
-        <v>1392</v>
+        <v>1219</v>
       </c>
       <c r="B197" t="s">
-        <v>295</v>
+        <v>237</v>
       </c>
       <c r="C197" t="s">
-        <v>296</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G197">
-        <v>10672.49</v>
+        <v>13000.0</v>
       </c>
       <c r="H197">
-        <v>0.0</v>
+        <v>12500.0</v>
       </c>
       <c r="I197">
-        <v>10672.49</v>
+        <v>500.0</v>
       </c>
       <c r="J197" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="K197" t="s">
         <v>23</v>
       </c>
       <c r="L197" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="198" spans="1:12">
       <c r="A198">
-        <v>61</v>
+        <v>1289</v>
       </c>
       <c r="B198" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C198" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="D198">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E198">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G198">
-        <v>10270.61</v>
+        <v>377445.0</v>
       </c>
       <c r="H198">
-        <v>8928.57</v>
+        <v>23400.0</v>
       </c>
       <c r="I198">
-        <v>1342.04</v>
+        <v>354045.0</v>
       </c>
       <c r="J198" t="s">
-        <v>227</v>
+        <v>47</v>
       </c>
       <c r="K198" t="s">
         <v>23</v>
       </c>
       <c r="L198" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
-        <v>873</v>
+        <v>1392</v>
       </c>
       <c r="B199" t="s">
-        <v>240</v>
+        <v>296</v>
       </c>
       <c r="C199" t="s">
-        <v>26</v>
+        <v>297</v>
       </c>
       <c r="D199">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E199">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G199">
-        <v>205599.0</v>
+        <v>10672.49</v>
       </c>
       <c r="H199">
-        <v>40373.0</v>
+        <v>0.0</v>
       </c>
       <c r="I199">
-        <v>165226.0</v>
+        <v>10672.49</v>
       </c>
       <c r="J199" t="s">
-        <v>27</v>
+        <v>104</v>
       </c>
       <c r="K199" t="s">
         <v>23</v>
       </c>
       <c r="L199" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
         <v>851</v>
       </c>
       <c r="B200" t="s">
         <v>298</v>
       </c>
       <c r="C200" t="s">
         <v>49</v>
       </c>
       <c r="G200">
         <v>261505.32</v>
       </c>
       <c r="H200">
         <v>17072.88</v>
       </c>
       <c r="I200">
         <v>244432.44</v>
       </c>
       <c r="J200" t="s">
         <v>47</v>
       </c>
       <c r="K200" t="s">
         <v>23</v>
       </c>
       <c r="L200" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="201" spans="1:12">
       <c r="A201">
         <v>920</v>
       </c>
       <c r="B201" t="s">
         <v>299</v>
       </c>
       <c r="C201" t="s">
         <v>49</v>
       </c>
       <c r="G201">
         <v>8140.0</v>
       </c>
       <c r="H201">
         <v>13520.0</v>
       </c>
       <c r="I201">
         <v>-5380.0</v>
       </c>
       <c r="J201" t="s">
         <v>87</v>
       </c>
       <c r="K201" t="s">
         <v>23</v>
       </c>
       <c r="L201" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="202" spans="1:12">
       <c r="A202">
         <v>1239</v>
       </c>
       <c r="B202" t="s">
         <v>300</v>
       </c>
       <c r="C202" t="s">
         <v>26</v>
       </c>
       <c r="E202">
         <v>1</v>
       </c>
       <c r="G202">
         <v>46500.0</v>
       </c>
       <c r="H202">
         <v>5000.0</v>
       </c>
       <c r="I202">
         <v>41500.0</v>
       </c>
       <c r="J202" t="s">
         <v>209</v>
       </c>
       <c r="K202" t="s">
         <v>23</v>
       </c>
       <c r="L202" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="203" spans="1:12">
       <c r="A203">
         <v>1302</v>
       </c>
       <c r="B203" t="s">
         <v>301</v>
       </c>
       <c r="C203" t="s">
         <v>26</v>
       </c>
       <c r="G203">
         <v>30.0</v>
       </c>
       <c r="H203">
         <v>0.0</v>
       </c>
       <c r="I203">
         <v>30.0</v>
       </c>
       <c r="J203" t="s">
         <v>50</v>
       </c>
       <c r="K203" t="s">
         <v>23</v>
       </c>
       <c r="L203" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="204" spans="1:12">
       <c r="A204">
         <v>1405</v>
       </c>
       <c r="B204" t="s">
         <v>302</v>
       </c>
       <c r="C204" t="s">
         <v>303</v>
       </c>
       <c r="D204">
         <v>2</v>
       </c>
       <c r="E204">
         <v>0</v>
       </c>
       <c r="G204">
         <v>475909.0</v>
       </c>
       <c r="H204">
         <v>20000.0</v>
       </c>
       <c r="I204">
         <v>455909.0</v>
       </c>
       <c r="J204" t="s">
         <v>304</v>
       </c>
       <c r="K204" t="s">
         <v>23</v>
       </c>
       <c r="L204" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="205" spans="1:12">
       <c r="A205">
         <v>404</v>
       </c>
       <c r="B205" t="s">
         <v>247</v>
       </c>
       <c r="C205" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D205">
         <v>2</v>
       </c>
       <c r="E205">
         <v>1</v>
       </c>
       <c r="F205">
         <v>0</v>
       </c>
       <c r="G205">
         <v>206444.44</v>
       </c>
       <c r="H205">
         <v>13922.94</v>
       </c>
       <c r="I205">
         <v>192521.5</v>
       </c>
       <c r="J205" t="s">
         <v>248</v>
       </c>
       <c r="K205" t="s">
         <v>23</v>
       </c>
       <c r="L205" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="206" spans="1:12">
       <c r="A206">
         <v>895</v>
       </c>
       <c r="B206" t="s">
         <v>305</v>
       </c>
       <c r="C206" t="s">
         <v>49</v>
       </c>
       <c r="G206">
         <v>505000.0</v>
       </c>
       <c r="H206">
         <v>102075.8</v>
       </c>
       <c r="I206">
         <v>402924.2</v>
       </c>
       <c r="J206" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K206" t="s">
         <v>23</v>
       </c>
       <c r="L206" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="207" spans="1:12">
       <c r="A207">
         <v>1093</v>
       </c>
       <c r="B207" t="s">
         <v>306</v>
       </c>
       <c r="C207" t="s">
         <v>140</v>
       </c>
       <c r="D207">
         <v>1</v>
       </c>
       <c r="E207">
         <v>2</v>
       </c>
       <c r="G207">
         <v>242877.46</v>
       </c>
       <c r="H207">
         <v>63867.24</v>
       </c>
       <c r="I207">
         <v>179010.22</v>
       </c>
       <c r="J207" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="K207" t="s">
         <v>23</v>
       </c>
       <c r="L207" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="208" spans="1:12">
       <c r="A208">
         <v>1270</v>
       </c>
       <c r="B208" t="s">
         <v>307</v>
       </c>
       <c r="C208" t="s">
         <v>26</v>
       </c>
       <c r="D208">
         <v>70</v>
       </c>
       <c r="E208">
         <v>79</v>
       </c>
       <c r="G208">
         <v>68775866.45</v>
       </c>
       <c r="H208">
         <v>6814337.9</v>
       </c>
       <c r="I208">
         <v>61961528.55</v>
       </c>
       <c r="J208" t="s">
         <v>205</v>
       </c>
       <c r="K208" t="s">
         <v>23</v>
       </c>
       <c r="L208" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="209" spans="1:12">
       <c r="A209">
         <v>1364</v>
       </c>
       <c r="B209" t="s">
         <v>308</v>
       </c>
       <c r="C209" t="s">
         <v>309</v>
       </c>
       <c r="D209">
         <v>4</v>
       </c>
       <c r="E209">
         <v>1</v>
       </c>
       <c r="G209">
         <v>748987.5</v>
       </c>
       <c r="H209">
         <v>222692.19</v>
       </c>
       <c r="I209">
         <v>526295.31</v>
       </c>
       <c r="J209" t="s">
         <v>58</v>
       </c>
       <c r="K209" t="s">
         <v>23</v>
       </c>
       <c r="L209" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210">
         <v>506</v>
       </c>
       <c r="B210" t="s">
         <v>310</v>
       </c>
       <c r="C210" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D210">
         <v>3</v>
       </c>
       <c r="E210">
         <v>2</v>
       </c>
       <c r="F210">
         <v>0</v>
       </c>
       <c r="G210">
         <v>1572114.72</v>
       </c>
       <c r="H210">
         <v>0.0</v>
       </c>
       <c r="I210">
         <v>1572114.72</v>
       </c>
       <c r="J210" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="K210" t="s">
         <v>23</v>
       </c>
       <c r="L210" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211">
         <v>905</v>
       </c>
       <c r="B211" t="s">
         <v>253</v>
       </c>
       <c r="C211" t="s">
         <v>26</v>
       </c>
       <c r="D211">
         <v>1</v>
       </c>
       <c r="E211">
         <v>1</v>
       </c>
       <c r="G211">
         <v>119054.68</v>
       </c>
       <c r="H211">
         <v>42500.0</v>
       </c>
       <c r="I211">
         <v>76554.68</v>
       </c>
       <c r="J211" t="s">
         <v>73</v>
       </c>
       <c r="K211" t="s">
         <v>23</v>
       </c>
       <c r="L211" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="212" spans="1:12">
       <c r="A212">
         <v>1210</v>
       </c>
       <c r="B212" t="s">
         <v>311</v>
       </c>
       <c r="C212" t="s">
         <v>312</v>
       </c>
       <c r="D212">
         <v>1</v>
       </c>
       <c r="G212">
         <v>80000.0</v>
       </c>
       <c r="H212">
         <v>0.0</v>
       </c>
       <c r="I212">
         <v>80000.0</v>
       </c>
       <c r="J212" t="s">
         <v>58</v>
       </c>
       <c r="K212" t="s">
         <v>23</v>
       </c>
       <c r="L212" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213">
         <v>1283</v>
       </c>
       <c r="B213" t="s">
         <v>313</v>
       </c>
       <c r="C213" t="s">
         <v>26</v>
       </c>
       <c r="D213">
         <v>4</v>
       </c>
       <c r="E213">
         <v>1</v>
       </c>
       <c r="G213">
         <v>468004.02</v>
       </c>
       <c r="H213">
         <v>14286.06</v>
       </c>
       <c r="I213">
         <v>453717.96</v>
       </c>
       <c r="J213" t="s">
         <v>314</v>
       </c>
       <c r="K213" t="s">
         <v>23</v>
       </c>
       <c r="L213" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214">
         <v>1386</v>
       </c>
       <c r="B214" t="s">
         <v>315</v>
       </c>
       <c r="C214" t="s">
         <v>160</v>
       </c>
       <c r="D214">
         <v>8</v>
       </c>
       <c r="E214">
         <v>1</v>
       </c>
       <c r="G214">
         <v>1120720.19</v>
       </c>
       <c r="H214">
         <v>20200.0</v>
       </c>
       <c r="I214">
         <v>1100520.19</v>
       </c>
       <c r="J214" t="s">
         <v>129</v>
       </c>
       <c r="K214" t="s">
         <v>23</v>
       </c>
       <c r="L214" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:12">
       <c r="A215">
         <v>870</v>
       </c>
       <c r="B215" t="s">
         <v>257</v>
       </c>
       <c r="C215" t="s">
         <v>26</v>
       </c>
       <c r="G215">
         <v>3950.0</v>
       </c>
       <c r="H215">
         <v>150000.0</v>
       </c>
       <c r="I215">
         <v>-146050.0</v>
       </c>
       <c r="J215" t="s">
         <v>205</v>
       </c>
       <c r="K215" t="s">
         <v>23</v>
       </c>
       <c r="L215" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:12">
       <c r="A216">
         <v>981</v>
       </c>
       <c r="B216" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="C216" t="s">
         <v>49</v>
       </c>
       <c r="G216">
         <v>4572689.26</v>
       </c>
       <c r="H216">
         <v>3572.88</v>
       </c>
       <c r="I216">
         <v>4569116.38</v>
       </c>
       <c r="J216" t="s">
         <v>58</v>
       </c>
       <c r="K216" t="s">
         <v>23</v>
       </c>
       <c r="L216" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="217" spans="1:12">
       <c r="A217">
         <v>1256</v>
       </c>
       <c r="B217" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C217" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="D217">
         <v>1</v>
       </c>
       <c r="G217">
         <v>1502889.42</v>
       </c>
       <c r="H217">
         <v>859041.14</v>
       </c>
       <c r="I217">
         <v>643848.28</v>
       </c>
       <c r="J217" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="K217" t="s">
         <v>23</v>
       </c>
       <c r="L217" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218">
         <v>1315</v>
       </c>
       <c r="B218" t="s">
         <v>316</v>
       </c>
       <c r="C218" t="s">
         <v>26</v>
       </c>
       <c r="E218">
         <v>1</v>
       </c>
       <c r="G218">
         <v>310323.68</v>
       </c>
       <c r="H218">
         <v>8000.0</v>
       </c>
       <c r="I218">
         <v>302323.68</v>
       </c>
       <c r="J218" t="s">
         <v>50</v>
       </c>
       <c r="K218" t="s">
         <v>23</v>
       </c>
       <c r="L218" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219">
         <v>1419</v>
       </c>
       <c r="B219" t="s">
         <v>317</v>
       </c>
       <c r="C219" t="s">
         <v>318</v>
       </c>
       <c r="D219">
         <v>0</v>
       </c>
       <c r="E219">
         <v>0</v>
       </c>
       <c r="G219">
         <v>63.0</v>
       </c>
       <c r="H219">
         <v>6300.0</v>
       </c>
       <c r="I219">
         <v>-6237.0</v>
       </c>
       <c r="J219" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="K219" t="s">
         <v>23</v>
       </c>
       <c r="L219" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220">
-        <v>97</v>
+        <v>1399</v>
       </c>
       <c r="B220" t="s">
-        <v>265</v>
+        <v>319</v>
       </c>
       <c r="C220" t="s">
-        <v>26</v>
+        <v>320</v>
       </c>
       <c r="D220">
         <v>1</v>
       </c>
+      <c r="E220">
+        <v>4</v>
+      </c>
       <c r="G220">
-        <v>110100.0</v>
+        <v>1170686.16</v>
       </c>
       <c r="H220">
-        <v>137102.62</v>
+        <v>128800.0</v>
       </c>
       <c r="I220">
-        <v>-27002.62</v>
+        <v>1041886.16</v>
       </c>
       <c r="J220" t="s">
-        <v>22</v>
+        <v>321</v>
       </c>
       <c r="K220" t="s">
         <v>23</v>
       </c>
       <c r="L220" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221">
-        <v>890</v>
+        <v>97</v>
       </c>
       <c r="B221" t="s">
-        <v>319</v>
+        <v>265</v>
       </c>
       <c r="C221" t="s">
-        <v>49</v>
+        <v>26</v>
+      </c>
+      <c r="D221">
+        <v>1</v>
       </c>
       <c r="G221">
-        <v>251840.13</v>
+        <v>110100.0</v>
       </c>
       <c r="H221">
-        <v>17296.79</v>
+        <v>137102.62</v>
       </c>
       <c r="I221">
-        <v>234543.34</v>
+        <v>-27002.62</v>
       </c>
       <c r="J221" t="s">
-        <v>124</v>
+        <v>31</v>
       </c>
       <c r="K221" t="s">
         <v>23</v>
       </c>
       <c r="L221" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="222" spans="1:12">
       <c r="A222">
-        <v>1070</v>
+        <v>890</v>
       </c>
       <c r="B222" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C222" t="s">
-        <v>321</v>
+        <v>49</v>
       </c>
       <c r="G222">
-        <v>392600.0</v>
+        <v>251840.13</v>
       </c>
       <c r="H222">
-        <v>152000.0</v>
+        <v>17296.79</v>
       </c>
       <c r="I222">
-        <v>240600.0</v>
+        <v>234543.34</v>
       </c>
       <c r="J222" t="s">
-        <v>217</v>
+        <v>114</v>
       </c>
       <c r="K222" t="s">
         <v>23</v>
       </c>
       <c r="L222" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223">
-        <v>1264</v>
+        <v>1070</v>
       </c>
       <c r="B223" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C223" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>324</v>
       </c>
       <c r="G223">
-        <v>112809.3</v>
+        <v>392600.0</v>
       </c>
       <c r="H223">
-        <v>25700.0</v>
+        <v>152000.0</v>
       </c>
       <c r="I223">
-        <v>87109.3</v>
+        <v>240600.0</v>
       </c>
       <c r="J223" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="K223" t="s">
         <v>23</v>
       </c>
       <c r="L223" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224">
-        <v>1353</v>
+        <v>1264</v>
       </c>
       <c r="B224" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C224" t="s">
-        <v>324</v>
+        <v>26</v>
+      </c>
+      <c r="D224">
+        <v>3</v>
+      </c>
+      <c r="E224">
+        <v>2</v>
       </c>
       <c r="G224">
-        <v>34396.81</v>
+        <v>112809.3</v>
       </c>
       <c r="H224">
-        <v>0.0</v>
+        <v>25700.0</v>
       </c>
       <c r="I224">
-        <v>34396.81</v>
+        <v>87109.3</v>
       </c>
       <c r="J224" t="s">
-        <v>325</v>
+        <v>31</v>
       </c>
       <c r="K224" t="s">
         <v>23</v>
       </c>
       <c r="L224" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225">
-        <v>806</v>
+        <v>1353</v>
       </c>
       <c r="B225" t="s">
         <v>326</v>
       </c>
       <c r="C225" t="s">
-        <v>49</v>
+        <v>327</v>
       </c>
       <c r="G225">
-        <v>593120.03</v>
+        <v>34396.81</v>
       </c>
       <c r="H225">
-        <v>69039.94</v>
+        <v>0.0</v>
       </c>
       <c r="I225">
-        <v>524080.09</v>
+        <v>34396.81</v>
       </c>
       <c r="J225" t="s">
-        <v>63</v>
+        <v>328</v>
       </c>
       <c r="K225" t="s">
         <v>23</v>
       </c>
       <c r="L225" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226">
-        <v>917</v>
+        <v>806</v>
       </c>
       <c r="B226" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C226" t="s">
         <v>49</v>
       </c>
       <c r="G226">
-        <v>28173.33</v>
+        <v>593120.03</v>
       </c>
       <c r="H226">
-        <v>15216.23</v>
+        <v>69039.94</v>
       </c>
       <c r="I226">
-        <v>12957.1</v>
+        <v>524080.09</v>
       </c>
       <c r="J226" t="s">
         <v>63</v>
       </c>
       <c r="K226" t="s">
         <v>23</v>
       </c>
       <c r="L226" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227">
-        <v>1231</v>
+        <v>917</v>
       </c>
       <c r="B227" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C227" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="G227">
-        <v>414885.94</v>
+        <v>28173.33</v>
       </c>
       <c r="H227">
-        <v>169.34</v>
+        <v>15216.23</v>
       </c>
       <c r="I227">
-        <v>414716.6</v>
+        <v>12957.1</v>
       </c>
       <c r="J227" t="s">
-        <v>329</v>
+        <v>63</v>
       </c>
       <c r="K227" t="s">
         <v>23</v>
       </c>
       <c r="L227" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228">
-        <v>1296</v>
+        <v>1231</v>
       </c>
       <c r="B228" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C228" t="s">
         <v>26</v>
       </c>
       <c r="D228">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E228">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G228">
-        <v>284352.41</v>
+        <v>414885.94</v>
       </c>
       <c r="H228">
-        <v>66722.07</v>
+        <v>169.34</v>
       </c>
       <c r="I228">
-        <v>217630.34</v>
+        <v>414716.6</v>
       </c>
       <c r="J228" t="s">
-        <v>262</v>
+        <v>332</v>
       </c>
       <c r="K228" t="s">
         <v>23</v>
       </c>
       <c r="L228" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229">
-        <v>1399</v>
+        <v>1296</v>
       </c>
       <c r="B229" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C229" t="s">
-        <v>332</v>
+        <v>26</v>
       </c>
       <c r="D229">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E229">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G229">
-        <v>1170686.16</v>
+        <v>284352.41</v>
       </c>
       <c r="H229">
-        <v>128800.0</v>
+        <v>66722.07</v>
       </c>
       <c r="I229">
-        <v>1041886.16</v>
+        <v>217630.34</v>
       </c>
       <c r="J229" t="s">
-        <v>333</v>
+        <v>262</v>
       </c>
       <c r="K229" t="s">
         <v>23</v>
       </c>
       <c r="L229" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230">
-        <v>863</v>
+        <v>900</v>
       </c>
       <c r="B230" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="C230" t="s">
         <v>26</v>
       </c>
-      <c r="D230">
-[...1 lines deleted...]
-      </c>
       <c r="E230">
         <v>1</v>
       </c>
       <c r="G230">
-        <v>130859.0</v>
+        <v>20198.0</v>
       </c>
       <c r="H230">
-        <v>16548.0</v>
+        <v>32864.64</v>
       </c>
       <c r="I230">
-        <v>114311.0</v>
+        <v>-12666.64</v>
       </c>
       <c r="J230" t="s">
-        <v>27</v>
+        <v>209</v>
       </c>
       <c r="K230" t="s">
         <v>23</v>
       </c>
       <c r="L230" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231">
-        <v>930</v>
+        <v>1132</v>
       </c>
       <c r="B231" t="s">
-        <v>274</v>
+        <v>334</v>
       </c>
       <c r="C231" t="s">
-        <v>26</v>
+        <v>335</v>
       </c>
       <c r="D231">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E231">
         <v>1</v>
       </c>
       <c r="G231">
-        <v>324095.0</v>
+        <v>29600.0</v>
       </c>
       <c r="H231">
-        <v>10000.0</v>
+        <v>19700.0</v>
       </c>
       <c r="I231">
-        <v>314095.0</v>
+        <v>9900.0</v>
       </c>
       <c r="J231" t="s">
-        <v>116</v>
+        <v>84</v>
       </c>
       <c r="K231" t="s">
         <v>23</v>
       </c>
       <c r="L231" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
-        <v>1252</v>
+        <v>1277</v>
       </c>
       <c r="B232" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C232" t="s">
         <v>26</v>
       </c>
+      <c r="D232">
+        <v>4</v>
+      </c>
       <c r="E232">
         <v>1</v>
       </c>
       <c r="G232">
-        <v>12000.0</v>
+        <v>978900.0</v>
       </c>
       <c r="H232">
-        <v>2500.0</v>
+        <v>67000.0</v>
       </c>
       <c r="I232">
-        <v>9500.0</v>
+        <v>911900.0</v>
       </c>
       <c r="J232" t="s">
-        <v>45</v>
+        <v>205</v>
       </c>
       <c r="K232" t="s">
         <v>23</v>
       </c>
       <c r="L232" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
-        <v>1309</v>
+        <v>1375</v>
       </c>
       <c r="B233" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C233" t="s">
-        <v>26</v>
+        <v>21</v>
+      </c>
+      <c r="D233">
+        <v>1</v>
+      </c>
+      <c r="E233">
+        <v>0</v>
       </c>
       <c r="G233">
-        <v>365600.0</v>
+        <v>95000.0</v>
       </c>
       <c r="H233">
-        <v>153000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I233">
-        <v>212600.0</v>
+        <v>95000.0</v>
       </c>
       <c r="J233" t="s">
-        <v>189</v>
+        <v>35</v>
       </c>
       <c r="K233" t="s">
         <v>23</v>
       </c>
       <c r="L233" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="234" spans="1:12">
       <c r="A234">
-        <v>1413</v>
+        <v>863</v>
       </c>
       <c r="B234" t="s">
-        <v>336</v>
+        <v>276</v>
       </c>
       <c r="C234" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="D234">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E234">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G234">
-        <v>65730.0</v>
+        <v>130859.0</v>
       </c>
       <c r="H234">
-        <v>60000.0</v>
+        <v>16548.0</v>
       </c>
       <c r="I234">
-        <v>5730.0</v>
+        <v>114311.0</v>
       </c>
       <c r="J234" t="s">
-        <v>106</v>
+        <v>33</v>
       </c>
       <c r="K234" t="s">
         <v>23</v>
       </c>
       <c r="L234" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="235" spans="1:12">
       <c r="A235">
-        <v>458</v>
+        <v>930</v>
       </c>
       <c r="B235" t="s">
-        <v>337</v>
+        <v>277</v>
       </c>
       <c r="C235" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D235">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E235">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G235">
-        <v>521877.0</v>
+        <v>324095.0</v>
       </c>
       <c r="H235">
-        <v>181479.0</v>
+        <v>10000.0</v>
       </c>
       <c r="I235">
-        <v>340398.0</v>
+        <v>314095.0</v>
       </c>
       <c r="J235" t="s">
-        <v>338</v>
+        <v>120</v>
       </c>
       <c r="K235" t="s">
         <v>23</v>
       </c>
       <c r="L235" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
     </row>
     <row r="236" spans="1:12">
       <c r="A236">
-        <v>900</v>
+        <v>1252</v>
       </c>
       <c r="B236" t="s">
-        <v>281</v>
+        <v>338</v>
       </c>
       <c r="C236" t="s">
         <v>26</v>
       </c>
       <c r="E236">
         <v>1</v>
       </c>
       <c r="G236">
-        <v>20198.0</v>
+        <v>12000.0</v>
       </c>
       <c r="H236">
-        <v>32864.64</v>
+        <v>2500.0</v>
       </c>
       <c r="I236">
-        <v>-12666.64</v>
+        <v>9500.0</v>
       </c>
       <c r="J236" t="s">
-        <v>209</v>
+        <v>27</v>
       </c>
       <c r="K236" t="s">
         <v>23</v>
       </c>
       <c r="L236" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="237" spans="1:12">
       <c r="A237">
-        <v>1132</v>
+        <v>1309</v>
       </c>
       <c r="B237" t="s">
         <v>339</v>
       </c>
       <c r="C237" t="s">
-        <v>340</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G237">
-        <v>29600.0</v>
+        <v>365600.0</v>
       </c>
       <c r="H237">
-        <v>19700.0</v>
+        <v>153000.0</v>
       </c>
       <c r="I237">
-        <v>9900.0</v>
+        <v>212600.0</v>
       </c>
       <c r="J237" t="s">
-        <v>84</v>
+        <v>190</v>
       </c>
       <c r="K237" t="s">
         <v>23</v>
       </c>
       <c r="L237" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="238" spans="1:12">
       <c r="A238">
-        <v>1277</v>
+        <v>1413</v>
       </c>
       <c r="B238" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="C238" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D238">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E238">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G238">
-        <v>978900.0</v>
+        <v>65730.0</v>
       </c>
       <c r="H238">
-        <v>67000.0</v>
+        <v>60000.0</v>
       </c>
       <c r="I238">
-        <v>911900.0</v>
+        <v>5730.0</v>
       </c>
       <c r="J238" t="s">
-        <v>205</v>
+        <v>92</v>
       </c>
       <c r="K238" t="s">
         <v>23</v>
       </c>
       <c r="L238" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="239" spans="1:12">
       <c r="A239">
-        <v>1375</v>
+        <v>458</v>
       </c>
       <c r="B239" t="s">
+        <v>341</v>
+      </c>
+      <c r="C239" t="s">
+        <v>21</v>
+      </c>
+      <c r="D239">
+        <v>2</v>
+      </c>
+      <c r="E239">
+        <v>2</v>
+      </c>
+      <c r="F239">
+        <v>0</v>
+      </c>
+      <c r="G239">
+        <v>521877.0</v>
+      </c>
+      <c r="H239">
+        <v>181479.0</v>
+      </c>
+      <c r="I239">
+        <v>340398.0</v>
+      </c>
+      <c r="J239" t="s">
         <v>342</v>
       </c>
-      <c r="C239" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K239" t="s">
         <v>23</v>
       </c>
       <c r="L239" t="s">
-        <v>31</v>
+        <v>172</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240">
-        <v>1063</v>
+        <v>61</v>
       </c>
       <c r="B240" t="s">
-        <v>343</v>
+        <v>287</v>
       </c>
       <c r="C240" t="s">
-        <v>49</v>
+        <v>26</v>
+      </c>
+      <c r="E240">
+        <v>1</v>
       </c>
       <c r="G240">
-        <v>1453.61</v>
+        <v>30122.0</v>
       </c>
       <c r="H240">
-        <v>16349.4</v>
+        <v>26637.0</v>
       </c>
       <c r="I240">
-        <v>-14895.79</v>
+        <v>3485.0</v>
       </c>
       <c r="J240" t="s">
-        <v>47</v>
+        <v>229</v>
       </c>
       <c r="K240" t="s">
         <v>23</v>
       </c>
       <c r="L240" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="241" spans="1:12">
       <c r="A241">
-        <v>1258</v>
+        <v>878</v>
       </c>
       <c r="B241" t="s">
+        <v>343</v>
+      </c>
+      <c r="C241" t="s">
+        <v>49</v>
+      </c>
+      <c r="G241">
+        <v>17518.0</v>
+      </c>
+      <c r="H241">
+        <v>7000.0</v>
+      </c>
+      <c r="I241">
+        <v>10518.0</v>
+      </c>
+      <c r="J241" t="s">
         <v>344</v>
       </c>
-      <c r="C241" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K241" t="s">
         <v>23</v>
       </c>
       <c r="L241" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="242" spans="1:12">
       <c r="A242">
-        <v>1338</v>
+        <v>1063</v>
       </c>
       <c r="B242" t="s">
         <v>345</v>
       </c>
       <c r="C242" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G242">
-        <v>45109.11</v>
+        <v>1453.61</v>
       </c>
       <c r="H242">
-        <v>0.0</v>
+        <v>16349.4</v>
       </c>
       <c r="I242">
-        <v>45109.11</v>
+        <v>-14895.79</v>
       </c>
       <c r="J242" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="K242" t="s">
         <v>23</v>
       </c>
       <c r="L242" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="243" spans="1:12">
       <c r="A243">
-        <v>1427</v>
+        <v>1258</v>
       </c>
       <c r="B243" t="s">
         <v>346</v>
       </c>
       <c r="C243" t="s">
-        <v>347</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G243">
-        <v>10744.89</v>
+        <v>6.53</v>
       </c>
       <c r="H243">
-        <v>14310.21</v>
+        <v>0.0</v>
       </c>
       <c r="I243">
-        <v>-3565.32</v>
+        <v>6.53</v>
       </c>
       <c r="J243" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="K243" t="s">
         <v>23</v>
       </c>
       <c r="L243" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="244" spans="1:12">
       <c r="A244">
-        <v>582</v>
+        <v>1338</v>
       </c>
       <c r="B244" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="C244" t="s">
-        <v>29</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G244">
-        <v>146614.35</v>
+        <v>45109.11</v>
       </c>
       <c r="H244">
         <v>0.0</v>
       </c>
       <c r="I244">
-        <v>146614.35</v>
+        <v>45109.11</v>
       </c>
       <c r="J244" t="s">
-        <v>165</v>
+        <v>67</v>
       </c>
       <c r="K244" t="s">
         <v>23</v>
       </c>
       <c r="L244" t="s">
-        <v>166</v>
+        <v>36</v>
       </c>
     </row>
     <row r="245" spans="1:12">
       <c r="A245">
-        <v>912</v>
+        <v>1427</v>
       </c>
       <c r="B245" t="s">
+        <v>348</v>
+      </c>
+      <c r="C245" t="s">
         <v>349</v>
       </c>
-      <c r="C245" t="s">
-        <v>49</v>
+      <c r="D245">
+        <v>0</v>
+      </c>
+      <c r="E245">
+        <v>0</v>
       </c>
       <c r="G245">
-        <v>112589.87</v>
+        <v>10744.89</v>
       </c>
       <c r="H245">
-        <v>7965.56</v>
+        <v>14310.21</v>
       </c>
       <c r="I245">
-        <v>104624.31</v>
+        <v>-3565.32</v>
       </c>
       <c r="J245" t="s">
-        <v>22</v>
+        <v>104</v>
       </c>
       <c r="K245" t="s">
         <v>23</v>
       </c>
       <c r="L245" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="246" spans="1:12">
       <c r="A246">
-        <v>1223</v>
+        <v>582</v>
       </c>
       <c r="B246" t="s">
         <v>350</v>
       </c>
       <c r="C246" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D246">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E246">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="F246">
+        <v>0</v>
       </c>
       <c r="G246">
-        <v>382374.71</v>
+        <v>146614.35</v>
       </c>
       <c r="H246">
-        <v>4000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I246">
-        <v>378374.71</v>
+        <v>146614.35</v>
       </c>
       <c r="J246" t="s">
-        <v>63</v>
+        <v>171</v>
       </c>
       <c r="K246" t="s">
         <v>23</v>
       </c>
       <c r="L246" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
     </row>
     <row r="247" spans="1:12">
       <c r="A247">
-        <v>1290</v>
+        <v>912</v>
       </c>
       <c r="B247" t="s">
         <v>351</v>
       </c>
       <c r="C247" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="G247">
-        <v>6720.04</v>
+        <v>112589.87</v>
       </c>
       <c r="H247">
-        <v>2248.1</v>
+        <v>7965.56</v>
       </c>
       <c r="I247">
-        <v>4471.94</v>
+        <v>104624.31</v>
       </c>
       <c r="J247" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="K247" t="s">
         <v>23</v>
       </c>
       <c r="L247" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="248" spans="1:12">
       <c r="A248">
-        <v>1393</v>
+        <v>1223</v>
       </c>
       <c r="B248" t="s">
         <v>352</v>
       </c>
       <c r="C248" t="s">
-        <v>353</v>
+        <v>26</v>
       </c>
       <c r="D248">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E248">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G248">
-        <v>145314.6</v>
+        <v>382374.71</v>
       </c>
       <c r="H248">
-        <v>112153.66</v>
+        <v>4000.0</v>
       </c>
       <c r="I248">
-        <v>33160.94</v>
+        <v>378374.71</v>
       </c>
       <c r="J248" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="K248" t="s">
         <v>23</v>
       </c>
       <c r="L248" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="249" spans="1:12">
       <c r="A249">
-        <v>61</v>
+        <v>1290</v>
       </c>
       <c r="B249" t="s">
-        <v>297</v>
+        <v>353</v>
       </c>
       <c r="C249" t="s">
         <v>26</v>
       </c>
-      <c r="E249">
-[...1 lines deleted...]
-      </c>
       <c r="G249">
-        <v>30122.0</v>
+        <v>6720.04</v>
       </c>
       <c r="H249">
-        <v>26637.0</v>
+        <v>2248.1</v>
       </c>
       <c r="I249">
-        <v>3485.0</v>
+        <v>4471.94</v>
       </c>
       <c r="J249" t="s">
-        <v>227</v>
+        <v>47</v>
       </c>
       <c r="K249" t="s">
         <v>23</v>
       </c>
       <c r="L249" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="250" spans="1:12">
       <c r="A250">
-        <v>878</v>
+        <v>1393</v>
       </c>
       <c r="B250" t="s">
         <v>354</v>
       </c>
       <c r="C250" t="s">
-        <v>49</v>
+        <v>355</v>
+      </c>
+      <c r="D250">
+        <v>3</v>
+      </c>
+      <c r="E250">
+        <v>1</v>
       </c>
       <c r="G250">
-        <v>17518.0</v>
+        <v>145314.6</v>
       </c>
       <c r="H250">
-        <v>7000.0</v>
+        <v>112153.66</v>
       </c>
       <c r="I250">
-        <v>10518.0</v>
+        <v>33160.94</v>
       </c>
       <c r="J250" t="s">
-        <v>355</v>
+        <v>104</v>
       </c>
       <c r="K250" t="s">
         <v>23</v>
       </c>
       <c r="L250" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="251" spans="1:12">
       <c r="A251">
         <v>851</v>
       </c>
       <c r="B251" t="s">
         <v>298</v>
       </c>
       <c r="C251" t="s">
         <v>26</v>
       </c>
       <c r="D251">
         <v>2</v>
       </c>
       <c r="E251">
         <v>1</v>
       </c>
       <c r="G251">
         <v>250300.0</v>
       </c>
       <c r="H251">
         <v>6000.0</v>
       </c>
       <c r="I251">
         <v>244300.0</v>
       </c>
       <c r="J251" t="s">
         <v>47</v>
       </c>
       <c r="K251" t="s">
         <v>23</v>
       </c>
       <c r="L251" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="252" spans="1:12">
       <c r="A252">
         <v>920</v>
       </c>
       <c r="B252" t="s">
         <v>299</v>
       </c>
       <c r="C252" t="s">
         <v>26</v>
       </c>
       <c r="E252">
         <v>2</v>
       </c>
       <c r="G252">
         <v>33940.0</v>
       </c>
       <c r="H252">
         <v>6400.0</v>
       </c>
       <c r="I252">
         <v>27540.0</v>
       </c>
       <c r="J252" t="s">
         <v>87</v>
       </c>
       <c r="K252" t="s">
         <v>23</v>
       </c>
       <c r="L252" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="253" spans="1:12">
       <c r="A253">
         <v>1240</v>
       </c>
       <c r="B253" t="s">
         <v>356</v>
       </c>
       <c r="C253" t="s">
         <v>26</v>
       </c>
       <c r="D253">
         <v>2</v>
       </c>
       <c r="E253">
         <v>1</v>
       </c>
       <c r="G253">
         <v>252500.0</v>
       </c>
       <c r="H253">
         <v>93600.0</v>
       </c>
       <c r="I253">
         <v>158900.0</v>
       </c>
       <c r="J253" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="K253" t="s">
         <v>23</v>
       </c>
       <c r="L253" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="254" spans="1:12">
       <c r="A254">
         <v>1303</v>
       </c>
       <c r="B254" t="s">
         <v>357</v>
       </c>
       <c r="C254" t="s">
         <v>26</v>
       </c>
       <c r="D254">
         <v>5</v>
       </c>
       <c r="E254">
         <v>1</v>
       </c>
       <c r="G254">
         <v>548738.0</v>
       </c>
       <c r="H254">
         <v>18946.0</v>
       </c>
       <c r="I254">
         <v>529792.0</v>
       </c>
       <c r="J254" t="s">
         <v>243</v>
       </c>
       <c r="K254" t="s">
         <v>23</v>
       </c>
       <c r="L254" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="255" spans="1:12">
       <c r="A255">
         <v>1406</v>
       </c>
       <c r="B255" t="s">
         <v>358</v>
       </c>
       <c r="C255" t="s">
         <v>75</v>
       </c>
       <c r="D255">
         <v>1</v>
       </c>
       <c r="E255">
         <v>1</v>
       </c>
       <c r="G255">
         <v>635643.0</v>
       </c>
       <c r="H255">
         <v>203950.0</v>
       </c>
       <c r="I255">
         <v>431693.0</v>
       </c>
       <c r="J255" t="s">
         <v>359</v>
       </c>
       <c r="K255" t="s">
         <v>23</v>
       </c>
       <c r="L255" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256">
         <v>410</v>
       </c>
       <c r="B256" t="s">
         <v>360</v>
       </c>
       <c r="C256" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D256">
         <v>1</v>
       </c>
       <c r="E256">
         <v>2</v>
       </c>
       <c r="F256">
         <v>0</v>
       </c>
       <c r="G256">
         <v>222518.69</v>
       </c>
       <c r="H256">
         <v>12000.0</v>
       </c>
       <c r="I256">
         <v>210518.69</v>
       </c>
       <c r="J256" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="K256" t="s">
         <v>23</v>
       </c>
       <c r="L256" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257">
         <v>895</v>
       </c>
       <c r="B257" t="s">
         <v>305</v>
       </c>
       <c r="C257" t="s">
         <v>26</v>
       </c>
       <c r="D257">
         <v>3</v>
       </c>
       <c r="G257">
         <v>498460.0</v>
       </c>
       <c r="H257">
         <v>44220.05</v>
       </c>
       <c r="I257">
         <v>454239.95</v>
       </c>
       <c r="J257" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K257" t="s">
         <v>23</v>
       </c>
       <c r="L257" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="258" spans="1:12">
       <c r="A258">
         <v>1093</v>
       </c>
       <c r="B258" t="s">
         <v>306</v>
       </c>
       <c r="C258" t="s">
         <v>26</v>
       </c>
       <c r="D258">
         <v>1</v>
       </c>
       <c r="E258">
         <v>2</v>
       </c>
       <c r="G258">
         <v>236616.86</v>
       </c>
       <c r="H258">
         <v>69100.87</v>
       </c>
       <c r="I258">
         <v>167515.99</v>
       </c>
       <c r="J258" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="K258" t="s">
         <v>23</v>
       </c>
       <c r="L258" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="259" spans="1:12">
       <c r="A259">
         <v>1272</v>
       </c>
       <c r="B259" t="s">
         <v>361</v>
       </c>
       <c r="C259" t="s">
         <v>26</v>
       </c>
       <c r="D259">
         <v>1</v>
       </c>
       <c r="E259">
         <v>2</v>
       </c>
       <c r="G259">
         <v>282566.84</v>
       </c>
       <c r="H259">
         <v>123980.79</v>
       </c>
       <c r="I259">
         <v>158586.05</v>
       </c>
       <c r="J259" t="s">
         <v>47</v>
       </c>
       <c r="K259" t="s">
         <v>23</v>
       </c>
       <c r="L259" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260">
         <v>1366</v>
       </c>
       <c r="B260" t="s">
         <v>362</v>
       </c>
       <c r="C260" t="s">
         <v>363</v>
       </c>
       <c r="D260">
         <v>2</v>
       </c>
       <c r="G260">
         <v>111000.0</v>
       </c>
       <c r="H260">
         <v>0.0</v>
       </c>
       <c r="I260">
         <v>111000.0</v>
       </c>
       <c r="J260" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="K260" t="s">
         <v>23</v>
       </c>
       <c r="L260" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261">
         <v>508</v>
       </c>
       <c r="B261" t="s">
         <v>364</v>
       </c>
       <c r="C261" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E261">
         <v>2</v>
       </c>
       <c r="F261">
         <v>0</v>
       </c>
       <c r="G261">
         <v>401023.56</v>
       </c>
       <c r="H261">
         <v>83755.0</v>
       </c>
       <c r="I261">
         <v>317268.56</v>
       </c>
       <c r="J261" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="K261" t="s">
         <v>23</v>
       </c>
       <c r="L261" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="262" spans="1:12">
       <c r="A262">
         <v>907</v>
       </c>
       <c r="B262" t="s">
         <v>365</v>
       </c>
       <c r="C262" t="s">
         <v>49</v>
       </c>
       <c r="G262">
         <v>25450.0</v>
       </c>
       <c r="H262">
         <v>17100.0</v>
       </c>
       <c r="I262">
         <v>8350.0</v>
       </c>
       <c r="J262" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K262" t="s">
         <v>23</v>
       </c>
       <c r="L262" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="263" spans="1:12">
       <c r="A263">
         <v>1214</v>
       </c>
       <c r="B263" t="s">
         <v>366</v>
       </c>
       <c r="C263" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="G263">
         <v>599.95</v>
       </c>
       <c r="H263">
         <v>1100.0</v>
       </c>
       <c r="I263">
         <v>-500.05</v>
       </c>
       <c r="J263" t="s">
         <v>367</v>
       </c>
       <c r="K263" t="s">
         <v>23</v>
       </c>
       <c r="L263" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="264" spans="1:12">
       <c r="A264">
         <v>1284</v>
       </c>
       <c r="B264" t="s">
         <v>368</v>
       </c>
       <c r="C264" t="s">
         <v>26</v>
       </c>
       <c r="D264">
         <v>4</v>
       </c>
       <c r="E264">
         <v>1</v>
       </c>
       <c r="G264">
         <v>239977.08</v>
       </c>
       <c r="H264">
         <v>1643.0</v>
       </c>
       <c r="I264">
         <v>238334.08</v>
       </c>
       <c r="J264" t="s">
         <v>314</v>
       </c>
       <c r="K264" t="s">
         <v>23</v>
       </c>
       <c r="L264" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="265" spans="1:12">
       <c r="A265">
         <v>1387</v>
       </c>
       <c r="B265" t="s">
         <v>369</v>
       </c>
       <c r="C265" t="s">
         <v>75</v>
       </c>
       <c r="D265">
         <v>3</v>
       </c>
       <c r="E265">
         <v>1</v>
       </c>
       <c r="G265">
         <v>666461.73</v>
       </c>
       <c r="H265">
         <v>185429.99</v>
       </c>
       <c r="I265">
         <v>481031.74</v>
       </c>
       <c r="J265" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="K265" t="s">
         <v>23</v>
       </c>
       <c r="L265" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
         <v>871</v>
       </c>
       <c r="B266" t="s">
         <v>370</v>
       </c>
       <c r="C266" t="s">
         <v>371</v>
       </c>
       <c r="G266">
         <v>82899.55</v>
       </c>
       <c r="H266">
         <v>17423.33</v>
       </c>
       <c r="I266">
         <v>65476.22</v>
       </c>
       <c r="J266" t="s">
         <v>205</v>
       </c>
       <c r="K266" t="s">
         <v>23</v>
       </c>
       <c r="L266" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
         <v>981</v>
       </c>
       <c r="B267" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="C267" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="E267">
         <v>1</v>
       </c>
       <c r="G267">
         <v>4621152.02</v>
       </c>
       <c r="H267">
         <v>46966.73</v>
       </c>
       <c r="I267">
         <v>4574185.29</v>
       </c>
       <c r="J267" t="s">
         <v>58</v>
       </c>
       <c r="K267" t="s">
         <v>23</v>
       </c>
       <c r="L267" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268">
         <v>1256</v>
       </c>
       <c r="B268" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C268" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="D268">
         <v>1</v>
       </c>
       <c r="G268">
         <v>1502889.42</v>
       </c>
       <c r="H268">
         <v>859041.14</v>
       </c>
       <c r="I268">
         <v>643848.28</v>
       </c>
       <c r="J268" t="s">
         <v>58</v>
       </c>
       <c r="K268" t="s">
         <v>23</v>
       </c>
       <c r="L268" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269">
         <v>1316</v>
       </c>
       <c r="B269" t="s">
         <v>372</v>
       </c>
       <c r="C269" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D269">
         <v>10</v>
       </c>
       <c r="E269">
         <v>2</v>
       </c>
       <c r="G269">
         <v>1085586.78</v>
       </c>
       <c r="H269">
         <v>5836.0</v>
       </c>
       <c r="I269">
         <v>1079750.78</v>
       </c>
       <c r="J269" t="s">
-        <v>333</v>
+        <v>321</v>
       </c>
       <c r="K269" t="s">
         <v>23</v>
       </c>
       <c r="L269" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="270" spans="1:12">
       <c r="A270">
         <v>1420</v>
       </c>
       <c r="B270" t="s">
         <v>373</v>
       </c>
       <c r="C270" t="s">
         <v>75</v>
       </c>
       <c r="D270">
         <v>2</v>
       </c>
       <c r="E270">
         <v>1</v>
       </c>
       <c r="G270">
         <v>134078.09</v>
       </c>
       <c r="H270">
         <v>51009.02</v>
       </c>
       <c r="I270">
         <v>83069.07</v>
       </c>
       <c r="J270" t="s">
         <v>374</v>
       </c>
       <c r="K270" t="s">
         <v>23</v>
       </c>
       <c r="L270" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="271" spans="1:12">
       <c r="A271">
-        <v>120</v>
+        <v>1297</v>
       </c>
       <c r="B271" t="s">
         <v>375</v>
       </c>
       <c r="C271" t="s">
-        <v>376</v>
+        <v>26</v>
+      </c>
+      <c r="D271">
+        <v>1</v>
       </c>
       <c r="E271">
         <v>1</v>
       </c>
-      <c r="F271">
-[...1 lines deleted...]
-      </c>
       <c r="G271">
-        <v>75488.52</v>
+        <v>437289.77</v>
       </c>
       <c r="H271">
-        <v>52088.08</v>
+        <v>51601.74</v>
       </c>
       <c r="I271">
-        <v>23400.44</v>
+        <v>385688.03</v>
       </c>
       <c r="J271" t="s">
-        <v>129</v>
+        <v>344</v>
       </c>
       <c r="K271" t="s">
         <v>23</v>
       </c>
       <c r="L271" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="272" spans="1:12">
       <c r="A272">
-        <v>890</v>
+        <v>1400</v>
       </c>
       <c r="B272" t="s">
-        <v>319</v>
+        <v>376</v>
       </c>
       <c r="C272" t="s">
-        <v>26</v>
+        <v>377</v>
       </c>
       <c r="D272">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E272">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G272">
-        <v>324218.62</v>
+        <v>516311.12</v>
       </c>
       <c r="H272">
-        <v>15513.76</v>
+        <v>0.0</v>
       </c>
       <c r="I272">
-        <v>308704.86</v>
+        <v>516311.12</v>
       </c>
       <c r="J272" t="s">
-        <v>124</v>
+        <v>378</v>
       </c>
       <c r="K272" t="s">
         <v>23</v>
       </c>
       <c r="L272" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="273" spans="1:12">
       <c r="A273">
-        <v>1070</v>
+        <v>120</v>
       </c>
       <c r="B273" t="s">
-        <v>320</v>
+        <v>379</v>
       </c>
       <c r="C273" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>380</v>
       </c>
       <c r="E273">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="F273">
+        <v>0</v>
       </c>
       <c r="G273">
-        <v>394150.0</v>
+        <v>75488.52</v>
       </c>
       <c r="H273">
-        <v>145000.0</v>
+        <v>52088.08</v>
       </c>
       <c r="I273">
-        <v>249150.0</v>
+        <v>23400.44</v>
       </c>
       <c r="J273" t="s">
-        <v>217</v>
+        <v>129</v>
       </c>
       <c r="K273" t="s">
         <v>23</v>
       </c>
       <c r="L273" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274">
-        <v>1265</v>
+        <v>890</v>
       </c>
       <c r="B274" t="s">
-        <v>377</v>
+        <v>322</v>
       </c>
       <c r="C274" t="s">
         <v>26</v>
       </c>
+      <c r="D274">
+        <v>9</v>
+      </c>
       <c r="E274">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G274">
-        <v>8000.0</v>
+        <v>324218.62</v>
       </c>
       <c r="H274">
-        <v>0.0</v>
+        <v>15513.76</v>
       </c>
       <c r="I274">
-        <v>8000.0</v>
+        <v>308704.86</v>
       </c>
       <c r="J274" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="K274" t="s">
         <v>23</v>
       </c>
       <c r="L274" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="275" spans="1:12">
       <c r="A275">
-        <v>1357</v>
+        <v>1070</v>
       </c>
       <c r="B275" t="s">
-        <v>378</v>
+        <v>323</v>
       </c>
       <c r="C275" t="s">
-        <v>379</v>
+        <v>26</v>
       </c>
       <c r="D275">
-        <v>6</v>
+        <v>3</v>
+      </c>
+      <c r="E275">
+        <v>3</v>
       </c>
       <c r="G275">
-        <v>958366.72</v>
+        <v>394150.0</v>
       </c>
       <c r="H275">
-        <v>73117.48</v>
+        <v>145000.0</v>
       </c>
       <c r="I275">
-        <v>885249.24</v>
+        <v>249150.0</v>
       </c>
       <c r="J275" t="s">
-        <v>174</v>
+        <v>219</v>
       </c>
       <c r="K275" t="s">
         <v>23</v>
       </c>
       <c r="L275" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="276" spans="1:12">
       <c r="A276">
-        <v>806</v>
+        <v>1265</v>
       </c>
       <c r="B276" t="s">
-        <v>326</v>
+        <v>381</v>
       </c>
       <c r="C276" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="E276">
         <v>1</v>
       </c>
       <c r="G276">
-        <v>573104.21</v>
+        <v>8000.0</v>
       </c>
       <c r="H276">
-        <v>41792.97</v>
+        <v>0.0</v>
       </c>
       <c r="I276">
-        <v>531311.24</v>
+        <v>8000.0</v>
       </c>
       <c r="J276" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="K276" t="s">
         <v>23</v>
       </c>
       <c r="L276" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="277" spans="1:12">
       <c r="A277">
-        <v>917</v>
+        <v>1357</v>
       </c>
       <c r="B277" t="s">
-        <v>327</v>
+        <v>382</v>
       </c>
       <c r="C277" t="s">
-        <v>26</v>
+        <v>383</v>
       </c>
       <c r="D277">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G277">
-        <v>44329.07</v>
+        <v>958366.72</v>
       </c>
       <c r="H277">
-        <v>719.99</v>
+        <v>73117.48</v>
       </c>
       <c r="I277">
-        <v>43609.08</v>
+        <v>885249.24</v>
       </c>
       <c r="J277" t="s">
-        <v>63</v>
+        <v>164</v>
       </c>
       <c r="K277" t="s">
         <v>23</v>
       </c>
       <c r="L277" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
     </row>
     <row r="278" spans="1:12">
       <c r="A278">
-        <v>1232</v>
+        <v>806</v>
       </c>
       <c r="B278" t="s">
-        <v>381</v>
+        <v>329</v>
       </c>
       <c r="C278" t="s">
-        <v>26</v>
+        <v>384</v>
       </c>
       <c r="D278">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E278">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G278">
-        <v>534931.82</v>
+        <v>573104.21</v>
       </c>
       <c r="H278">
-        <v>0.0</v>
+        <v>41792.97</v>
       </c>
       <c r="I278">
-        <v>534931.82</v>
+        <v>531311.24</v>
       </c>
       <c r="J278" t="s">
-        <v>329</v>
+        <v>63</v>
       </c>
       <c r="K278" t="s">
         <v>23</v>
       </c>
       <c r="L278" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="279" spans="1:12">
       <c r="A279">
-        <v>1297</v>
+        <v>917</v>
       </c>
       <c r="B279" t="s">
-        <v>382</v>
+        <v>330</v>
       </c>
       <c r="C279" t="s">
         <v>26</v>
       </c>
       <c r="D279">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E279">
         <v>1</v>
       </c>
       <c r="G279">
-        <v>437289.77</v>
+        <v>44329.07</v>
       </c>
       <c r="H279">
-        <v>51601.74</v>
+        <v>719.99</v>
       </c>
       <c r="I279">
-        <v>385688.03</v>
+        <v>43609.08</v>
       </c>
       <c r="J279" t="s">
-        <v>355</v>
+        <v>63</v>
       </c>
       <c r="K279" t="s">
         <v>23</v>
       </c>
       <c r="L279" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
-        <v>1400</v>
+        <v>1232</v>
       </c>
       <c r="B280" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C280" t="s">
-        <v>384</v>
+        <v>26</v>
       </c>
       <c r="D280">
+        <v>5</v>
+      </c>
+      <c r="E280">
         <v>2</v>
       </c>
-      <c r="E280">
-[...1 lines deleted...]
-      </c>
       <c r="G280">
-        <v>516311.12</v>
+        <v>534931.82</v>
       </c>
       <c r="H280">
         <v>0.0</v>
       </c>
       <c r="I280">
-        <v>516311.12</v>
+        <v>534931.82</v>
       </c>
       <c r="J280" t="s">
-        <v>385</v>
+        <v>332</v>
       </c>
       <c r="K280" t="s">
         <v>23</v>
       </c>
       <c r="L280" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
-        <v>1278</v>
+        <v>464</v>
       </c>
       <c r="B281" t="s">
         <v>386</v>
       </c>
       <c r="C281" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D281">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E281">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="F281">
+        <v>0</v>
       </c>
       <c r="G281">
-        <v>581969.79</v>
+        <v>182920.28</v>
       </c>
       <c r="H281">
-        <v>240989.61</v>
+        <v>76590.61</v>
       </c>
       <c r="I281">
-        <v>340980.18</v>
+        <v>106329.67</v>
       </c>
       <c r="J281" t="s">
-        <v>27</v>
+        <v>225</v>
       </c>
       <c r="K281" t="s">
         <v>23</v>
       </c>
       <c r="L281" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282">
-        <v>1377</v>
+        <v>902</v>
       </c>
       <c r="B282" t="s">
-        <v>387</v>
+        <v>25</v>
       </c>
       <c r="C282" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="G282">
-        <v>4369120.67</v>
+        <v>61820.05</v>
       </c>
       <c r="H282">
-        <v>220652.06</v>
+        <v>3100.0</v>
       </c>
       <c r="I282">
-        <v>4148468.61</v>
+        <v>58720.05</v>
       </c>
       <c r="J282" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="K282" t="s">
         <v>23</v>
       </c>
       <c r="L282" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283">
-        <v>865</v>
+        <v>1133</v>
       </c>
       <c r="B283" t="s">
-        <v>32</v>
+        <v>387</v>
       </c>
       <c r="C283" t="s">
-        <v>49</v>
+        <v>388</v>
+      </c>
+      <c r="D283">
+        <v>1</v>
+      </c>
+      <c r="E283">
+        <v>1</v>
       </c>
       <c r="G283">
-        <v>181115.38</v>
+        <v>136242.0</v>
       </c>
       <c r="H283">
-        <v>88858.12</v>
+        <v>80140.0</v>
       </c>
       <c r="I283">
-        <v>92257.26</v>
+        <v>56102.0</v>
       </c>
       <c r="J283" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="K283" t="s">
         <v>23</v>
       </c>
       <c r="L283" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
     </row>
     <row r="284" spans="1:12">
       <c r="A284">
-        <v>950</v>
+        <v>1278</v>
       </c>
       <c r="B284" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C284" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D284">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E284">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G284">
-        <v>203291.0</v>
+        <v>581969.79</v>
       </c>
       <c r="H284">
-        <v>123626.0</v>
+        <v>240989.61</v>
       </c>
       <c r="I284">
-        <v>79665.0</v>
+        <v>340980.18</v>
       </c>
       <c r="J284" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K284" t="s">
         <v>23</v>
       </c>
       <c r="L284" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="285" spans="1:12">
       <c r="A285">
-        <v>1253</v>
+        <v>1377</v>
       </c>
       <c r="B285" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C285" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="D285">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E285">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G285">
-        <v>95600.0</v>
+        <v>4369120.67</v>
       </c>
       <c r="H285">
-        <v>20000.0</v>
+        <v>220652.06</v>
       </c>
       <c r="I285">
-        <v>75600.0</v>
+        <v>4148468.61</v>
       </c>
       <c r="J285" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="K285" t="s">
         <v>23</v>
       </c>
       <c r="L285" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="286" spans="1:12">
       <c r="A286">
-        <v>1310</v>
+        <v>865</v>
       </c>
       <c r="B286" t="s">
-        <v>390</v>
+        <v>37</v>
       </c>
       <c r="C286" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>49</v>
       </c>
       <c r="G286">
-        <v>137915.0</v>
+        <v>181115.38</v>
       </c>
       <c r="H286">
-        <v>11500.0</v>
+        <v>88858.12</v>
       </c>
       <c r="I286">
-        <v>126415.0</v>
+        <v>92257.26</v>
       </c>
       <c r="J286" t="s">
-        <v>205</v>
+        <v>33</v>
       </c>
       <c r="K286" t="s">
         <v>23</v>
       </c>
       <c r="L286" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="287" spans="1:12">
       <c r="A287">
-        <v>1414</v>
+        <v>950</v>
       </c>
       <c r="B287" t="s">
         <v>391</v>
       </c>
       <c r="C287" t="s">
-        <v>108</v>
+        <v>39</v>
       </c>
       <c r="D287">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E287">
         <v>2</v>
       </c>
       <c r="G287">
-        <v>498255.76</v>
+        <v>203291.0</v>
       </c>
       <c r="H287">
-        <v>84794.29</v>
+        <v>123626.0</v>
       </c>
       <c r="I287">
-        <v>413461.47</v>
+        <v>79665.0</v>
       </c>
       <c r="J287" t="s">
-        <v>392</v>
+        <v>22</v>
       </c>
       <c r="K287" t="s">
         <v>23</v>
       </c>
       <c r="L287" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288">
-        <v>464</v>
+        <v>1253</v>
       </c>
       <c r="B288" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="C288" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D288">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E288">
         <v>1</v>
       </c>
-      <c r="F288">
-[...1 lines deleted...]
-      </c>
       <c r="G288">
-        <v>182920.28</v>
+        <v>95600.0</v>
       </c>
       <c r="H288">
-        <v>76590.61</v>
+        <v>20000.0</v>
       </c>
       <c r="I288">
-        <v>106329.67</v>
+        <v>75600.0</v>
       </c>
       <c r="J288" t="s">
-        <v>223</v>
+        <v>27</v>
       </c>
       <c r="K288" t="s">
         <v>23</v>
       </c>
       <c r="L288" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289">
-        <v>902</v>
+        <v>1310</v>
       </c>
       <c r="B289" t="s">
-        <v>44</v>
+        <v>393</v>
       </c>
       <c r="C289" t="s">
-        <v>49</v>
+        <v>26</v>
+      </c>
+      <c r="D289">
+        <v>4</v>
       </c>
       <c r="G289">
-        <v>61820.05</v>
+        <v>137915.0</v>
       </c>
       <c r="H289">
-        <v>3100.0</v>
+        <v>11500.0</v>
       </c>
       <c r="I289">
-        <v>58720.05</v>
+        <v>126415.0</v>
       </c>
       <c r="J289" t="s">
-        <v>45</v>
+        <v>205</v>
       </c>
       <c r="K289" t="s">
         <v>23</v>
       </c>
       <c r="L289" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290">
-        <v>1133</v>
+        <v>1414</v>
       </c>
       <c r="B290" t="s">
         <v>394</v>
       </c>
       <c r="C290" t="s">
+        <v>94</v>
+      </c>
+      <c r="D290">
+        <v>7</v>
+      </c>
+      <c r="E290">
+        <v>2</v>
+      </c>
+      <c r="G290">
+        <v>498255.76</v>
+      </c>
+      <c r="H290">
+        <v>84794.29</v>
+      </c>
+      <c r="I290">
+        <v>413461.47</v>
+      </c>
+      <c r="J290" t="s">
         <v>395</v>
       </c>
-      <c r="D290">
-[...16 lines deleted...]
-      </c>
       <c r="K290" t="s">
         <v>23</v>
       </c>
       <c r="L290" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
-        <v>878</v>
+        <v>75</v>
       </c>
       <c r="B291" t="s">
-        <v>354</v>
+        <v>46</v>
       </c>
       <c r="C291" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="D291">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E291">
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="F291">
+        <v>0</v>
       </c>
       <c r="G291">
-        <v>34326.01</v>
+        <v>261729.0</v>
       </c>
       <c r="H291">
-        <v>20479.42</v>
+        <v>97191.76</v>
       </c>
       <c r="I291">
-        <v>13846.59</v>
+        <v>164537.24</v>
       </c>
       <c r="J291" t="s">
-        <v>355</v>
+        <v>47</v>
       </c>
       <c r="K291" t="s">
         <v>23</v>
       </c>
       <c r="L291" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
-        <v>1063</v>
+        <v>878</v>
       </c>
       <c r="B292" t="s">
         <v>343</v>
       </c>
       <c r="C292" t="s">
         <v>26</v>
       </c>
+      <c r="D292">
+        <v>2</v>
+      </c>
+      <c r="E292">
+        <v>3</v>
+      </c>
       <c r="G292">
-        <v>216.14</v>
+        <v>34326.01</v>
       </c>
       <c r="H292">
-        <v>2383.0</v>
+        <v>20479.42</v>
       </c>
       <c r="I292">
-        <v>-2166.86</v>
+        <v>13846.59</v>
       </c>
       <c r="J292" t="s">
-        <v>47</v>
+        <v>344</v>
       </c>
       <c r="K292" t="s">
         <v>23</v>
       </c>
       <c r="L292" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293">
-        <v>1259</v>
+        <v>1063</v>
       </c>
       <c r="B293" t="s">
-        <v>396</v>
+        <v>345</v>
       </c>
       <c r="C293" t="s">
         <v>26</v>
       </c>
       <c r="G293">
-        <v>0.0</v>
+        <v>216.14</v>
       </c>
       <c r="H293">
-        <v>0.0</v>
+        <v>2383.0</v>
       </c>
       <c r="I293">
-        <v>0.0</v>
+        <v>-2166.86</v>
       </c>
       <c r="J293" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="K293" t="s">
         <v>23</v>
       </c>
       <c r="L293" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294">
-        <v>1338</v>
+        <v>1259</v>
       </c>
       <c r="B294" t="s">
-        <v>345</v>
+        <v>396</v>
       </c>
       <c r="C294" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="G294">
-        <v>45109.11</v>
+        <v>0.0</v>
       </c>
       <c r="H294">
         <v>0.0</v>
       </c>
       <c r="I294">
-        <v>45109.11</v>
+        <v>0.0</v>
       </c>
       <c r="J294" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="K294" t="s">
         <v>23</v>
       </c>
       <c r="L294" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="295" spans="1:12">
       <c r="A295">
-        <v>587</v>
+        <v>1338</v>
       </c>
       <c r="B295" t="s">
-        <v>397</v>
+        <v>347</v>
       </c>
       <c r="C295" t="s">
-        <v>29</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G295">
-        <v>447920.86</v>
+        <v>45109.11</v>
       </c>
       <c r="H295">
-        <v>1787.44</v>
+        <v>0.0</v>
       </c>
       <c r="I295">
-        <v>446133.42</v>
+        <v>45109.11</v>
       </c>
       <c r="J295" t="s">
-        <v>165</v>
+        <v>67</v>
       </c>
       <c r="K295" t="s">
         <v>23</v>
       </c>
       <c r="L295" t="s">
-        <v>166</v>
+        <v>36</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296">
-        <v>912</v>
+        <v>587</v>
       </c>
       <c r="B296" t="s">
-        <v>349</v>
+        <v>397</v>
       </c>
       <c r="C296" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D296">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="E296">
+        <v>2</v>
+      </c>
+      <c r="F296">
+        <v>0</v>
       </c>
       <c r="G296">
-        <v>113026.22</v>
+        <v>447920.86</v>
       </c>
       <c r="H296">
-        <v>23077.6</v>
+        <v>1787.44</v>
       </c>
       <c r="I296">
-        <v>89948.62</v>
+        <v>446133.42</v>
       </c>
       <c r="J296" t="s">
-        <v>22</v>
+        <v>171</v>
       </c>
       <c r="K296" t="s">
         <v>23</v>
       </c>
       <c r="L296" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297">
-        <v>1226</v>
+        <v>912</v>
       </c>
       <c r="B297" t="s">
-        <v>398</v>
+        <v>351</v>
       </c>
       <c r="C297" t="s">
         <v>26</v>
       </c>
       <c r="D297">
         <v>1</v>
       </c>
-      <c r="E297">
-[...1 lines deleted...]
-      </c>
       <c r="G297">
-        <v>81658.09</v>
+        <v>113026.22</v>
       </c>
       <c r="H297">
-        <v>55000.0</v>
+        <v>23077.6</v>
       </c>
       <c r="I297">
-        <v>26658.09</v>
+        <v>89948.62</v>
       </c>
       <c r="J297" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="K297" t="s">
         <v>23</v>
       </c>
       <c r="L297" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
-        <v>1291</v>
+        <v>1226</v>
       </c>
       <c r="B298" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="C298" t="s">
         <v>26</v>
       </c>
       <c r="D298">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E298">
         <v>1</v>
       </c>
       <c r="G298">
-        <v>420529.01</v>
+        <v>81658.09</v>
       </c>
       <c r="H298">
-        <v>7800.0</v>
+        <v>55000.0</v>
       </c>
       <c r="I298">
-        <v>412729.01</v>
+        <v>26658.09</v>
       </c>
       <c r="J298" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="K298" t="s">
         <v>23</v>
       </c>
       <c r="L298" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
-        <v>1394</v>
+        <v>1291</v>
       </c>
       <c r="B299" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="C299" t="s">
-        <v>401</v>
+        <v>26</v>
       </c>
       <c r="D299">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E299">
         <v>1</v>
       </c>
       <c r="G299">
-        <v>106000.0</v>
+        <v>420529.01</v>
       </c>
       <c r="H299">
-        <v>43000.0</v>
+        <v>7800.0</v>
       </c>
       <c r="I299">
-        <v>63000.0</v>
+        <v>412729.01</v>
       </c>
       <c r="J299" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="K299" t="s">
         <v>23</v>
       </c>
       <c r="L299" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
-        <v>75</v>
+        <v>1394</v>
       </c>
       <c r="B300" t="s">
-        <v>46</v>
+        <v>400</v>
       </c>
       <c r="C300" t="s">
-        <v>49</v>
+        <v>401</v>
       </c>
       <c r="D300">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E300">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G300">
-        <v>261729.0</v>
+        <v>106000.0</v>
       </c>
       <c r="H300">
-        <v>97191.76</v>
+        <v>43000.0</v>
       </c>
       <c r="I300">
-        <v>164537.24</v>
+        <v>63000.0</v>
       </c>
       <c r="J300" t="s">
-        <v>47</v>
+        <v>104</v>
       </c>
       <c r="K300" t="s">
         <v>23</v>
       </c>
       <c r="L300" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
         <v>860</v>
       </c>
       <c r="B301" t="s">
         <v>68</v>
       </c>
       <c r="C301" t="s">
         <v>49</v>
       </c>
       <c r="G301">
         <v>394542.27</v>
       </c>
       <c r="H301">
         <v>215536.49</v>
       </c>
       <c r="I301">
         <v>179005.78</v>
       </c>
       <c r="J301" t="s">
         <v>69</v>
       </c>
       <c r="K301" t="s">
         <v>23</v>
       </c>
       <c r="L301" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
         <v>925</v>
       </c>
       <c r="B302" t="s">
         <v>70</v>
       </c>
       <c r="C302" t="s">
         <v>49</v>
       </c>
       <c r="G302">
         <v>94782.88</v>
       </c>
       <c r="H302">
         <v>65067.43</v>
       </c>
       <c r="I302">
         <v>29715.45</v>
       </c>
       <c r="J302" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="K302" t="s">
         <v>23</v>
       </c>
       <c r="L302" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
         <v>1241</v>
       </c>
       <c r="B303" t="s">
         <v>402</v>
       </c>
       <c r="C303" t="s">
         <v>26</v>
       </c>
       <c r="D303">
         <v>3</v>
       </c>
       <c r="E303">
         <v>4</v>
       </c>
       <c r="G303">
         <v>813843.0</v>
       </c>
       <c r="H303">
         <v>73000.0</v>
       </c>
       <c r="I303">
         <v>740843.0</v>
       </c>
       <c r="J303" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="K303" t="s">
         <v>23</v>
       </c>
       <c r="L303" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
         <v>1304</v>
       </c>
       <c r="B304" t="s">
         <v>403</v>
       </c>
       <c r="C304" t="s">
         <v>26</v>
       </c>
       <c r="D304">
         <v>9</v>
       </c>
       <c r="G304">
         <v>515697.51</v>
       </c>
       <c r="H304">
         <v>144300.0</v>
       </c>
       <c r="I304">
         <v>371397.51</v>
       </c>
       <c r="J304" t="s">
         <v>243</v>
       </c>
       <c r="K304" t="s">
         <v>23</v>
       </c>
       <c r="L304" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
         <v>1407</v>
       </c>
       <c r="B305" t="s">
         <v>404</v>
       </c>
       <c r="C305" t="s">
         <v>405</v>
       </c>
       <c r="D305">
         <v>0</v>
       </c>
       <c r="E305">
         <v>1</v>
       </c>
       <c r="G305">
         <v>27427.46</v>
       </c>
       <c r="H305">
         <v>16450.0</v>
       </c>
       <c r="I305">
         <v>10977.46</v>
       </c>
       <c r="J305" t="s">
         <v>406</v>
       </c>
       <c r="K305" t="s">
         <v>23</v>
       </c>
       <c r="L305" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
         <v>413</v>
       </c>
       <c r="B306" t="s">
         <v>407</v>
       </c>
       <c r="C306" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D306">
         <v>3</v>
       </c>
       <c r="E306">
         <v>1</v>
       </c>
       <c r="F306">
         <v>0</v>
       </c>
       <c r="G306">
         <v>414701.14</v>
       </c>
       <c r="H306">
         <v>126600.0</v>
       </c>
       <c r="I306">
         <v>288101.14</v>
       </c>
       <c r="J306" t="s">
         <v>408</v>
       </c>
       <c r="K306" t="s">
         <v>23</v>
       </c>
       <c r="L306" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
         <v>898</v>
       </c>
       <c r="B307" t="s">
         <v>81</v>
       </c>
       <c r="C307" t="s">
         <v>49</v>
       </c>
       <c r="G307">
         <v>203621.72</v>
       </c>
       <c r="H307">
         <v>22117.38</v>
       </c>
       <c r="I307">
         <v>181504.34</v>
       </c>
       <c r="J307" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K307" t="s">
         <v>23</v>
       </c>
       <c r="L307" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
         <v>1114</v>
       </c>
       <c r="B308" t="s">
         <v>409</v>
       </c>
       <c r="C308" t="s">
         <v>410</v>
       </c>
       <c r="D308">
         <v>1</v>
       </c>
       <c r="E308">
         <v>1</v>
       </c>
       <c r="G308">
         <v>129978.12</v>
       </c>
       <c r="H308">
         <v>52121.87</v>
       </c>
       <c r="I308">
         <v>77856.25</v>
       </c>
       <c r="J308" t="s">
         <v>411</v>
       </c>
       <c r="K308" t="s">
         <v>23</v>
       </c>
       <c r="L308" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
         <v>1273</v>
       </c>
       <c r="B309" t="s">
         <v>412</v>
       </c>
       <c r="C309" t="s">
         <v>26</v>
       </c>
       <c r="E309">
         <v>1</v>
       </c>
       <c r="G309">
         <v>188538.26</v>
       </c>
       <c r="H309">
         <v>11030.0</v>
       </c>
       <c r="I309">
         <v>177508.26</v>
       </c>
       <c r="J309" t="s">
         <v>47</v>
       </c>
       <c r="K309" t="s">
         <v>23</v>
       </c>
       <c r="L309" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
         <v>1368</v>
       </c>
       <c r="B310" t="s">
         <v>413</v>
       </c>
       <c r="C310" t="s">
         <v>414</v>
       </c>
       <c r="E310">
         <v>1</v>
       </c>
       <c r="G310">
         <v>31516.0</v>
       </c>
       <c r="H310">
         <v>12000.0</v>
       </c>
       <c r="I310">
         <v>19516.0</v>
       </c>
       <c r="J310" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="K310" t="s">
         <v>23</v>
       </c>
       <c r="L310" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
-        <v>508</v>
+        <v>1421</v>
       </c>
       <c r="B311" t="s">
-        <v>364</v>
+        <v>415</v>
       </c>
       <c r="C311" t="s">
-        <v>29</v>
+        <v>75</v>
+      </c>
+      <c r="D311">
+        <v>0</v>
       </c>
       <c r="E311">
         <v>2</v>
       </c>
-      <c r="F311">
-[...1 lines deleted...]
-      </c>
       <c r="G311">
-        <v>401023.56</v>
+        <v>79500.0</v>
       </c>
       <c r="H311">
-        <v>83755.0</v>
+        <v>0.0</v>
       </c>
       <c r="I311">
-        <v>317268.56</v>
+        <v>79500.0</v>
       </c>
       <c r="J311" t="s">
-        <v>35</v>
+        <v>416</v>
       </c>
       <c r="K311" t="s">
         <v>23</v>
       </c>
       <c r="L311" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312">
-        <v>907</v>
+        <v>508</v>
       </c>
       <c r="B312" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="C312" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E312">
         <v>2</v>
       </c>
+      <c r="F312">
+        <v>0</v>
+      </c>
       <c r="G312">
-        <v>38167.25</v>
+        <v>401023.56</v>
       </c>
       <c r="H312">
-        <v>36025.62</v>
+        <v>83755.0</v>
       </c>
       <c r="I312">
-        <v>2141.63</v>
+        <v>317268.56</v>
       </c>
       <c r="J312" t="s">
         <v>22</v>
       </c>
       <c r="K312" t="s">
         <v>23</v>
       </c>
       <c r="L312" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313">
-        <v>1214</v>
+        <v>907</v>
       </c>
       <c r="B313" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="C313" t="s">
-        <v>103</v>
+        <v>26</v>
+      </c>
+      <c r="E313">
+        <v>2</v>
       </c>
       <c r="G313">
-        <v>1620.0</v>
+        <v>38167.25</v>
       </c>
       <c r="H313">
-        <v>0.0</v>
+        <v>36025.62</v>
       </c>
       <c r="I313">
-        <v>1620.0</v>
+        <v>2141.63</v>
       </c>
       <c r="J313" t="s">
-        <v>367</v>
+        <v>31</v>
       </c>
       <c r="K313" t="s">
         <v>23</v>
       </c>
       <c r="L313" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314">
-        <v>1285</v>
+        <v>1214</v>
       </c>
       <c r="B314" t="s">
-        <v>415</v>
+        <v>366</v>
       </c>
       <c r="C314" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>109</v>
       </c>
       <c r="G314">
-        <v>370300.0</v>
+        <v>1620.0</v>
       </c>
       <c r="H314">
-        <v>96000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I314">
-        <v>274300.0</v>
+        <v>1620.0</v>
       </c>
       <c r="J314" t="s">
-        <v>47</v>
+        <v>367</v>
       </c>
       <c r="K314" t="s">
         <v>23</v>
       </c>
       <c r="L314" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315">
-        <v>1388</v>
+        <v>1285</v>
       </c>
       <c r="B315" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C315" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="D315">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="E315">
         <v>1</v>
       </c>
       <c r="G315">
-        <v>12680.96</v>
+        <v>370300.0</v>
       </c>
       <c r="H315">
-        <v>8850.0</v>
+        <v>96000.0</v>
       </c>
       <c r="I315">
-        <v>3830.96</v>
+        <v>274300.0</v>
       </c>
       <c r="J315" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="K315" t="s">
         <v>23</v>
       </c>
       <c r="L315" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316">
-        <v>871</v>
+        <v>1388</v>
       </c>
       <c r="B316" t="s">
-        <v>370</v>
+        <v>418</v>
       </c>
       <c r="C316" t="s">
-        <v>26</v>
+        <v>75</v>
+      </c>
+      <c r="D316">
+        <v>0</v>
       </c>
       <c r="E316">
         <v>1</v>
       </c>
       <c r="G316">
-        <v>62682.38</v>
+        <v>12680.96</v>
       </c>
       <c r="H316">
-        <v>10836.0</v>
+        <v>8850.0</v>
       </c>
       <c r="I316">
-        <v>51846.38</v>
+        <v>3830.96</v>
       </c>
       <c r="J316" t="s">
-        <v>205</v>
+        <v>104</v>
       </c>
       <c r="K316" t="s">
         <v>23</v>
       </c>
       <c r="L316" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317">
-        <v>981</v>
+        <v>871</v>
       </c>
       <c r="B317" t="s">
-        <v>101</v>
+        <v>370</v>
       </c>
       <c r="C317" t="s">
         <v>26</v>
       </c>
       <c r="E317">
         <v>1</v>
       </c>
       <c r="G317">
-        <v>4603660.36</v>
+        <v>62682.38</v>
       </c>
       <c r="H317">
-        <v>24438.37</v>
+        <v>10836.0</v>
       </c>
       <c r="I317">
-        <v>4579221.99</v>
+        <v>51846.38</v>
       </c>
       <c r="J317" t="s">
-        <v>58</v>
+        <v>205</v>
       </c>
       <c r="K317" t="s">
         <v>23</v>
       </c>
       <c r="L317" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318">
-        <v>1256</v>
+        <v>981</v>
       </c>
       <c r="B318" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C318" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="D318">
+        <v>26</v>
+      </c>
+      <c r="E318">
         <v>1</v>
       </c>
       <c r="G318">
-        <v>1502850.0</v>
+        <v>4603660.36</v>
       </c>
       <c r="H318">
-        <v>840186.0</v>
+        <v>24438.37</v>
       </c>
       <c r="I318">
-        <v>662664.0</v>
+        <v>4579221.99</v>
       </c>
       <c r="J318" t="s">
-        <v>175</v>
+        <v>58</v>
       </c>
       <c r="K318" t="s">
         <v>23</v>
       </c>
       <c r="L318" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319">
-        <v>1322</v>
+        <v>1256</v>
       </c>
       <c r="B319" t="s">
-        <v>417</v>
+        <v>108</v>
       </c>
       <c r="C319" t="s">
-        <v>55</v>
+        <v>109</v>
+      </c>
+      <c r="D319">
+        <v>1</v>
       </c>
       <c r="G319">
-        <v>182600.0</v>
+        <v>1502850.0</v>
       </c>
       <c r="H319">
-        <v>0.0</v>
+        <v>840186.0</v>
       </c>
       <c r="I319">
-        <v>182600.0</v>
+        <v>662664.0</v>
       </c>
       <c r="J319" t="s">
-        <v>246</v>
+        <v>165</v>
       </c>
       <c r="K319" t="s">
         <v>23</v>
       </c>
       <c r="L319" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320">
-        <v>1421</v>
+        <v>1322</v>
       </c>
       <c r="B320" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C320" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>55</v>
       </c>
       <c r="G320">
-        <v>79500.0</v>
+        <v>182600.0</v>
       </c>
       <c r="H320">
         <v>0.0</v>
       </c>
       <c r="I320">
-        <v>79500.0</v>
+        <v>182600.0</v>
       </c>
       <c r="J320" t="s">
-        <v>419</v>
+        <v>246</v>
       </c>
       <c r="K320" t="s">
         <v>23</v>
       </c>
       <c r="L320" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
-        <v>169</v>
+        <v>918</v>
       </c>
       <c r="B321" t="s">
-        <v>420</v>
+        <v>111</v>
       </c>
       <c r="C321" t="s">
-        <v>421</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="G321">
-        <v>382000.0</v>
+        <v>99118.27</v>
       </c>
       <c r="H321">
-        <v>7000.0</v>
+        <v>18765.82</v>
       </c>
       <c r="I321">
-        <v>375000.0</v>
+        <v>80352.45</v>
       </c>
       <c r="J321" t="s">
-        <v>30</v>
+        <v>112</v>
       </c>
       <c r="K321" t="s">
         <v>23</v>
       </c>
       <c r="L321" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
-        <v>892</v>
+        <v>1233</v>
       </c>
       <c r="B322" t="s">
-        <v>115</v>
+        <v>420</v>
       </c>
       <c r="C322" t="s">
-        <v>49</v>
+        <v>26</v>
+      </c>
+      <c r="D322">
+        <v>3</v>
       </c>
       <c r="G322">
-        <v>115049.85</v>
+        <v>253605.74</v>
       </c>
       <c r="H322">
-        <v>62000.0</v>
+        <v>24752.53</v>
       </c>
       <c r="I322">
-        <v>53049.85</v>
+        <v>228853.21</v>
       </c>
       <c r="J322" t="s">
-        <v>116</v>
+        <v>332</v>
       </c>
       <c r="K322" t="s">
         <v>23</v>
       </c>
       <c r="L322" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
-        <v>1071</v>
+        <v>1298</v>
       </c>
       <c r="B323" t="s">
-        <v>117</v>
+        <v>421</v>
       </c>
       <c r="C323" t="s">
-        <v>422</v>
+        <v>26</v>
+      </c>
+      <c r="D323">
+        <v>3</v>
       </c>
       <c r="G323">
-        <v>3717.4</v>
+        <v>141371.15</v>
       </c>
       <c r="H323">
-        <v>1400.0</v>
+        <v>9578.07</v>
       </c>
       <c r="I323">
-        <v>2317.4</v>
+        <v>131793.08</v>
       </c>
       <c r="J323" t="s">
-        <v>47</v>
+        <v>344</v>
       </c>
       <c r="K323" t="s">
         <v>23</v>
       </c>
       <c r="L323" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
-        <v>1266</v>
+        <v>1401</v>
       </c>
       <c r="B324" t="s">
+        <v>422</v>
+      </c>
+      <c r="C324" t="s">
+        <v>75</v>
+      </c>
+      <c r="D324">
+        <v>2</v>
+      </c>
+      <c r="E324">
+        <v>1</v>
+      </c>
+      <c r="G324">
+        <v>384181.41</v>
+      </c>
+      <c r="H324">
+        <v>235175.0</v>
+      </c>
+      <c r="I324">
+        <v>149006.41</v>
+      </c>
+      <c r="J324" t="s">
         <v>423</v>
       </c>
-      <c r="C324" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K324" t="s">
         <v>23</v>
       </c>
       <c r="L324" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
-        <v>1358</v>
+        <v>169</v>
       </c>
       <c r="B325" t="s">
         <v>424</v>
       </c>
       <c r="C325" t="s">
         <v>425</v>
       </c>
       <c r="D325">
         <v>1</v>
       </c>
+      <c r="E325">
+        <v>1</v>
+      </c>
       <c r="G325">
-        <v>152198.0</v>
+        <v>382000.0</v>
       </c>
       <c r="H325">
-        <v>0.0</v>
+        <v>7000.0</v>
       </c>
       <c r="I325">
-        <v>152198.0</v>
+        <v>375000.0</v>
       </c>
       <c r="J325" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="K325" t="s">
         <v>23</v>
       </c>
       <c r="L325" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
-        <v>806</v>
+        <v>892</v>
       </c>
       <c r="B326" t="s">
-        <v>326</v>
+        <v>119</v>
       </c>
       <c r="C326" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="G326">
-        <v>394861.08</v>
+        <v>115049.85</v>
       </c>
       <c r="H326">
-        <v>47137.03</v>
+        <v>62000.0</v>
       </c>
       <c r="I326">
-        <v>347724.05</v>
+        <v>53049.85</v>
       </c>
       <c r="J326" t="s">
-        <v>63</v>
+        <v>120</v>
       </c>
       <c r="K326" t="s">
         <v>23</v>
       </c>
       <c r="L326" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
-        <v>918</v>
+        <v>1071</v>
       </c>
       <c r="B327" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C327" t="s">
-        <v>49</v>
+        <v>426</v>
       </c>
       <c r="G327">
-        <v>99118.27</v>
+        <v>3717.4</v>
       </c>
       <c r="H327">
-        <v>18765.82</v>
+        <v>1400.0</v>
       </c>
       <c r="I327">
-        <v>80352.45</v>
+        <v>2317.4</v>
       </c>
       <c r="J327" t="s">
-        <v>111</v>
+        <v>47</v>
       </c>
       <c r="K327" t="s">
         <v>23</v>
       </c>
       <c r="L327" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
-        <v>1233</v>
+        <v>1266</v>
       </c>
       <c r="B328" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C328" t="s">
         <v>26</v>
       </c>
-      <c r="D328">
-[...1 lines deleted...]
-      </c>
       <c r="G328">
-        <v>253605.74</v>
+        <v>19064.75</v>
       </c>
       <c r="H328">
-        <v>24752.53</v>
+        <v>0.0</v>
       </c>
       <c r="I328">
-        <v>228853.21</v>
+        <v>19064.75</v>
       </c>
       <c r="J328" t="s">
-        <v>329</v>
+        <v>61</v>
       </c>
       <c r="K328" t="s">
         <v>23</v>
       </c>
       <c r="L328" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
-        <v>1298</v>
+        <v>1358</v>
       </c>
       <c r="B329" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C329" t="s">
-        <v>26</v>
+        <v>429</v>
       </c>
       <c r="D329">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G329">
-        <v>141371.15</v>
+        <v>152198.0</v>
       </c>
       <c r="H329">
-        <v>9578.07</v>
+        <v>0.0</v>
       </c>
       <c r="I329">
-        <v>131793.08</v>
+        <v>152198.0</v>
       </c>
       <c r="J329" t="s">
-        <v>355</v>
+        <v>58</v>
       </c>
       <c r="K329" t="s">
         <v>23</v>
       </c>
       <c r="L329" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
-        <v>1401</v>
+        <v>806</v>
       </c>
       <c r="B330" t="s">
-        <v>428</v>
+        <v>329</v>
       </c>
       <c r="C330" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="D330">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E330">
         <v>1</v>
       </c>
       <c r="G330">
-        <v>384181.41</v>
+        <v>394861.08</v>
       </c>
       <c r="H330">
-        <v>235175.0</v>
+        <v>47137.03</v>
       </c>
       <c r="I330">
-        <v>149006.41</v>
+        <v>347724.05</v>
       </c>
       <c r="J330" t="s">
-        <v>429</v>
+        <v>63</v>
       </c>
       <c r="K330" t="s">
         <v>23</v>
       </c>
       <c r="L330" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
         <v>1019</v>
       </c>
       <c r="B331" t="s">
         <v>430</v>
       </c>
       <c r="C331" t="s">
         <v>431</v>
       </c>
       <c r="D331">
         <v>2</v>
       </c>
       <c r="G331">
         <v>167711.15</v>
       </c>
       <c r="H331">
         <v>6477.77</v>
       </c>
       <c r="I331">
         <v>161233.38</v>
       </c>
       <c r="J331" t="s">