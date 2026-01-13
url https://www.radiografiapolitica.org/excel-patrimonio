--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="patrimonio personas" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="438">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
   <si>
     <t>Metadatos</t>
   </si>
   <si>
     <t>Email contacto datos abiertos:</t>
   </si>
   <si>
     <t>info@ciudadaniaydesarrollo.org</t>
   </si>
   <si>
     <t>Autor datos abiertos:</t>
   </si>
   <si>
     <t>Fundación Ciudadanía y Desarrollo</t>
   </si>
   <si>
     <t>Licencia datos abiertos:</t>
   </si>
   <si>
     <t>Creative Commons Attribution Share-Alike 4.0 (CC-BY-SA-4.0)</t>
   </si>
   <si>
     <t>Datos</t>
   </si>
   <si>
@@ -74,194 +74,194 @@
   <si>
     <t xml:space="preserve">Número de carros </t>
   </si>
   <si>
     <t xml:space="preserve">Número de companias </t>
   </si>
   <si>
     <t xml:space="preserve">Activos </t>
   </si>
   <si>
     <t xml:space="preserve">Pasivos </t>
   </si>
   <si>
     <t xml:space="preserve">Patrimonio </t>
   </si>
   <si>
     <t xml:space="preserve">Cargo </t>
   </si>
   <si>
     <t xml:space="preserve">Categoría </t>
   </si>
   <si>
     <t xml:space="preserve">Función </t>
   </si>
   <si>
+    <t>Lenin Daniel Barreto Zambrano</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Manabí</t>
+  </si>
+  <si>
+    <t>Función Estado</t>
+  </si>
+  <si>
+    <t>Legislativa</t>
+  </si>
+  <si>
+    <t>Jhoel Marlin Escudero Solíz</t>
+  </si>
+  <si>
+    <t>2022-02-10</t>
+  </si>
+  <si>
+    <t>Juez(a) de la Corte Constitucional</t>
+  </si>
+  <si>
+    <t>Judicial</t>
+  </si>
+  <si>
+    <t>Cristhian Antonio Vega Quezada</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de El Oro</t>
+  </si>
+  <si>
+    <t>Jaminton Enrique Intriago Alcívar</t>
+  </si>
+  <si>
+    <t>Stalin Santiago Andino González</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>Secretario (a) General Jurídico de la Presidencia</t>
+  </si>
+  <si>
+    <t>Ejecutiva</t>
+  </si>
+  <si>
     <t>Pablo Enrique Herrería Bonnet</t>
   </si>
   <si>
     <t>2022-01-01</t>
   </si>
   <si>
-    <t>Juez(a) de la Corte Constitucional</t>
-[...7 lines deleted...]
-  <si>
     <t>Ana Cecilia Herrera Gómez</t>
   </si>
   <si>
-    <t>2023-11-17</t>
-[...1 lines deleted...]
-  <si>
     <t>Asambleísta por la provincia de Cotopaxi</t>
   </si>
   <si>
-    <t>Legislativa</t>
-[...1 lines deleted...]
-  <si>
     <t>Jorge Enrique Acaiturri Villa Varas</t>
   </si>
   <si>
     <t>2023-05-15</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Guayas</t>
   </si>
   <si>
     <t>María Mercedes Erbs Estupiñán</t>
   </si>
   <si>
-    <t>Asambleísta por la provincia de Manabí</t>
-[...1 lines deleted...]
-  <si>
     <t>Karla Paulina Rosero Villavicencio</t>
   </si>
   <si>
     <t>Candidato (a) a Vicepresidente de la República</t>
   </si>
   <si>
-    <t>Ejecutiva</t>
-[...26 lines deleted...]
-    <t>Secretario (a) General Jurídico de la Presidencia</t>
+    <t>Juan Pablo Molina Saldaña</t>
+  </si>
+  <si>
+    <t>Mishel Andrea Mancheno Dávila</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
+  </si>
+  <si>
+    <t>Jimmy Jairala Vallazza</t>
+  </si>
+  <si>
+    <t>2018-12-18</t>
+  </si>
+  <si>
+    <t>Candidato (a) a Presidente de la República</t>
+  </si>
+  <si>
+    <t>Pamela Alejandra Aguirre Zambonino</t>
+  </si>
+  <si>
+    <t>2021-05-13</t>
+  </si>
+  <si>
+    <t>Asambleísta por la Provincia de Imbabura</t>
+  </si>
+  <si>
+    <t>Adriana Denisse García Mejía</t>
+  </si>
+  <si>
+    <t>Asambleísta Nacional</t>
+  </si>
+  <si>
+    <t>Manuel Oswal Bohórquez Tapia</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Pichincha</t>
+  </si>
+  <si>
+    <t>José Javier De la Gasca López-Domínguez</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Gobierno</t>
   </si>
   <si>
     <t>Marcela Priscila Holguín Naranjo</t>
   </si>
   <si>
-    <t>Asambleísta por la provincia de Pichincha</t>
-[...1 lines deleted...]
-  <si>
     <t>Rebeca Viviana Veloz Ramírez</t>
   </si>
   <si>
     <t>2021-05-14</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Santo Domingo de los Tsáchilas</t>
   </si>
   <si>
     <t>Blanca Lucrecia Sacancela Quishpe</t>
   </si>
   <si>
     <t>2023-10-22</t>
   </si>
   <si>
-    <t>Juan Pablo Molina Saldaña</t>
-[...43 lines deleted...]
-  <si>
     <t>Lenin José Lara Rivadeneira</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Esmeraldas</t>
   </si>
   <si>
     <t>Raisa Irina Corral Alava</t>
   </si>
   <si>
     <t>Carlos Alberto Rodríguez Riofrío</t>
   </si>
   <si>
     <t>Johnny Alfredo Lavayen Tamayo</t>
   </si>
   <si>
     <t>Asambleísta por los Estados Unidos y Canadá</t>
   </si>
   <si>
     <t>Romina Alejandra Muñoz Procel</t>
   </si>
   <si>
     <t>2024-08-15</t>
   </si>
   <si>
     <t>Ministro (a) de Cultura y Patrimonio</t>
@@ -284,848 +284,848 @@
   <si>
     <t>Sócrates Augusto Verduga Sánchez</t>
   </si>
   <si>
     <t>2022-12-31</t>
   </si>
   <si>
     <t>Consejero (a) del Consejo de Participación Ciudadana y Control Social</t>
   </si>
   <si>
     <t>Ana Mercedes Galarza Añazco</t>
   </si>
   <si>
     <t>2017-05-14</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Tungurahua</t>
   </si>
   <si>
     <t>Inés del Rocío Díaz Chirán</t>
   </si>
   <si>
     <t>2024-09-11</t>
   </si>
   <si>
+    <t>Alí Vicente Lozada Prado</t>
+  </si>
+  <si>
+    <t>2019-02-05</t>
+  </si>
+  <si>
+    <t>Alexandra Manuela Arce Plúas</t>
+  </si>
+  <si>
+    <t>Karina del Carmen Subía Dávalos</t>
+  </si>
+  <si>
+    <t>2021-10-01</t>
+  </si>
+  <si>
+    <t>Hernán Patricio Zapata Rojas</t>
+  </si>
+  <si>
+    <t>Iván Andrés Morales Revelo</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>Miembro del Equipo Técnico para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Lucio Edwin Gutiérrez Borbúa</t>
+  </si>
+  <si>
+    <t>Luisa Magdalena González Alcívar</t>
+  </si>
+  <si>
+    <t>Henry Fabián Kronfle Kozhaya</t>
+  </si>
+  <si>
+    <t>Daniel Roy-Gilchrist Noboa Azín</t>
+  </si>
+  <si>
+    <t>2023-11-23</t>
+  </si>
+  <si>
     <t>Zaida Elizabeth Rovira Jurado</t>
   </si>
   <si>
     <t>2023-12-31</t>
   </si>
   <si>
     <t>Ministro(a) de Inclusión Económica y Social</t>
   </si>
   <si>
     <t>Diana Paulina Ramirez Villacis</t>
   </si>
   <si>
     <t>2025-05-27</t>
   </si>
   <si>
     <t>Secretario(a) Nacional de Planificación</t>
   </si>
   <si>
-    <t>Alí Vicente Lozada Prado</t>
-[...38 lines deleted...]
-    <t>2023-11-23</t>
+    <t>Vicente Giovanny Taiano Basante</t>
+  </si>
+  <si>
+    <t>José Luis Vallejo Ayala</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia del Carchi</t>
+  </si>
+  <si>
+    <t>Jahiren Elizabeth Noriega Donoso</t>
+  </si>
+  <si>
+    <t>Roberto Fernando Jaramillo Martínez</t>
+  </si>
+  <si>
+    <t>Francesco Adeodato Tabacchi Rendón</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
   </si>
   <si>
     <t>Gissella Cecibel Molina Álvarez</t>
   </si>
   <si>
     <t>Mariuxi Cleopatra Sánchez Sarango</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Orellana</t>
   </si>
   <si>
     <t>Paul Fernando Buestán Carabajo</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Cañar</t>
   </si>
   <si>
     <t>Simón Bolívar Mieles Pinargote</t>
   </si>
   <si>
     <t>Ivonne Elizabeth Núñez Figueroa</t>
   </si>
   <si>
     <t>Ministro (a) de Trabajo</t>
   </si>
   <si>
-    <t>Vicente Giovanny Taiano Basante</t>
-[...17 lines deleted...]
-    <t>2023-12-04</t>
+    <t>Yaku Sacha Pérez Guartambel</t>
+  </si>
+  <si>
+    <t>Candidato (a) a Asambleísta Nacional</t>
+  </si>
+  <si>
+    <t>Lyne Katiuska Miranda Giler</t>
+  </si>
+  <si>
+    <t>Richard Omar Ortiz Ortiz</t>
+  </si>
+  <si>
+    <t>Carlos Edilberto Vera Mora</t>
+  </si>
+  <si>
+    <t>Mercedes Luzmila Abad Morocho</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Morona Santiago</t>
+  </si>
+  <si>
+    <t>Cynthia Natalie Gellibert Mora</t>
+  </si>
+  <si>
+    <t>2024-08-18</t>
+  </si>
+  <si>
+    <t>Secretario (a) General de Gabinete de la Presidencia</t>
   </si>
   <si>
     <t>Ricardo Ulcuango Farinango</t>
   </si>
   <si>
     <t>Celestino Wisum Saant</t>
   </si>
   <si>
-    <t>Asambleísta por la provincia de Morona Santiago</t>
-[...26 lines deleted...]
-    <t>Secretario (a) General de Gabinete de la Presidencia</t>
+    <t>Antonieta Guadalupe Cabezas Enríquez</t>
+  </si>
+  <si>
+    <t>2022-08-11</t>
+  </si>
+  <si>
+    <t>Superintendente de Bancos</t>
+  </si>
+  <si>
+    <t>Ingrid Catalina Salazar Cedeño</t>
+  </si>
+  <si>
+    <t>Pablo José Cevallos Palomeque</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>Secretario (a) de Inversiones Público-Privadas</t>
+  </si>
+  <si>
+    <t>José Clemente Agualsaca Guamán</t>
+  </si>
+  <si>
+    <t>Jaime Moreno Félix</t>
+  </si>
+  <si>
+    <t>José Ramiro Vela Jiménez</t>
+  </si>
+  <si>
+    <t>María Gabriela Sommerfeld Rosero</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Relaciones Exteriores y Movilidad Humana</t>
   </si>
   <si>
     <t>Franklin Omar Samaniego Maigua</t>
   </si>
   <si>
     <t>Presidente de la Asamblea Nacional</t>
   </si>
   <si>
-    <t>Antonieta Guadalupe Cabezas Enríquez</t>
-[...34 lines deleted...]
-  <si>
     <t>Patricia Monserrat Mendoza Jiménez</t>
   </si>
   <si>
     <t>Nelly Zolanda Pluas Arias</t>
   </si>
   <si>
     <t>Arturo German Moreno Encalada</t>
   </si>
   <si>
     <t>Jorge Hermel Álvarez Granda</t>
   </si>
   <si>
     <t>Roberto Carlos Kury Pesantes</t>
   </si>
   <si>
     <t>2025-05-14</t>
   </si>
   <si>
     <t>Ministro (a) de Telecomunicaciones y de la Sociedad de la Información</t>
   </si>
   <si>
     <t>Xavier Andrés Jurado Bedrán</t>
   </si>
   <si>
     <t>Andrés Xavier Fantoni Baldeón</t>
   </si>
   <si>
     <t>2021-01-01</t>
   </si>
   <si>
     <t>Carla Fernanda Larrea Falconí</t>
   </si>
   <si>
     <t>2019-06-05</t>
   </si>
   <si>
+    <t>Flerida Ivonne Coloma Peralta</t>
+  </si>
+  <si>
+    <t>2022-11-09</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Contencioso Electoral</t>
+  </si>
+  <si>
+    <t>Electoral</t>
+  </si>
+  <si>
+    <t>Audy Marcelo Achi Sibri</t>
+  </si>
+  <si>
+    <t>Christian Eduardo Troya Macías</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>Esther Adelina Cuesta Santana</t>
+  </si>
+  <si>
+    <t>Asambleísta por Europa, Asia y Oceanía</t>
+  </si>
+  <si>
+    <t>2023-05-17</t>
+  </si>
+  <si>
     <t>Marco Giovanni López Narváez</t>
   </si>
   <si>
     <t>Superintendente de Compañías, Valores y Seguros</t>
   </si>
   <si>
     <t>Presidente(a) de la República de Ecuador</t>
   </si>
   <si>
     <t>Juan Carlos Vega Malo</t>
   </si>
   <si>
     <t>2023-11-28</t>
   </si>
   <si>
     <t>Ministro (a) de Economía y Finanzas</t>
   </si>
   <si>
-    <t>Flerida Ivonne Coloma Peralta</t>
-[...26 lines deleted...]
-    <t>2023-05-17</t>
+    <t>Ricardo Wladimir Morales Vela</t>
+  </si>
+  <si>
+    <t>2024-06-28</t>
+  </si>
+  <si>
+    <t>Defensor Público General</t>
+  </si>
+  <si>
+    <t>Gustavo Enrique Mateus Acosta</t>
+  </si>
+  <si>
+    <t>Jonathan Emanuel Parra Villacís</t>
+  </si>
+  <si>
+    <t>Humberto Manuel Tapia Escalante</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Loja</t>
+  </si>
+  <si>
+    <t>Jorge Elías Escala Zambrano</t>
   </si>
   <si>
     <t>Jhajaira Estefanía Urresta Guzmán</t>
   </si>
   <si>
     <t>Fabiola Maribel Sanmartín Parra</t>
   </si>
   <si>
     <t>Yadira del Rosario Bayas Uriarte</t>
   </si>
   <si>
     <t>Franklin Danilo Palacios Márquez</t>
   </si>
   <si>
     <t>Ministro(a) de Agricultura y Ganadería</t>
   </si>
   <si>
-    <t>Ricardo Wladimir Morales Vela</t>
-[...20 lines deleted...]
-    <t>Jorge Elías Escala Zambrano</t>
+    <t>Roberto Carlos Cerda Tapuy</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Napo</t>
+  </si>
+  <si>
+    <t>Ricardo Xavier Vanegas Cortázar</t>
+  </si>
+  <si>
+    <t>Pablo Ramiro Iglesias Paladines</t>
+  </si>
+  <si>
+    <t>2021-03-11</t>
+  </si>
+  <si>
+    <t>Superintendente de Ordenamiento Territorial, Uso y Gestión del Suelo</t>
+  </si>
+  <si>
+    <t>Cecilia Rosa Baltazar Yucailla</t>
+  </si>
+  <si>
+    <t>Marissa Elena Pendola Solórzano</t>
+  </si>
+  <si>
+    <t>Secretario(a) General de Presidencia</t>
   </si>
   <si>
     <t>Karla Elizabeth Andrade Quevedo</t>
   </si>
   <si>
     <t>Henry Eduardo Cucalón Camacho</t>
   </si>
   <si>
-    <t>Roberto Carlos Cerda Tapuy</t>
-[...25 lines deleted...]
-  <si>
     <t>Mónica de Jesús Salazar Hidalgo</t>
   </si>
   <si>
     <t>2022-09-15</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Los Ríos</t>
   </si>
   <si>
     <t>Luis Ricardo Alvarado Campi</t>
   </si>
   <si>
     <t>2023-11-20</t>
   </si>
   <si>
     <t>Juan Carlos Rosero Paz</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Chimborazo</t>
   </si>
   <si>
     <t>Johanna Cecibel Ortiz Villavicencio</t>
   </si>
   <si>
     <t>Lucía Lizbeth Jaramillo Zurita</t>
   </si>
   <si>
     <t>Andrea Yalu Rivadeneira Calderón</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Zamora Chinchipe</t>
   </si>
   <si>
     <t>Gian Carlo Loffredo Rendón</t>
   </si>
   <si>
     <t>Ministro (a) de Defensa</t>
   </si>
   <si>
+    <t>Diego Fernando Matovelle Vera</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Azuay</t>
+  </si>
+  <si>
+    <t>Jhon Edison Polanco Lara</t>
+  </si>
+  <si>
+    <t>Juan Bernardo Sánchez Jara</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>Ministro(a) de Salud</t>
+  </si>
+  <si>
+    <t>Esthela Liliana Acero Lanchimba</t>
+  </si>
+  <si>
+    <t>Consejero (a) Electoral</t>
+  </si>
+  <si>
+    <t>Betsy Yadira Saltos Rivas</t>
+  </si>
+  <si>
+    <t>2019-01-01</t>
+  </si>
+  <si>
+    <t>Carla Magaly Cruz Zambrano</t>
+  </si>
+  <si>
+    <t>Asambleísta por América Latina, El Caribe y África</t>
+  </si>
+  <si>
     <t>Wilson Enrique Gómez Vascones</t>
   </si>
   <si>
     <t>2023-12-12</t>
   </si>
   <si>
-    <t>Diego Fernando Matovelle Vera</t>
-[...32 lines deleted...]
-    <t>Asambleísta por América Latina, El Caribe y África</t>
+    <t>Ángel Eduardo Torres Maldonado</t>
+  </si>
+  <si>
+    <t>Sandra Sofía Sánchez Urgiles</t>
+  </si>
+  <si>
+    <t>Valentina Centeno Arteaga</t>
+  </si>
+  <si>
+    <t>Patricio Alberto Chávez Zavala</t>
+  </si>
+  <si>
+    <t>Manuel Hernán Torres Torres</t>
+  </si>
+  <si>
+    <t>2025-06-20</t>
   </si>
   <si>
     <t>María Gabriela Molina Menéndez</t>
   </si>
   <si>
     <t>César Antonio Martín Moreno</t>
   </si>
   <si>
     <t>2023-11-27</t>
   </si>
   <si>
     <t>María Gabriela Centeno Apolo</t>
   </si>
   <si>
     <t>2025-07-15</t>
   </si>
   <si>
-    <t>Ángel Eduardo Torres Maldonado</t>
-[...14 lines deleted...]
-    <t>2025-06-20</t>
+    <t>Luis Alberto Jaramillo Granja</t>
+  </si>
+  <si>
+    <t>2025-04-17</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Producción, Comercio Exterior, Inversiones y Pesca</t>
+  </si>
+  <si>
+    <t>Sofía Margarita Hernández Naranjo</t>
+  </si>
+  <si>
+    <t>Superintendente de Economía Popular y Solidaria</t>
+  </si>
+  <si>
+    <t>Rafael Antonio Dávila Egüez</t>
+  </si>
+  <si>
+    <t>Víctor Manuel Araus Macías</t>
+  </si>
+  <si>
+    <t>2021-09-02</t>
   </si>
   <si>
     <t>Carmen Yolanda Tiupul Urquizo</t>
   </si>
   <si>
     <t>Arisdely Paola Parrales Yagual</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Santa Elena</t>
   </si>
   <si>
-    <t>Luis Alberto Jaramillo Granja</t>
-[...20 lines deleted...]
-    <t>2021-09-02</t>
+    <t>Sandra Elizabeth Rueda Camacho</t>
+  </si>
+  <si>
+    <t>Juan Fernando Flores Arroyo</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>Ronal Eduardo González Valero</t>
+  </si>
+  <si>
+    <t>César Marcel Córdova Valverde</t>
+  </si>
+  <si>
+    <t>2021-09-18</t>
+  </si>
+  <si>
+    <t>Defensor del Pueblo</t>
+  </si>
+  <si>
+    <t>Jose Lenín Rogel Villacís</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Galápagos</t>
+  </si>
+  <si>
+    <t>César Augusto Vásquez Moncayo</t>
+  </si>
+  <si>
+    <t>Secretario (a) de Educación Superior, Ciencia, Tecnología e Innovación</t>
   </si>
   <si>
     <t>Hilda Teresa Nuques Martínez</t>
   </si>
   <si>
     <t>Mónica Estefanía Palacios Zambrano</t>
   </si>
   <si>
-    <t>Sandra Elizabeth Rueda Camacho</t>
-[...31 lines deleted...]
-  <si>
     <t>Eugenia Sofía Espín Reyes</t>
   </si>
   <si>
     <t>María Fernanda Jiménez Vásquez</t>
   </si>
   <si>
     <t>Manuel Antonio Naranjo Paz y Miño</t>
   </si>
   <si>
     <t>2024-06-18</t>
   </si>
   <si>
     <t>Leonardo Renato Berrezueta Carrión</t>
   </si>
   <si>
     <t>Hector Guillermo Valladarez González</t>
   </si>
   <si>
     <t>Sariha Belén Moya Angulo</t>
   </si>
   <si>
     <t>2025-04-16</t>
   </si>
   <si>
+    <t>Fernando Enrique Cedeño Rivadeneira</t>
+  </si>
+  <si>
+    <t>Pedro Ramiro Velasco Erazo</t>
+  </si>
+  <si>
+    <t>Esperanza del Rocío Moreta Terán</t>
+  </si>
+  <si>
+    <t>Lucía Anabelle Posso Naranjo</t>
+  </si>
+  <si>
+    <t>María Luisa Cruz Riofrío</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Ambiente, Agua y Transición Ecológica</t>
+  </si>
+  <si>
+    <t>Xavier Mauricio Torres Maldonado</t>
+  </si>
+  <si>
+    <t>Contralor General del Estado</t>
+  </si>
+  <si>
+    <t>Silvia Patricia Núñez Ramos</t>
+  </si>
+  <si>
+    <t>Nicole Stephanie Bonifaz López</t>
+  </si>
+  <si>
+    <t>2022-03-31</t>
+  </si>
+  <si>
     <t>Lourdes Nataly Morillo Solórzano</t>
   </si>
   <si>
     <t>Víctor Andrés Quishpe Ilguan</t>
   </si>
   <si>
     <t>2019-04-29</t>
   </si>
   <si>
-    <t>Fernando Enrique Cedeño Rivadeneira</t>
-[...29 lines deleted...]
-    <t>2022-03-31</t>
+    <t>Wilson Guillermo Ortega Caicedo</t>
+  </si>
+  <si>
+    <t>Gabriel Humberto Bedón Álvarez</t>
+  </si>
+  <si>
+    <t>Christian Sebastian Reyes Mora</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
   </si>
   <si>
     <t>Eduardo Mauricio Zambrano Valle</t>
   </si>
   <si>
     <t>Samuel Elías Célleri Gómez</t>
   </si>
   <si>
     <t>Marco Aníbal Guatemal Anrango</t>
   </si>
   <si>
     <t>2024-02-06</t>
   </si>
   <si>
     <t>Secretario (a) de Gestión, Desarrollo de Pueblos y Nacionalidades</t>
   </si>
   <si>
     <t>Luis Antonio Cueva Ordoñez</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
-    <t>Wilson Guillermo Ortega Caicedo</t>
-[...8 lines deleted...]
-    <t>2025-05-28</t>
+    <t>Amy Yajanua Gende Cordova</t>
+  </si>
+  <si>
+    <t>Inés María Manzano Díaz</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Energía y Minas</t>
+  </si>
+  <si>
+    <t>Roberto Emilio Cuero Medina</t>
+  </si>
+  <si>
+    <t>Adrián Ernesto Castro Piedra</t>
+  </si>
+  <si>
+    <t>Eduardo Erwin Mendoza Palma</t>
+  </si>
+  <si>
+    <t>Juan Iván Cueva Vivanco</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
   </si>
   <si>
     <t>Eckenner Reader Recalde Álava</t>
   </si>
   <si>
     <t>Rosa Belén Mayorga Tapia</t>
   </si>
   <si>
     <t>María Fernanda Araujo Noboa</t>
   </si>
   <si>
-    <t>Amy Yajanua Gende Cordova</t>
-[...25 lines deleted...]
-  <si>
     <t>Daniela Salazar Marín</t>
   </si>
   <si>
     <t>Andrea Belén González Nader</t>
   </si>
   <si>
     <t>2022-05-03</t>
   </si>
   <si>
     <t>Jaime Patricio Guevara Blaschke</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Pastaza</t>
   </si>
   <si>
     <t>Saadin Alfredo Serrano Valladares</t>
   </si>
   <si>
     <t>Edgar Geovanny Benítez Calva</t>
   </si>
   <si>
     <t>Julia Teodora Angulo Girón</t>
   </si>
   <si>
     <t>2025-03-26</t>
   </si>
   <si>
+    <t>Blasco Remigio Luna Arévalo</t>
+  </si>
+  <si>
+    <t>Fernanda Mabel Méndez Rojas</t>
+  </si>
+  <si>
+    <t>2022-09-19</t>
+  </si>
+  <si>
+    <t>Francisco Andrés Cevallos Macías</t>
+  </si>
+  <si>
+    <t>Segunda Liliana Trávez Vizcaíno</t>
+  </si>
+  <si>
+    <t>2024-06-11</t>
+  </si>
+  <si>
+    <t>Gobernador (a) de Tungurahua</t>
+  </si>
+  <si>
+    <t>Pierina Sara Mercedes Correa Delgado</t>
+  </si>
+  <si>
+    <t>Janeth Paola Cabezas Castillo</t>
+  </si>
+  <si>
+    <t>Henry Saúl Bósquez Villena</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Bolívar</t>
+  </si>
+  <si>
+    <t>Milton Javier Aguas Flores</t>
+  </si>
+  <si>
     <t>John Reimberg Oviedo</t>
   </si>
   <si>
     <t>2025-02-21</t>
   </si>
   <si>
     <t>Ministro (a) del Interior</t>
   </si>
   <si>
-    <t>Blasco Remigio Luna Arévalo</t>
-[...32 lines deleted...]
-    <t>Milton Javier Aguas Flores</t>
+    <t>César Arturo Ugsha Toaquiza</t>
+  </si>
+  <si>
+    <t>Jorge Luis Guevara Benavídez</t>
+  </si>
+  <si>
+    <t>Harold Andrés Burbano Villarreal</t>
+  </si>
+  <si>
+    <t>Fernando Enrique Pita García</t>
+  </si>
+  <si>
+    <t>Vicepresidente del Consejo Nacional Electoral</t>
   </si>
   <si>
     <t>Johanna Ivonne Verdezoto del Salto</t>
   </si>
   <si>
     <t>2022-04-01</t>
   </si>
   <si>
     <t>Camilo Aurelio Salinas Ochoa</t>
   </si>
   <si>
     <t>Stephanie Cristina Carrera Ocampo</t>
   </si>
   <si>
-    <t>César Arturo Ugsha Toaquiza</t>
-[...11 lines deleted...]
-    <t>Vicepresidente del Consejo Nacional Electoral</t>
+    <t>María Augusta Muñoz Sánchez</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>Joaquín Vicente Viteri Llanga</t>
+  </si>
+  <si>
+    <t>Ana María Raffo Guevara</t>
+  </si>
+  <si>
+    <t>Segundo Eustaquio Tuala Muntza</t>
+  </si>
+  <si>
+    <t>Nathaly Estefanía Farinango Delgado</t>
+  </si>
+  <si>
+    <t>María Belén Cadena Ramírez</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
   </si>
   <si>
     <t>Comps Pascacio Córdova Díaz</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Sucumbíos</t>
   </si>
   <si>
     <t>Gissela Siomara Garzón Monteros</t>
   </si>
   <si>
     <t>Nicole Anahis Saca Baldeón</t>
   </si>
   <si>
     <t>Arturo David Félix Wong</t>
   </si>
   <si>
-    <t>María Augusta Muñoz Sánchez</t>
-[...22 lines deleted...]
-  <si>
     <t>Oscar Fabián Peña Toro</t>
   </si>
   <si>
     <t>Patricio Benjamín Cisneros Granizo</t>
   </si>
   <si>
     <t>Humberto Aparicio Plaza Argüello</t>
   </si>
   <si>
     <t>Ministro(a) de Desarrollo Urbano y Vivienda</t>
   </si>
   <si>
     <t>José Ricardo Cabrera Zurita</t>
   </si>
   <si>
     <t>Jorge Andrés Peñafiel Cedeño</t>
   </si>
   <si>
     <t>Verónica Elizabeth Silva Reinoso</t>
   </si>
   <si>
     <t>2022-02-15</t>
   </si>
   <si>
     <t>Carmen Faviola Corral Ponce</t>
@@ -1139,213 +1139,216 @@
   <si>
     <t>Vicepresidente (a) de la República</t>
   </si>
   <si>
     <t>Faustino Armando Fernández Rosales</t>
   </si>
   <si>
     <t>Dallyana Marianela Passailaigue Manosalvas</t>
   </si>
   <si>
     <t>Johnny Enrique Terán Barragán</t>
   </si>
   <si>
     <t>2020-05-14</t>
   </si>
   <si>
     <t>Mónica Rosa Irene Palencia Núñez</t>
   </si>
   <si>
     <t>Jorge Raúl Carrillo Tutivén</t>
   </si>
   <si>
     <t>Secretario (a) de Gestión de Riesgos</t>
   </si>
   <si>
+    <t>Guillermo Alejandro Celi Santos</t>
+  </si>
+  <si>
+    <t>2020-09-22</t>
+  </si>
+  <si>
+    <t>Marjorie Lorena Rosado Sánchez</t>
+  </si>
+  <si>
+    <t>Luis Alberto Cabezas-Klaere</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>2023-05-16</t>
+  </si>
+  <si>
+    <t>Mariana Yumbay Yallico</t>
+  </si>
+  <si>
     <t>Guido Gilberto Vargas Ocaña</t>
   </si>
   <si>
     <t>Alegría de Lourdes Crespo Cordovez</t>
   </si>
   <si>
     <t>2024-04-22</t>
   </si>
   <si>
     <t>Ministro (a) de Educación</t>
   </si>
   <si>
-    <t>Guillermo Alejandro Celi Santos</t>
-[...17 lines deleted...]
-    <t>Mariana Yumbay Yallico</t>
+    <t>Ximena Alejandra Cárdenas Reyes</t>
+  </si>
+  <si>
+    <t>César Umajinga Guamán</t>
+  </si>
+  <si>
+    <t>Sixto Antonio Parra Tovar</t>
+  </si>
+  <si>
+    <t>Mateo Julián Estrella Durán</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Turismo</t>
   </si>
   <si>
     <t>Mérida Elena Nájera Moreira</t>
   </si>
   <si>
     <t>Juan Esteban Guarderas Cisneros</t>
   </si>
   <si>
     <t>2021-04-30</t>
   </si>
   <si>
     <t>Viviana Jacqueline Zambrano González</t>
   </si>
   <si>
     <t>María José Pinto González Artigas</t>
   </si>
   <si>
-    <t>Ximena Alejandra Cárdenas Reyes</t>
-[...11 lines deleted...]
-    <t>Ministro (a) de Turismo</t>
+    <t>Fernando Gonzalo Muñoz Benítez</t>
+  </si>
+  <si>
+    <t>Rosa Margarita Arotingo Cushcagua</t>
+  </si>
+  <si>
+    <t>Alexandra Andrea Castillo Campoverde</t>
+  </si>
+  <si>
+    <t>David Marcelo Rojas Cajas</t>
+  </si>
+  <si>
+    <t>2025-02-25</t>
   </si>
   <si>
     <t>Jorge Enrique Chamba Cabanilla</t>
   </si>
   <si>
-    <t>Fernando Gonzalo Muñoz Benítez</t>
-[...13 lines deleted...]
-  <si>
     <t>Steven Leonardo Ordóñez Bravo</t>
   </si>
   <si>
     <t>Otto Santiago Vera Palacios</t>
   </si>
   <si>
     <t>José David Jiménez Vásquez</t>
   </si>
   <si>
     <t>2025-03-05</t>
   </si>
   <si>
     <t>Ministro del Deporte</t>
   </si>
   <si>
     <t>Shiram Diana Atamaint Wamputsar</t>
   </si>
   <si>
     <t>Presidente del Consejo Nacional Electoral</t>
   </si>
   <si>
     <t>Santiago David Ochoa Beltrán</t>
   </si>
   <si>
     <t>2022-07-11</t>
   </si>
   <si>
     <t>Postulante al concurso de jueces de la Corte Nacional de Justicia 2024</t>
   </si>
   <si>
     <t>María Teresa del Carmen Pasquel Andrade</t>
   </si>
   <si>
     <t>María Luisa Coello Recalde</t>
   </si>
   <si>
     <t>2024-04-02</t>
   </si>
   <si>
+    <t>Inés Margarita Alarcón Bueno</t>
+  </si>
+  <si>
+    <t>Luis Enrique Mejía López</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>María Sonsoles García León</t>
+  </si>
+  <si>
     <t>Irene María Vélez Froment</t>
   </si>
   <si>
     <t>Secretario (a) General de Comunicación de la Presidencia</t>
   </si>
   <si>
-    <t>Inés Margarita Alarcón Bueno</t>
-[...5 lines deleted...]
-    <t>María Sonsoles García León</t>
+    <t>Cristina Eugenia Reyes Hidalgo</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>2022-09-12</t>
+  </si>
+  <si>
+    <t>José Ernesto Maldonado Córdova</t>
+  </si>
+  <si>
+    <t>Pedro Javier Granja Angulo</t>
+  </si>
+  <si>
+    <t>2024-06-01</t>
   </si>
   <si>
     <t>Juan Carlos Camacho Dávila</t>
   </si>
   <si>
     <t>Amado Humberto Chávez Angamarca</t>
   </si>
   <si>
     <t>Roberto Xavier Luque Nuques</t>
   </si>
   <si>
     <t>Ministro(a) de Transporte y Obras Públicas</t>
-  </si>
-[...16 lines deleted...]
-    <t>2024-06-01</t>
   </si>
   <si>
     <t>Juan Enmanuel Izquierdo Intriago</t>
   </si>
   <si>
     <t>2024-05-02</t>
   </si>
   <si>
     <t>Integrante de la terna para la designación del titular de la Procuraduría General del Estado</t>
   </si>
   <si>
     <t>Institucion Independiente</t>
   </si>
   <si>
     <t>Procuraduría General del Estado</t>
   </si>
   <si>
     <t>Juan Carlos Larrea Valencia</t>
   </si>
   <si>
     <t>2017-08-01</t>
   </si>
   <si>
     <t>Procurador General del Estado</t>
   </si>
@@ -1806,973 +1809,973 @@
       </c>
       <c r="F7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
-        <v>494</v>
+        <v>865</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E8">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G8">
-        <v>184156.52</v>
+        <v>219630.0</v>
       </c>
       <c r="H8">
-        <v>15692.84</v>
+        <v>84361.07</v>
       </c>
       <c r="I8">
-        <v>168463.68</v>
+        <v>135268.93</v>
       </c>
       <c r="J8" t="s">
         <v>22</v>
       </c>
       <c r="K8" t="s">
         <v>23</v>
       </c>
       <c r="L8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
-        <v>902</v>
+        <v>951</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G9">
-        <v>90309.13</v>
+        <v>112677.43</v>
       </c>
       <c r="H9">
-        <v>0.0</v>
+        <v>42581.13</v>
       </c>
       <c r="I9">
-        <v>90309.13</v>
+        <v>70096.3</v>
       </c>
       <c r="J9" t="s">
         <v>27</v>
       </c>
       <c r="K9" t="s">
         <v>23</v>
       </c>
       <c r="L9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
-        <v>1177</v>
+        <v>1254</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10">
+        <v>2</v>
+      </c>
+      <c r="E10">
+        <v>1</v>
+      </c>
+      <c r="G10">
+        <v>169171.85</v>
+      </c>
+      <c r="H10">
+        <v>131994.17</v>
+      </c>
+      <c r="I10">
+        <v>37177.68</v>
+      </c>
+      <c r="J10" t="s">
         <v>30</v>
       </c>
-      <c r="D10">
-[...16 lines deleted...]
-      </c>
       <c r="K10" t="s">
         <v>23</v>
       </c>
       <c r="L10" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
-        <v>1279</v>
+        <v>1311</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D11">
-        <v>5</v>
+        <v>3</v>
+      </c>
+      <c r="E11">
+        <v>1</v>
       </c>
       <c r="G11">
-        <v>1998441.03</v>
+        <v>434490.0</v>
       </c>
       <c r="H11">
-        <v>243823.78</v>
+        <v>0.0</v>
       </c>
       <c r="I11">
-        <v>1754617.25</v>
+        <v>434490.0</v>
       </c>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="K11" t="s">
         <v>23</v>
       </c>
       <c r="L11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
-        <v>1378</v>
+        <v>1415</v>
       </c>
       <c r="B12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12">
+        <v>1</v>
+      </c>
+      <c r="E12">
+        <v>1</v>
+      </c>
+      <c r="G12">
+        <v>134406.35</v>
+      </c>
+      <c r="H12">
+        <v>70792.14</v>
+      </c>
+      <c r="I12">
+        <v>63614.21</v>
+      </c>
+      <c r="J12" t="s">
         <v>34</v>
       </c>
-      <c r="C12" t="s">
-[...14 lines deleted...]
-      <c r="J12" t="s">
+      <c r="K12" t="s">
+        <v>23</v>
+      </c>
+      <c r="L12" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
-        <v>865</v>
+        <v>494</v>
       </c>
       <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" t="s">
         <v>37</v>
       </c>
-      <c r="C13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E13">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="F13">
+        <v>0</v>
       </c>
       <c r="G13">
-        <v>219630.0</v>
+        <v>184156.52</v>
       </c>
       <c r="H13">
-        <v>84361.07</v>
+        <v>15692.84</v>
       </c>
       <c r="I13">
-        <v>135268.93</v>
+        <v>168463.68</v>
       </c>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
       <c r="L13" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
-        <v>951</v>
+        <v>902</v>
       </c>
       <c r="B14" t="s">
         <v>38</v>
       </c>
       <c r="C14" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14">
+        <v>3</v>
+      </c>
+      <c r="E14">
+        <v>1</v>
+      </c>
+      <c r="G14">
+        <v>90309.13</v>
+      </c>
+      <c r="H14">
+        <v>0.0</v>
+      </c>
+      <c r="I14">
+        <v>90309.13</v>
+      </c>
+      <c r="J14" t="s">
         <v>39</v>
-      </c>
-[...16 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K14" t="s">
         <v>23</v>
       </c>
       <c r="L14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
-        <v>1254</v>
+        <v>1177</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="D15">
+        <v>6</v>
+      </c>
+      <c r="E15">
         <v>2</v>
       </c>
-      <c r="E15">
-[...1 lines deleted...]
-      </c>
       <c r="G15">
-        <v>169171.85</v>
+        <v>1071461.01</v>
       </c>
       <c r="H15">
-        <v>131994.17</v>
+        <v>32000.0</v>
       </c>
       <c r="I15">
-        <v>37177.68</v>
+        <v>1039461.01</v>
       </c>
       <c r="J15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K15" t="s">
         <v>23</v>
       </c>
       <c r="L15" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
-        <v>1311</v>
+        <v>1279</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D16">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G16">
-        <v>434490.0</v>
+        <v>1998441.03</v>
       </c>
       <c r="H16">
-        <v>0.0</v>
+        <v>243823.78</v>
       </c>
       <c r="I16">
-        <v>434490.0</v>
+        <v>1754617.25</v>
       </c>
       <c r="J16" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="K16" t="s">
         <v>23</v>
       </c>
       <c r="L16" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
-        <v>1415</v>
+        <v>1378</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D17">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G17">
-        <v>134406.35</v>
+        <v>128069.57</v>
       </c>
       <c r="H17">
-        <v>70792.14</v>
+        <v>28500.0</v>
       </c>
       <c r="I17">
-        <v>63614.21</v>
+        <v>99569.57</v>
       </c>
       <c r="J17" t="s">
         <v>45</v>
       </c>
       <c r="K17" t="s">
         <v>23</v>
       </c>
       <c r="L17" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
-        <v>75</v>
+        <v>1260</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D18">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E18">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G18">
-        <v>267390.0</v>
+        <v>1256801.0</v>
       </c>
       <c r="H18">
-        <v>101436.38</v>
+        <v>36500.0</v>
       </c>
       <c r="I18">
-        <v>165953.62</v>
+        <v>1220301.0</v>
       </c>
       <c r="J18" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="K18" t="s">
         <v>23</v>
       </c>
       <c r="L18" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
-        <v>883</v>
+        <v>1340</v>
       </c>
       <c r="B19" t="s">
+        <v>47</v>
+      </c>
+      <c r="C19" t="s">
         <v>48</v>
       </c>
-      <c r="C19" t="s">
-        <v>49</v>
+      <c r="E19">
+        <v>1</v>
       </c>
       <c r="G19">
-        <v>70452.0</v>
+        <v>27725.78</v>
       </c>
       <c r="H19">
-        <v>4000.0</v>
+        <v>23200.02</v>
       </c>
       <c r="I19">
-        <v>66452.0</v>
+        <v>4525.76</v>
       </c>
       <c r="J19" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="K19" t="s">
         <v>23</v>
       </c>
       <c r="L19" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
-        <v>1066</v>
+        <v>637</v>
       </c>
       <c r="B20" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D20">
         <v>2</v>
       </c>
       <c r="E20">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="F20">
+        <v>0</v>
       </c>
       <c r="G20">
-        <v>325044.32</v>
+        <v>749534.64</v>
       </c>
       <c r="H20">
-        <v>79589.12</v>
+        <v>68519.69</v>
       </c>
       <c r="I20">
-        <v>245455.2</v>
+        <v>681014.95</v>
       </c>
       <c r="J20" t="s">
+        <v>51</v>
+      </c>
+      <c r="K20" t="s">
+        <v>23</v>
+      </c>
+      <c r="L20" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
-        <v>1260</v>
+        <v>913</v>
       </c>
       <c r="B21" t="s">
+        <v>52</v>
+      </c>
+      <c r="C21" t="s">
         <v>53</v>
       </c>
-      <c r="C21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G21">
-        <v>1256801.0</v>
+        <v>504465.82</v>
       </c>
       <c r="H21">
-        <v>36500.0</v>
+        <v>25382.37</v>
       </c>
       <c r="I21">
-        <v>1220301.0</v>
+        <v>479083.45</v>
       </c>
       <c r="J21" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="K21" t="s">
         <v>23</v>
       </c>
       <c r="L21" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
-        <v>1340</v>
+        <v>1227</v>
       </c>
       <c r="B22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C22" t="s">
-        <v>55</v>
+        <v>21</v>
+      </c>
+      <c r="D22">
+        <v>2</v>
       </c>
       <c r="E22">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G22">
-        <v>27725.78</v>
+        <v>117153.56</v>
       </c>
       <c r="H22">
-        <v>23200.02</v>
+        <v>38522.88</v>
       </c>
       <c r="I22">
-        <v>4525.76</v>
+        <v>78630.68</v>
       </c>
       <c r="J22" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="K22" t="s">
         <v>23</v>
       </c>
       <c r="L22" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
-        <v>637</v>
+        <v>1292</v>
       </c>
       <c r="B23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C23" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="D23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E23">
         <v>1</v>
       </c>
-      <c r="F23">
-[...1 lines deleted...]
-      </c>
       <c r="G23">
-        <v>749534.64</v>
+        <v>297236.14</v>
       </c>
       <c r="H23">
-        <v>68519.69</v>
+        <v>10500.0</v>
       </c>
       <c r="I23">
-        <v>681014.95</v>
+        <v>286736.14</v>
       </c>
       <c r="J23" t="s">
         <v>58</v>
       </c>
       <c r="K23" t="s">
         <v>23</v>
       </c>
       <c r="L23" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
-        <v>913</v>
+        <v>1395</v>
       </c>
       <c r="B24" t="s">
         <v>59</v>
       </c>
       <c r="C24" t="s">
         <v>60</v>
       </c>
+      <c r="D24">
+        <v>2</v>
+      </c>
+      <c r="E24">
+        <v>2</v>
+      </c>
       <c r="G24">
-        <v>504465.82</v>
+        <v>2798982.27</v>
       </c>
       <c r="H24">
-        <v>25382.37</v>
+        <v>65897.78</v>
       </c>
       <c r="I24">
-        <v>479083.45</v>
+        <v>2733084.49</v>
       </c>
       <c r="J24" t="s">
         <v>61</v>
       </c>
       <c r="K24" t="s">
         <v>23</v>
       </c>
       <c r="L24" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
-        <v>1227</v>
+        <v>75</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G25">
-        <v>117153.56</v>
+        <v>267390.0</v>
       </c>
       <c r="H25">
-        <v>38522.88</v>
+        <v>101436.38</v>
       </c>
       <c r="I25">
-        <v>78630.68</v>
+        <v>165953.62</v>
       </c>
       <c r="J25" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K25" t="s">
         <v>23</v>
       </c>
       <c r="L25" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
-        <v>1292</v>
+        <v>883</v>
       </c>
       <c r="B26" t="s">
+        <v>63</v>
+      </c>
+      <c r="C26" t="s">
         <v>64</v>
       </c>
-      <c r="C26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G26">
-        <v>297236.14</v>
+        <v>70452.0</v>
       </c>
       <c r="H26">
-        <v>10500.0</v>
+        <v>4000.0</v>
       </c>
       <c r="I26">
-        <v>286736.14</v>
+        <v>66452.0</v>
       </c>
       <c r="J26" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="K26" t="s">
         <v>23</v>
       </c>
       <c r="L26" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
-        <v>1395</v>
+        <v>1066</v>
       </c>
       <c r="B27" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C27" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D27">
         <v>2</v>
       </c>
       <c r="E27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G27">
-        <v>2798982.27</v>
+        <v>325044.32</v>
       </c>
       <c r="H27">
-        <v>65897.78</v>
+        <v>79589.12</v>
       </c>
       <c r="I27">
-        <v>2733084.49</v>
+        <v>245455.2</v>
       </c>
       <c r="J27" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="K27" t="s">
         <v>23</v>
       </c>
       <c r="L27" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
         <v>860</v>
       </c>
       <c r="B28" t="s">
         <v>68</v>
       </c>
       <c r="C28" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D28">
         <v>4</v>
       </c>
       <c r="E28">
         <v>3</v>
       </c>
       <c r="G28">
         <v>461942.27</v>
       </c>
       <c r="H28">
         <v>105000.0</v>
       </c>
       <c r="I28">
         <v>356942.27</v>
       </c>
       <c r="J28" t="s">
         <v>69</v>
       </c>
       <c r="K28" t="s">
         <v>23</v>
       </c>
       <c r="L28" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
         <v>925</v>
       </c>
       <c r="B29" t="s">
         <v>70</v>
       </c>
       <c r="C29" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D29">
         <v>1</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
       <c r="G29">
         <v>60648.75</v>
       </c>
       <c r="H29">
         <v>65821.22</v>
       </c>
       <c r="I29">
         <v>-5172.47</v>
       </c>
       <c r="J29" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="K29" t="s">
         <v>23</v>
       </c>
       <c r="L29" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
         <v>1242</v>
       </c>
       <c r="B30" t="s">
         <v>71</v>
       </c>
       <c r="C30" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E30">
         <v>2</v>
       </c>
       <c r="G30">
         <v>32800.0</v>
       </c>
       <c r="H30">
         <v>0.0</v>
       </c>
       <c r="I30">
         <v>32800.0</v>
       </c>
       <c r="J30" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="K30" t="s">
         <v>23</v>
       </c>
       <c r="L30" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
         <v>1305</v>
       </c>
       <c r="B31" t="s">
         <v>72</v>
       </c>
       <c r="C31" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D31">
         <v>1</v>
       </c>
       <c r="E31">
         <v>2</v>
       </c>
       <c r="G31">
         <v>1892000.99</v>
       </c>
       <c r="H31">
         <v>355000.0</v>
       </c>
       <c r="I31">
         <v>1537000.99</v>
       </c>
       <c r="J31" t="s">
         <v>73</v>
       </c>
       <c r="K31" t="s">
         <v>23</v>
       </c>
       <c r="L31" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
         <v>1408</v>
       </c>
       <c r="B32" t="s">
         <v>74</v>
       </c>
       <c r="C32" t="s">
         <v>75</v>
       </c>
       <c r="D32">
         <v>1</v>
       </c>
       <c r="E32">
         <v>0</v>
       </c>
       <c r="G32">
         <v>50412.49</v>
       </c>
       <c r="H32">
         <v>0.0</v>
       </c>
       <c r="I32">
         <v>50412.49</v>
       </c>
       <c r="J32" t="s">
         <v>76</v>
       </c>
       <c r="K32" t="s">
         <v>23</v>
       </c>
       <c r="L32" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
         <v>435</v>
       </c>
       <c r="B33" t="s">
         <v>77</v>
       </c>
       <c r="C33" t="s">
         <v>78</v>
       </c>
       <c r="D33">
         <v>1</v>
       </c>
       <c r="E33">
         <v>2</v>
       </c>
       <c r="G33">
         <v>312149.01</v>
       </c>
       <c r="H33">
         <v>84662.98</v>
       </c>
       <c r="I33">
         <v>227486.03</v>
       </c>
       <c r="J33" t="s">
         <v>79</v>
       </c>
       <c r="K33" t="s">
         <v>23</v>
       </c>
       <c r="L33" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
         <v>898</v>
       </c>
       <c r="B34" t="s">
         <v>81</v>
       </c>
       <c r="C34" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D34">
         <v>1</v>
       </c>
       <c r="E34">
         <v>1</v>
       </c>
       <c r="G34">
         <v>149360.0</v>
       </c>
       <c r="H34">
         <v>16718.89</v>
       </c>
       <c r="I34">
         <v>132641.11</v>
       </c>
       <c r="J34" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="K34" t="s">
         <v>23</v>
       </c>
       <c r="L34" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
         <v>1126</v>
       </c>
       <c r="B35" t="s">
         <v>82</v>
       </c>
       <c r="C35" t="s">
         <v>83</v>
       </c>
       <c r="D35">
         <v>0</v>
       </c>
       <c r="E35">
         <v>0</v>
       </c>
       <c r="G35">
         <v>0.2</v>
       </c>
       <c r="H35">
         <v>37012.84</v>
       </c>
       <c r="I35">
@@ -2795,9859 +2798,9859 @@
       <c r="B36" t="s">
         <v>85</v>
       </c>
       <c r="C36" t="s">
         <v>86</v>
       </c>
       <c r="F36">
         <v>0</v>
       </c>
       <c r="G36">
         <v>93479.89</v>
       </c>
       <c r="H36">
         <v>0.0</v>
       </c>
       <c r="I36">
         <v>93479.89</v>
       </c>
       <c r="J36" t="s">
         <v>87</v>
       </c>
       <c r="K36" t="s">
         <v>23</v>
       </c>
       <c r="L36" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
         <v>1369</v>
       </c>
       <c r="B37" t="s">
         <v>88</v>
       </c>
       <c r="C37" t="s">
         <v>89</v>
       </c>
       <c r="G37">
         <v>7511.08</v>
       </c>
       <c r="H37">
         <v>11700.0</v>
       </c>
       <c r="I37">
         <v>-4188.92</v>
       </c>
       <c r="J37" t="s">
+        <v>45</v>
+      </c>
+      <c r="K37" t="s">
+        <v>23</v>
+      </c>
+      <c r="L37" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
-        <v>1325</v>
+        <v>512</v>
       </c>
       <c r="B38" t="s">
         <v>90</v>
       </c>
       <c r="C38" t="s">
         <v>91</v>
       </c>
+      <c r="D38">
+        <v>10</v>
+      </c>
+      <c r="E38">
+        <v>1</v>
+      </c>
+      <c r="F38">
+        <v>0</v>
+      </c>
       <c r="G38">
-        <v>21000.0</v>
+        <v>689195.85</v>
       </c>
       <c r="H38">
-        <v>0.0</v>
+        <v>11769.69</v>
       </c>
       <c r="I38">
-        <v>21000.0</v>
+        <v>677426.16</v>
       </c>
       <c r="J38" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="K38" t="s">
         <v>23</v>
       </c>
       <c r="L38" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
-        <v>1423</v>
+        <v>909</v>
       </c>
       <c r="B39" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C39" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="G39">
-        <v>116431.29</v>
+        <v>146519.85</v>
       </c>
       <c r="H39">
-        <v>74000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I39">
-        <v>42431.29</v>
+        <v>146519.85</v>
       </c>
       <c r="J39" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="K39" t="s">
         <v>23</v>
       </c>
       <c r="L39" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
-        <v>512</v>
+        <v>1217</v>
       </c>
       <c r="B40" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C40" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="D40">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="E40">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G40">
-        <v>689195.85</v>
+        <v>236058.48</v>
       </c>
       <c r="H40">
-        <v>11769.69</v>
+        <v>0.0</v>
       </c>
       <c r="I40">
-        <v>677426.16</v>
+        <v>236058.48</v>
       </c>
       <c r="J40" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="K40" t="s">
         <v>23</v>
       </c>
       <c r="L40" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
-        <v>909</v>
+        <v>1286</v>
       </c>
       <c r="B41" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C41" t="s">
-        <v>49</v>
+        <v>21</v>
+      </c>
+      <c r="D41">
+        <v>4</v>
+      </c>
+      <c r="E41">
+        <v>2</v>
       </c>
       <c r="G41">
-        <v>146519.85</v>
+        <v>431047.48</v>
       </c>
       <c r="H41">
-        <v>0.0</v>
+        <v>39018.47</v>
       </c>
       <c r="I41">
-        <v>146519.85</v>
+        <v>392029.01</v>
       </c>
       <c r="J41" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="K41" t="s">
         <v>23</v>
       </c>
       <c r="L41" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
-        <v>1217</v>
+        <v>1389</v>
       </c>
       <c r="B42" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C42" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D42">
         <v>1</v>
       </c>
       <c r="E42">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G42">
-        <v>236058.48</v>
+        <v>72387.61</v>
       </c>
       <c r="H42">
         <v>0.0</v>
       </c>
       <c r="I42">
-        <v>236058.48</v>
+        <v>72387.61</v>
       </c>
       <c r="J42" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="K42" t="s">
         <v>23</v>
       </c>
       <c r="L42" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
-        <v>1286</v>
+        <v>25</v>
       </c>
       <c r="B43" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C43" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E43">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G43">
-        <v>431047.48</v>
+        <v>194793.59</v>
       </c>
       <c r="H43">
-        <v>39018.47</v>
+        <v>4583.0</v>
       </c>
       <c r="I43">
-        <v>392029.01</v>
+        <v>190210.59</v>
       </c>
       <c r="J43" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="K43" t="s">
         <v>23</v>
       </c>
       <c r="L43" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
-        <v>1389</v>
+        <v>872</v>
       </c>
       <c r="B44" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C44" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="G44">
-        <v>72387.61</v>
+        <v>200290.59</v>
       </c>
       <c r="H44">
-        <v>0.0</v>
+        <v>43760.39</v>
       </c>
       <c r="I44">
-        <v>72387.61</v>
+        <v>156530.2</v>
       </c>
       <c r="J44" t="s">
-        <v>104</v>
+        <v>51</v>
       </c>
       <c r="K44" t="s">
         <v>23</v>
       </c>
       <c r="L44" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
-        <v>25</v>
+        <v>981</v>
       </c>
       <c r="B45" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C45" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>75</v>
       </c>
       <c r="E45">
         <v>1</v>
       </c>
       <c r="G45">
-        <v>194793.59</v>
+        <v>5112593.08</v>
       </c>
       <c r="H45">
-        <v>4583.0</v>
+        <v>46487.93</v>
       </c>
       <c r="I45">
-        <v>190210.59</v>
+        <v>5066105.15</v>
       </c>
       <c r="J45" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="K45" t="s">
         <v>23</v>
       </c>
       <c r="L45" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
-        <v>872</v>
+        <v>1256</v>
       </c>
       <c r="B46" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="C46" t="s">
-        <v>49</v>
+        <v>103</v>
+      </c>
+      <c r="D46">
+        <v>1</v>
       </c>
       <c r="G46">
-        <v>200290.59</v>
+        <v>1502850.0</v>
       </c>
       <c r="H46">
-        <v>43760.39</v>
+        <v>840186.0</v>
       </c>
       <c r="I46">
-        <v>156530.2</v>
+        <v>662664.0</v>
       </c>
       <c r="J46" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="K46" t="s">
         <v>23</v>
       </c>
       <c r="L46" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
-        <v>981</v>
+        <v>1325</v>
       </c>
       <c r="B47" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C47" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105</v>
       </c>
       <c r="G47">
-        <v>5112593.08</v>
+        <v>21000.0</v>
       </c>
       <c r="H47">
-        <v>46487.93</v>
+        <v>0.0</v>
       </c>
       <c r="I47">
-        <v>5066105.15</v>
+        <v>21000.0</v>
       </c>
       <c r="J47" t="s">
-        <v>58</v>
+        <v>106</v>
       </c>
       <c r="K47" t="s">
         <v>23</v>
       </c>
       <c r="L47" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
-        <v>1256</v>
+        <v>1423</v>
       </c>
       <c r="B48" t="s">
+        <v>107</v>
+      </c>
+      <c r="C48" t="s">
         <v>108</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48">
+        <v>1</v>
+      </c>
+      <c r="E48">
+        <v>1</v>
+      </c>
+      <c r="G48">
+        <v>116431.29</v>
+      </c>
+      <c r="H48">
+        <v>74000.0</v>
+      </c>
+      <c r="I48">
+        <v>42431.29</v>
+      </c>
+      <c r="J48" t="s">
         <v>109</v>
       </c>
-      <c r="D48">
-[...13 lines deleted...]
-      </c>
       <c r="K48" t="s">
         <v>23</v>
       </c>
       <c r="L48" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
-        <v>838</v>
+        <v>174</v>
       </c>
       <c r="B49" t="s">
         <v>110</v>
       </c>
       <c r="C49" t="s">
-        <v>49</v>
+        <v>21</v>
+      </c>
+      <c r="D49">
+        <v>3</v>
+      </c>
+      <c r="E49">
+        <v>2</v>
       </c>
       <c r="G49">
-        <v>174500.0</v>
+        <v>664566.67</v>
       </c>
       <c r="H49">
-        <v>55600.0</v>
+        <v>309599.06</v>
       </c>
       <c r="I49">
-        <v>118900.0</v>
+        <v>354967.61</v>
       </c>
       <c r="J49" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="K49" t="s">
         <v>23</v>
       </c>
       <c r="L49" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
-        <v>918</v>
+        <v>892</v>
       </c>
       <c r="B50" t="s">
         <v>111</v>
       </c>
       <c r="C50" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D50">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G50">
-        <v>83604.54</v>
+        <v>105462.73</v>
       </c>
       <c r="H50">
-        <v>2675.81</v>
+        <v>47594.34</v>
       </c>
       <c r="I50">
-        <v>80928.73</v>
+        <v>57868.39</v>
       </c>
       <c r="J50" t="s">
         <v>112</v>
       </c>
       <c r="K50" t="s">
         <v>23</v>
       </c>
       <c r="L50" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
-        <v>1234</v>
+        <v>1071</v>
       </c>
       <c r="B51" t="s">
         <v>113</v>
       </c>
       <c r="C51" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="G51">
-        <v>123988.64</v>
+        <v>4547.66</v>
       </c>
       <c r="H51">
-        <v>30000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I51">
-        <v>93988.64</v>
+        <v>4547.66</v>
       </c>
       <c r="J51" t="s">
-        <v>114</v>
+        <v>58</v>
       </c>
       <c r="K51" t="s">
         <v>23</v>
       </c>
       <c r="L51" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
-        <v>1299</v>
+        <v>1267</v>
       </c>
       <c r="B52" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C52" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D52">
         <v>3</v>
       </c>
       <c r="E52">
         <v>1</v>
       </c>
       <c r="G52">
-        <v>720122.77</v>
+        <v>275289.35</v>
       </c>
       <c r="H52">
-        <v>198280.0</v>
+        <v>13372.01</v>
       </c>
       <c r="I52">
-        <v>521842.77</v>
+        <v>261917.34</v>
       </c>
       <c r="J52" t="s">
-        <v>112</v>
+        <v>54</v>
       </c>
       <c r="K52" t="s">
         <v>23</v>
       </c>
       <c r="L52" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
-        <v>1402</v>
+        <v>1360</v>
       </c>
       <c r="B53" t="s">
+        <v>115</v>
+      </c>
+      <c r="C53" t="s">
         <v>116</v>
       </c>
-      <c r="C53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53">
+        <v>1</v>
+      </c>
+      <c r="E53">
         <v>2</v>
       </c>
-      <c r="E53">
-[...1 lines deleted...]
-      </c>
       <c r="G53">
-        <v>138274.0</v>
+        <v>1455384.19</v>
       </c>
       <c r="H53">
-        <v>34797.85</v>
+        <v>110565.18</v>
       </c>
       <c r="I53">
-        <v>103476.15</v>
+        <v>1344819.01</v>
       </c>
       <c r="J53" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="K53" t="s">
         <v>23</v>
       </c>
       <c r="L53" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
-        <v>174</v>
+        <v>838</v>
       </c>
       <c r="B54" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C54" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>64</v>
       </c>
       <c r="G54">
-        <v>664566.67</v>
+        <v>174500.0</v>
       </c>
       <c r="H54">
-        <v>309599.06</v>
+        <v>55600.0</v>
       </c>
       <c r="I54">
-        <v>354967.61</v>
+        <v>118900.0</v>
       </c>
       <c r="J54" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="K54" t="s">
         <v>23</v>
       </c>
       <c r="L54" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
-        <v>892</v>
+        <v>918</v>
       </c>
       <c r="B55" t="s">
+        <v>118</v>
+      </c>
+      <c r="C55" t="s">
+        <v>21</v>
+      </c>
+      <c r="D55">
+        <v>2</v>
+      </c>
+      <c r="G55">
+        <v>83604.54</v>
+      </c>
+      <c r="H55">
+        <v>2675.81</v>
+      </c>
+      <c r="I55">
+        <v>80928.73</v>
+      </c>
+      <c r="J55" t="s">
         <v>119</v>
       </c>
-      <c r="C55" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K55" t="s">
         <v>23</v>
       </c>
       <c r="L55" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
-        <v>1071</v>
+        <v>1234</v>
       </c>
       <c r="B56" t="s">
+        <v>120</v>
+      </c>
+      <c r="C56" t="s">
+        <v>21</v>
+      </c>
+      <c r="D56">
+        <v>2</v>
+      </c>
+      <c r="E56">
+        <v>2</v>
+      </c>
+      <c r="G56">
+        <v>123988.64</v>
+      </c>
+      <c r="H56">
+        <v>30000.0</v>
+      </c>
+      <c r="I56">
+        <v>93988.64</v>
+      </c>
+      <c r="J56" t="s">
         <v>121</v>
       </c>
-      <c r="C56" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K56" t="s">
         <v>23</v>
       </c>
       <c r="L56" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
-        <v>1267</v>
+        <v>1299</v>
       </c>
       <c r="B57" t="s">
         <v>122</v>
       </c>
       <c r="C57" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D57">
         <v>3</v>
       </c>
       <c r="E57">
         <v>1</v>
       </c>
       <c r="G57">
-        <v>275289.35</v>
+        <v>720122.77</v>
       </c>
       <c r="H57">
-        <v>13372.01</v>
+        <v>198280.0</v>
       </c>
       <c r="I57">
-        <v>261917.34</v>
+        <v>521842.77</v>
       </c>
       <c r="J57" t="s">
-        <v>61</v>
+        <v>119</v>
       </c>
       <c r="K57" t="s">
         <v>23</v>
       </c>
       <c r="L57" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
-        <v>1360</v>
+        <v>1402</v>
       </c>
       <c r="B58" t="s">
         <v>123</v>
       </c>
       <c r="C58" t="s">
+        <v>75</v>
+      </c>
+      <c r="D58">
+        <v>2</v>
+      </c>
+      <c r="E58">
+        <v>1</v>
+      </c>
+      <c r="G58">
+        <v>138274.0</v>
+      </c>
+      <c r="H58">
+        <v>34797.85</v>
+      </c>
+      <c r="I58">
+        <v>103476.15</v>
+      </c>
+      <c r="J58" t="s">
         <v>124</v>
       </c>
-      <c r="D58">
-[...16 lines deleted...]
-      </c>
       <c r="K58" t="s">
         <v>23</v>
       </c>
       <c r="L58" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
-        <v>494</v>
+        <v>1382</v>
       </c>
       <c r="B59" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="C59" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="D59">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E59">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G59">
-        <v>184156.52</v>
+        <v>465743.39</v>
       </c>
       <c r="H59">
-        <v>15692.84</v>
+        <v>4000.0</v>
       </c>
       <c r="I59">
-        <v>168463.68</v>
+        <v>461743.39</v>
       </c>
       <c r="J59" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="K59" t="s">
         <v>23</v>
       </c>
       <c r="L59" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
-        <v>903</v>
+        <v>868</v>
       </c>
       <c r="B60" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C60" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G60">
-        <v>448573.94</v>
+        <v>292698.82</v>
       </c>
       <c r="H60">
-        <v>18448.24</v>
+        <v>17200.0</v>
       </c>
       <c r="I60">
-        <v>430125.7</v>
+        <v>275498.82</v>
       </c>
       <c r="J60" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="K60" t="s">
         <v>23</v>
       </c>
       <c r="L60" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
-        <v>1177</v>
+        <v>952</v>
       </c>
       <c r="B61" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="C61" t="s">
         <v>26</v>
       </c>
       <c r="D61">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E61">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G61">
-        <v>954402.59</v>
+        <v>177855.58</v>
       </c>
       <c r="H61">
-        <v>30000.0</v>
+        <v>53280.0</v>
       </c>
       <c r="I61">
-        <v>924402.59</v>
+        <v>124575.58</v>
       </c>
       <c r="J61" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="K61" t="s">
         <v>23</v>
       </c>
       <c r="L61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
-        <v>1280</v>
+        <v>1255</v>
       </c>
       <c r="B62" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C62" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D62">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G62">
-        <v>3720.0</v>
+        <v>240631.79</v>
       </c>
       <c r="H62">
-        <v>0.0</v>
+        <v>99131.79</v>
       </c>
       <c r="I62">
-        <v>3720.0</v>
+        <v>141500.0</v>
       </c>
       <c r="J62" t="s">
-        <v>127</v>
+        <v>22</v>
       </c>
       <c r="K62" t="s">
         <v>23</v>
       </c>
       <c r="L62" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
-        <v>1382</v>
+        <v>1312</v>
       </c>
       <c r="B63" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C63" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="D63">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G63">
-        <v>465743.39</v>
+        <v>198130.0</v>
       </c>
       <c r="H63">
-        <v>4000.0</v>
+        <v>63760.0</v>
       </c>
       <c r="I63">
-        <v>461743.39</v>
+        <v>134370.0</v>
       </c>
       <c r="J63" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="K63" t="s">
         <v>23</v>
       </c>
       <c r="L63" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
-        <v>868</v>
+        <v>1416</v>
       </c>
       <c r="B64" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C64" t="s">
-        <v>49</v>
+        <v>133</v>
+      </c>
+      <c r="D64">
+        <v>0</v>
+      </c>
+      <c r="E64">
+        <v>1</v>
       </c>
       <c r="G64">
-        <v>292698.82</v>
+        <v>42040.49</v>
       </c>
       <c r="H64">
-        <v>17200.0</v>
+        <v>18000.0</v>
       </c>
       <c r="I64">
-        <v>275498.82</v>
+        <v>24040.49</v>
       </c>
       <c r="J64" t="s">
-        <v>33</v>
+        <v>134</v>
       </c>
       <c r="K64" t="s">
         <v>23</v>
       </c>
       <c r="L64" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
-        <v>952</v>
+        <v>494</v>
       </c>
       <c r="B65" t="s">
-        <v>131</v>
+        <v>36</v>
       </c>
       <c r="C65" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D65">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E65">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="F65">
+        <v>0</v>
       </c>
       <c r="G65">
-        <v>177855.58</v>
+        <v>184156.52</v>
       </c>
       <c r="H65">
-        <v>53280.0</v>
+        <v>15692.84</v>
       </c>
       <c r="I65">
-        <v>124575.58</v>
+        <v>168463.68</v>
       </c>
       <c r="J65" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K65" t="s">
         <v>23</v>
       </c>
       <c r="L65" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
-        <v>1255</v>
+        <v>903</v>
       </c>
       <c r="B66" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C66" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>64</v>
       </c>
       <c r="G66">
-        <v>240631.79</v>
+        <v>448573.94</v>
       </c>
       <c r="H66">
-        <v>99131.79</v>
+        <v>18448.24</v>
       </c>
       <c r="I66">
-        <v>141500.0</v>
+        <v>430125.7</v>
       </c>
       <c r="J66" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="K66" t="s">
         <v>23</v>
       </c>
       <c r="L66" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
-        <v>1312</v>
+        <v>1177</v>
       </c>
       <c r="B67" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="C67" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D67">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="E67">
+        <v>2</v>
       </c>
       <c r="G67">
-        <v>198130.0</v>
+        <v>954402.59</v>
       </c>
       <c r="H67">
-        <v>63760.0</v>
+        <v>30000.0</v>
       </c>
       <c r="I67">
-        <v>134370.0</v>
+        <v>924402.59</v>
       </c>
       <c r="J67" t="s">
-        <v>127</v>
+        <v>42</v>
       </c>
       <c r="K67" t="s">
         <v>23</v>
       </c>
       <c r="L67" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
-        <v>1416</v>
+        <v>1280</v>
       </c>
       <c r="B68" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C68" t="s">
-        <v>135</v>
+        <v>21</v>
       </c>
       <c r="D68">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="E68">
         <v>1</v>
       </c>
       <c r="G68">
-        <v>42040.49</v>
+        <v>3720.0</v>
       </c>
       <c r="H68">
-        <v>18000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I68">
-        <v>24040.49</v>
+        <v>3720.0</v>
       </c>
       <c r="J68" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="K68" t="s">
         <v>23</v>
       </c>
       <c r="L68" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
-        <v>79</v>
+        <v>1067</v>
       </c>
       <c r="B69" t="s">
         <v>137</v>
       </c>
       <c r="C69" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>138</v>
       </c>
       <c r="G69">
-        <v>129656.5</v>
+        <v>48456.0</v>
       </c>
       <c r="H69">
-        <v>23665.75</v>
+        <v>11500.0</v>
       </c>
       <c r="I69">
-        <v>105990.75</v>
+        <v>36956.0</v>
       </c>
       <c r="J69" t="s">
-        <v>63</v>
+        <v>139</v>
       </c>
       <c r="K69" t="s">
         <v>23</v>
       </c>
       <c r="L69" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
-        <v>883</v>
+        <v>1261</v>
       </c>
       <c r="B70" t="s">
-        <v>48</v>
+        <v>140</v>
       </c>
       <c r="C70" t="s">
-        <v>49</v>
+        <v>21</v>
+      </c>
+      <c r="E70">
+        <v>1</v>
       </c>
       <c r="G70">
-        <v>70452.0</v>
+        <v>64490.0</v>
       </c>
       <c r="H70">
-        <v>4000.0</v>
+        <v>1842.76</v>
       </c>
       <c r="I70">
-        <v>66452.0</v>
+        <v>62647.24</v>
       </c>
       <c r="J70" t="s">
-        <v>138</v>
+        <v>42</v>
       </c>
       <c r="K70" t="s">
         <v>23</v>
       </c>
       <c r="L70" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
-        <v>1067</v>
+        <v>1343</v>
       </c>
       <c r="B71" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C71" t="s">
-        <v>140</v>
+        <v>142</v>
+      </c>
+      <c r="D71">
+        <v>2</v>
+      </c>
+      <c r="E71">
+        <v>2</v>
       </c>
       <c r="G71">
-        <v>48456.0</v>
+        <v>324855.77</v>
       </c>
       <c r="H71">
-        <v>11500.0</v>
+        <v>57406.24</v>
       </c>
       <c r="I71">
-        <v>36956.0</v>
+        <v>267449.53</v>
       </c>
       <c r="J71" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="K71" t="s">
         <v>23</v>
       </c>
       <c r="L71" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
-        <v>1261</v>
+        <v>694</v>
       </c>
       <c r="B72" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C72" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="G72">
-        <v>64490.0</v>
+        <v>34900.0</v>
       </c>
       <c r="H72">
-        <v>1842.76</v>
+        <v>0.0</v>
       </c>
       <c r="I72">
-        <v>62647.24</v>
+        <v>34900.0</v>
       </c>
       <c r="J72" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="K72" t="s">
         <v>23</v>
       </c>
       <c r="L72" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
-        <v>1343</v>
+        <v>913</v>
       </c>
       <c r="B73" t="s">
-        <v>143</v>
+        <v>52</v>
       </c>
       <c r="C73" t="s">
-        <v>144</v>
+        <v>21</v>
       </c>
       <c r="D73">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G73">
-        <v>324855.77</v>
+        <v>507164.54</v>
       </c>
       <c r="H73">
-        <v>57406.24</v>
+        <v>21951.0</v>
       </c>
       <c r="I73">
-        <v>267449.53</v>
+        <v>485213.54</v>
       </c>
       <c r="J73" t="s">
-        <v>145</v>
+        <v>54</v>
       </c>
       <c r="K73" t="s">
         <v>23</v>
       </c>
       <c r="L73" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
-        <v>694</v>
+        <v>1228</v>
       </c>
       <c r="B74" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C74" t="s">
-        <v>49</v>
+        <v>21</v>
+      </c>
+      <c r="D74">
+        <v>5</v>
+      </c>
+      <c r="E74">
+        <v>2</v>
       </c>
       <c r="G74">
-        <v>34900.0</v>
+        <v>403399.01</v>
       </c>
       <c r="H74">
-        <v>0.0</v>
+        <v>19146.46</v>
       </c>
       <c r="I74">
-        <v>34900.0</v>
+        <v>384252.55</v>
       </c>
       <c r="J74" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="K74" t="s">
         <v>23</v>
       </c>
       <c r="L74" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
-        <v>913</v>
+        <v>1293</v>
       </c>
       <c r="B75" t="s">
-        <v>59</v>
+        <v>146</v>
       </c>
       <c r="C75" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D75">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E75">
         <v>1</v>
       </c>
       <c r="G75">
-        <v>507164.54</v>
+        <v>154770.11</v>
       </c>
       <c r="H75">
-        <v>21951.0</v>
+        <v>5081.51</v>
       </c>
       <c r="I75">
-        <v>485213.54</v>
+        <v>149688.6</v>
       </c>
       <c r="J75" t="s">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="K75" t="s">
         <v>23</v>
       </c>
       <c r="L75" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
-        <v>1228</v>
+        <v>1396</v>
       </c>
       <c r="B76" t="s">
         <v>147</v>
       </c>
       <c r="C76" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="D76">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E76">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G76">
-        <v>403399.01</v>
+        <v>1245912.6</v>
       </c>
       <c r="H76">
-        <v>19146.46</v>
+        <v>74288.68</v>
       </c>
       <c r="I76">
-        <v>384252.55</v>
+        <v>1171623.92</v>
       </c>
       <c r="J76" t="s">
-        <v>63</v>
+        <v>148</v>
       </c>
       <c r="K76" t="s">
         <v>23</v>
       </c>
       <c r="L76" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
-        <v>1293</v>
+        <v>79</v>
       </c>
       <c r="B77" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C77" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D77">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E77">
         <v>1</v>
       </c>
       <c r="G77">
-        <v>154770.11</v>
+        <v>129656.5</v>
       </c>
       <c r="H77">
-        <v>5081.51</v>
+        <v>23665.75</v>
       </c>
       <c r="I77">
-        <v>149688.6</v>
+        <v>105990.75</v>
       </c>
       <c r="J77" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="K77" t="s">
         <v>23</v>
       </c>
       <c r="L77" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
-        <v>1396</v>
+        <v>883</v>
       </c>
       <c r="B78" t="s">
-        <v>149</v>
+        <v>63</v>
       </c>
       <c r="C78" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="G78">
-        <v>1245912.6</v>
+        <v>70452.0</v>
       </c>
       <c r="H78">
-        <v>74288.68</v>
+        <v>4000.0</v>
       </c>
       <c r="I78">
-        <v>1171623.92</v>
+        <v>66452.0</v>
       </c>
       <c r="J78" t="s">
         <v>150</v>
       </c>
       <c r="K78" t="s">
         <v>23</v>
       </c>
       <c r="L78" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
         <v>862</v>
       </c>
       <c r="B79" t="s">
         <v>151</v>
       </c>
       <c r="C79" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G79">
         <v>276515.35</v>
       </c>
       <c r="H79">
         <v>65049.76</v>
       </c>
       <c r="I79">
         <v>211465.59</v>
       </c>
       <c r="J79" t="s">
         <v>69</v>
       </c>
       <c r="K79" t="s">
         <v>23</v>
       </c>
       <c r="L79" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
         <v>928</v>
       </c>
       <c r="B80" t="s">
         <v>152</v>
       </c>
       <c r="C80" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G80">
         <v>2076113.75</v>
       </c>
       <c r="H80">
         <v>111800.0</v>
       </c>
       <c r="I80">
         <v>1964313.75</v>
       </c>
       <c r="J80" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="K80" t="s">
         <v>23</v>
       </c>
       <c r="L80" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
         <v>1249</v>
       </c>
       <c r="B81" t="s">
         <v>153</v>
       </c>
       <c r="C81" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D81">
         <v>1</v>
       </c>
       <c r="E81">
         <v>4</v>
       </c>
       <c r="G81">
         <v>116197.0</v>
       </c>
       <c r="H81">
         <v>0.0</v>
       </c>
       <c r="I81">
         <v>116197.0</v>
       </c>
       <c r="J81" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="K81" t="s">
         <v>23</v>
       </c>
       <c r="L81" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
         <v>1306</v>
       </c>
       <c r="B82" t="s">
         <v>154</v>
       </c>
       <c r="C82" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D82">
         <v>1</v>
       </c>
       <c r="G82">
         <v>158200.0</v>
       </c>
       <c r="H82">
         <v>18000.0</v>
       </c>
       <c r="I82">
         <v>140200.0</v>
       </c>
       <c r="J82" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="K82" t="s">
         <v>23</v>
       </c>
       <c r="L82" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
         <v>1409</v>
       </c>
       <c r="B83" t="s">
         <v>155</v>
       </c>
       <c r="C83" t="s">
         <v>156</v>
       </c>
       <c r="D83">
         <v>3</v>
       </c>
       <c r="E83">
         <v>0</v>
       </c>
       <c r="G83">
         <v>764425.31</v>
       </c>
       <c r="H83">
         <v>237000.0</v>
       </c>
       <c r="I83">
         <v>527425.31</v>
       </c>
       <c r="J83" t="s">
         <v>157</v>
       </c>
       <c r="K83" t="s">
         <v>23</v>
       </c>
       <c r="L83" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
         <v>435</v>
       </c>
       <c r="B84" t="s">
         <v>77</v>
       </c>
       <c r="C84" t="s">
         <v>78</v>
       </c>
       <c r="D84">
         <v>1</v>
       </c>
       <c r="E84">
         <v>2</v>
       </c>
       <c r="G84">
         <v>312149.01</v>
       </c>
       <c r="H84">
         <v>84662.98</v>
       </c>
       <c r="I84">
         <v>227486.03</v>
       </c>
       <c r="J84" t="s">
         <v>79</v>
       </c>
       <c r="K84" t="s">
         <v>23</v>
       </c>
       <c r="L84" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
         <v>899</v>
       </c>
       <c r="B85" t="s">
         <v>158</v>
       </c>
       <c r="C85" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G85">
         <v>356142.93</v>
       </c>
       <c r="H85">
         <v>25949.85</v>
       </c>
       <c r="I85">
         <v>330193.08</v>
       </c>
       <c r="J85" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="K85" t="s">
         <v>23</v>
       </c>
       <c r="L85" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
         <v>1128</v>
       </c>
       <c r="B86" t="s">
         <v>159</v>
       </c>
       <c r="C86" t="s">
         <v>160</v>
       </c>
       <c r="D86">
         <v>0</v>
       </c>
       <c r="E86">
         <v>3</v>
       </c>
       <c r="G86">
         <v>170806.57</v>
       </c>
       <c r="H86">
         <v>7166.67</v>
       </c>
       <c r="I86">
         <v>163639.9</v>
       </c>
       <c r="J86" t="s">
         <v>84</v>
       </c>
       <c r="K86" t="s">
         <v>23</v>
       </c>
       <c r="L86" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
         <v>1274</v>
       </c>
       <c r="B87" t="s">
         <v>85</v>
       </c>
       <c r="C87" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E87">
         <v>1</v>
       </c>
       <c r="G87">
         <v>62073.89</v>
       </c>
       <c r="H87">
         <v>21665.33</v>
       </c>
       <c r="I87">
         <v>40408.56</v>
       </c>
       <c r="J87" t="s">
         <v>87</v>
       </c>
       <c r="K87" t="s">
         <v>23</v>
       </c>
       <c r="L87" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
         <v>1370</v>
       </c>
       <c r="B88" t="s">
         <v>161</v>
       </c>
       <c r="C88" t="s">
         <v>162</v>
       </c>
       <c r="G88">
         <v>8400.0</v>
       </c>
       <c r="H88">
         <v>12390.0</v>
       </c>
       <c r="I88">
         <v>-3990.0</v>
       </c>
       <c r="J88" t="s">
+        <v>45</v>
+      </c>
+      <c r="K88" t="s">
+        <v>23</v>
+      </c>
+      <c r="L88" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
-        <v>1005</v>
+        <v>574</v>
       </c>
       <c r="B89" t="s">
         <v>163</v>
       </c>
       <c r="C89" t="s">
-        <v>21</v>
+        <v>164</v>
       </c>
       <c r="D89">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E89">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G89">
-        <v>1250141.01</v>
+        <v>180289.37</v>
       </c>
       <c r="H89">
-        <v>187902.56</v>
+        <v>3700.0</v>
       </c>
       <c r="I89">
-        <v>1062238.45</v>
+        <v>176589.37</v>
       </c>
       <c r="J89" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K89" t="s">
         <v>23</v>
       </c>
       <c r="L89" t="s">
-        <v>80</v>
+        <v>166</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
-        <v>1256</v>
+        <v>909</v>
       </c>
       <c r="B90" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="C90" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="D90">
+        <v>5</v>
+      </c>
+      <c r="E90">
         <v>1</v>
       </c>
       <c r="G90">
-        <v>1504765.65</v>
+        <v>172474.41</v>
       </c>
       <c r="H90">
-        <v>811503.2</v>
+        <v>7604.91</v>
       </c>
       <c r="I90">
-        <v>693262.45</v>
+        <v>164869.5</v>
       </c>
       <c r="J90" t="s">
-        <v>165</v>
+        <v>42</v>
       </c>
       <c r="K90" t="s">
         <v>23</v>
       </c>
       <c r="L90" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
-        <v>1330</v>
+        <v>1217</v>
       </c>
       <c r="B91" t="s">
-        <v>166</v>
+        <v>93</v>
       </c>
       <c r="C91" t="s">
-        <v>167</v>
+        <v>21</v>
       </c>
       <c r="D91">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E91">
         <v>2</v>
       </c>
       <c r="G91">
-        <v>529317.01</v>
+        <v>312643.32</v>
       </c>
       <c r="H91">
-        <v>415668.33</v>
+        <v>0.0</v>
       </c>
       <c r="I91">
-        <v>113648.68</v>
+        <v>312643.32</v>
       </c>
       <c r="J91" t="s">
-        <v>168</v>
+        <v>56</v>
       </c>
       <c r="K91" t="s">
         <v>23</v>
       </c>
       <c r="L91" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
-        <v>1423</v>
+        <v>1287</v>
       </c>
       <c r="B92" t="s">
-        <v>93</v>
+        <v>167</v>
       </c>
       <c r="C92" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="D92">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E92">
         <v>1</v>
       </c>
       <c r="G92">
-        <v>2160200.42</v>
+        <v>182624.54</v>
       </c>
       <c r="H92">
-        <v>110000.0</v>
+        <v>20000.0</v>
       </c>
       <c r="I92">
-        <v>2050200.42</v>
+        <v>162624.54</v>
       </c>
       <c r="J92" t="s">
-        <v>95</v>
+        <v>58</v>
       </c>
       <c r="K92" t="s">
         <v>23</v>
       </c>
       <c r="L92" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
-        <v>574</v>
+        <v>1390</v>
       </c>
       <c r="B93" t="s">
+        <v>168</v>
+      </c>
+      <c r="C93" t="s">
         <v>169</v>
       </c>
-      <c r="C93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D93">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E93">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G93">
-        <v>180289.37</v>
+        <v>113120.0</v>
       </c>
       <c r="H93">
-        <v>3700.0</v>
+        <v>16366.0</v>
       </c>
       <c r="I93">
-        <v>176589.37</v>
+        <v>96754.0</v>
       </c>
       <c r="J93" t="s">
-        <v>171</v>
+        <v>98</v>
       </c>
       <c r="K93" t="s">
         <v>23</v>
       </c>
       <c r="L93" t="s">
-        <v>172</v>
+        <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
-        <v>909</v>
+        <v>58</v>
       </c>
       <c r="B94" t="s">
-        <v>98</v>
+        <v>170</v>
       </c>
       <c r="C94" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="D94">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="E94">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="F94">
+        <v>0</v>
       </c>
       <c r="G94">
-        <v>172474.41</v>
+        <v>493522.14</v>
       </c>
       <c r="H94">
-        <v>7604.91</v>
+        <v>0.0</v>
       </c>
       <c r="I94">
-        <v>164869.5</v>
+        <v>493522.14</v>
       </c>
       <c r="J94" t="s">
-        <v>31</v>
+        <v>171</v>
       </c>
       <c r="K94" t="s">
         <v>23</v>
       </c>
       <c r="L94" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
-        <v>1217</v>
+        <v>872</v>
       </c>
       <c r="B95" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C95" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="D95">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E95">
         <v>2</v>
       </c>
       <c r="G95">
-        <v>312643.32</v>
+        <v>80062.83</v>
       </c>
       <c r="H95">
-        <v>0.0</v>
+        <v>37450.67</v>
       </c>
       <c r="I95">
-        <v>312643.32</v>
+        <v>42612.16</v>
       </c>
       <c r="J95" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="K95" t="s">
         <v>23</v>
       </c>
       <c r="L95" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
-        <v>1287</v>
+        <v>1005</v>
       </c>
       <c r="B96" t="s">
         <v>173</v>
       </c>
       <c r="C96" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="D96">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E96">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G96">
-        <v>182624.54</v>
+        <v>1250141.01</v>
       </c>
       <c r="H96">
-        <v>20000.0</v>
+        <v>187902.56</v>
       </c>
       <c r="I96">
-        <v>162624.54</v>
+        <v>1062238.45</v>
       </c>
       <c r="J96" t="s">
-        <v>47</v>
+        <v>174</v>
       </c>
       <c r="K96" t="s">
         <v>23</v>
       </c>
       <c r="L96" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
-        <v>1390</v>
+        <v>1256</v>
       </c>
       <c r="B97" t="s">
-        <v>174</v>
+        <v>102</v>
       </c>
       <c r="C97" t="s">
+        <v>75</v>
+      </c>
+      <c r="D97">
+        <v>1</v>
+      </c>
+      <c r="G97">
+        <v>1504765.65</v>
+      </c>
+      <c r="H97">
+        <v>811503.2</v>
+      </c>
+      <c r="I97">
+        <v>693262.45</v>
+      </c>
+      <c r="J97" t="s">
         <v>175</v>
       </c>
-      <c r="D97">
-[...16 lines deleted...]
-      </c>
       <c r="K97" t="s">
         <v>23</v>
       </c>
       <c r="L97" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
-        <v>58</v>
+        <v>1330</v>
       </c>
       <c r="B98" t="s">
         <v>176</v>
       </c>
       <c r="C98" t="s">
-        <v>49</v>
+        <v>177</v>
       </c>
       <c r="D98">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="E98">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G98">
-        <v>493522.14</v>
+        <v>529317.01</v>
       </c>
       <c r="H98">
-        <v>0.0</v>
+        <v>415668.33</v>
       </c>
       <c r="I98">
-        <v>493522.14</v>
+        <v>113648.68</v>
       </c>
       <c r="J98" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="K98" t="s">
         <v>23</v>
       </c>
       <c r="L98" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
-        <v>872</v>
+        <v>1423</v>
       </c>
       <c r="B99" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C99" t="s">
-        <v>178</v>
+        <v>108</v>
       </c>
       <c r="D99">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="E99">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G99">
-        <v>80062.83</v>
+        <v>2160200.42</v>
       </c>
       <c r="H99">
-        <v>37450.67</v>
+        <v>110000.0</v>
       </c>
       <c r="I99">
-        <v>42612.16</v>
+        <v>2050200.42</v>
       </c>
       <c r="J99" t="s">
-        <v>58</v>
+        <v>109</v>
       </c>
       <c r="K99" t="s">
         <v>23</v>
       </c>
       <c r="L99" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
-        <v>838</v>
+        <v>316</v>
       </c>
       <c r="B100" t="s">
-        <v>110</v>
+        <v>179</v>
       </c>
       <c r="C100" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D100">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E100">
         <v>1</v>
       </c>
       <c r="G100">
-        <v>198500.0</v>
+        <v>341700.37</v>
       </c>
       <c r="H100">
-        <v>41000.0</v>
+        <v>131497.33</v>
       </c>
       <c r="I100">
-        <v>157500.0</v>
+        <v>210203.04</v>
       </c>
       <c r="J100" t="s">
-        <v>27</v>
+        <v>181</v>
       </c>
       <c r="K100" t="s">
         <v>23</v>
       </c>
       <c r="L100" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
-        <v>919</v>
+        <v>894</v>
       </c>
       <c r="B101" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C101" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G101">
-        <v>6288.08</v>
+        <v>412056.58</v>
       </c>
       <c r="H101">
-        <v>0.0</v>
+        <v>91077.75</v>
       </c>
       <c r="I101">
-        <v>6288.08</v>
+        <v>320978.83</v>
       </c>
       <c r="J101" t="s">
-        <v>47</v>
+        <v>171</v>
       </c>
       <c r="K101" t="s">
         <v>23</v>
       </c>
       <c r="L101" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
-        <v>1235</v>
+        <v>1085</v>
       </c>
       <c r="B102" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C102" t="s">
-        <v>26</v>
+        <v>160</v>
       </c>
       <c r="D102">
+        <v>4</v>
+      </c>
+      <c r="E102">
         <v>1</v>
       </c>
       <c r="G102">
-        <v>44147.0</v>
+        <v>195076.86</v>
       </c>
       <c r="H102">
-        <v>17180.0</v>
+        <v>76133.92</v>
       </c>
       <c r="I102">
-        <v>26967.0</v>
+        <v>118942.94</v>
       </c>
       <c r="J102" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="K102" t="s">
         <v>23</v>
       </c>
       <c r="L102" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
-        <v>1300</v>
+        <v>1268</v>
       </c>
       <c r="B103" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C103" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D103">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E103">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G103">
-        <v>1985000.9</v>
+        <v>145845.0</v>
       </c>
       <c r="H103">
-        <v>71115.29</v>
+        <v>166672.83</v>
       </c>
       <c r="I103">
-        <v>1913885.61</v>
+        <v>-20827.83</v>
       </c>
       <c r="J103" t="s">
-        <v>50</v>
+        <v>185</v>
       </c>
       <c r="K103" t="s">
         <v>23</v>
       </c>
       <c r="L103" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
-        <v>1403</v>
+        <v>1361</v>
       </c>
       <c r="B104" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C104" t="s">
         <v>75</v>
       </c>
       <c r="D104">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E104">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G104">
-        <v>28589909.55</v>
+        <v>68297.12</v>
       </c>
       <c r="H104">
-        <v>482263.43</v>
+        <v>36736.96</v>
       </c>
       <c r="I104">
-        <v>28107646.12</v>
+        <v>31560.16</v>
       </c>
       <c r="J104" t="s">
-        <v>183</v>
+        <v>51</v>
       </c>
       <c r="K104" t="s">
         <v>23</v>
       </c>
       <c r="L104" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
-        <v>316</v>
+        <v>838</v>
       </c>
       <c r="B105" t="s">
-        <v>184</v>
+        <v>117</v>
       </c>
       <c r="C105" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="D105">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E105">
         <v>1</v>
       </c>
       <c r="G105">
-        <v>341700.37</v>
+        <v>198500.0</v>
       </c>
       <c r="H105">
-        <v>131497.33</v>
+        <v>41000.0</v>
       </c>
       <c r="I105">
-        <v>210203.04</v>
+        <v>157500.0</v>
       </c>
       <c r="J105" t="s">
-        <v>186</v>
+        <v>39</v>
       </c>
       <c r="K105" t="s">
         <v>23</v>
       </c>
       <c r="L105" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
-        <v>894</v>
+        <v>919</v>
       </c>
       <c r="B106" t="s">
         <v>187</v>
       </c>
       <c r="C106" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G106">
-        <v>412056.58</v>
+        <v>6288.08</v>
       </c>
       <c r="H106">
-        <v>91077.75</v>
+        <v>0.0</v>
       </c>
       <c r="I106">
-        <v>320978.83</v>
+        <v>6288.08</v>
       </c>
       <c r="J106" t="s">
-        <v>177</v>
+        <v>58</v>
       </c>
       <c r="K106" t="s">
         <v>23</v>
       </c>
       <c r="L106" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
-        <v>1085</v>
+        <v>1235</v>
       </c>
       <c r="B107" t="s">
         <v>188</v>
       </c>
       <c r="C107" t="s">
-        <v>160</v>
+        <v>21</v>
       </c>
       <c r="D107">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E107">
         <v>1</v>
       </c>
       <c r="G107">
-        <v>195076.86</v>
+        <v>44147.0</v>
       </c>
       <c r="H107">
-        <v>76133.92</v>
+        <v>17180.0</v>
       </c>
       <c r="I107">
-        <v>118942.94</v>
+        <v>26967.0</v>
       </c>
       <c r="J107" t="s">
-        <v>31</v>
+        <v>121</v>
       </c>
       <c r="K107" t="s">
         <v>23</v>
       </c>
       <c r="L107" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
-        <v>1268</v>
+        <v>1300</v>
       </c>
       <c r="B108" t="s">
         <v>189</v>
       </c>
       <c r="C108" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D108">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E108">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G108">
-        <v>145845.0</v>
+        <v>1985000.9</v>
       </c>
       <c r="H108">
-        <v>166672.83</v>
+        <v>71115.29</v>
       </c>
       <c r="I108">
-        <v>-20827.83</v>
+        <v>1913885.61</v>
       </c>
       <c r="J108" t="s">
-        <v>190</v>
+        <v>65</v>
       </c>
       <c r="K108" t="s">
         <v>23</v>
       </c>
       <c r="L108" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
-        <v>1361</v>
+        <v>1403</v>
       </c>
       <c r="B109" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C109" t="s">
         <v>75</v>
       </c>
       <c r="D109">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E109">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G109">
-        <v>68297.12</v>
+        <v>28589909.55</v>
       </c>
       <c r="H109">
-        <v>36736.96</v>
+        <v>482263.43</v>
       </c>
       <c r="I109">
-        <v>31560.16</v>
+        <v>28107646.12</v>
       </c>
       <c r="J109" t="s">
-        <v>58</v>
+        <v>191</v>
       </c>
       <c r="K109" t="s">
         <v>23</v>
       </c>
       <c r="L109" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
-        <v>498</v>
+        <v>1281</v>
       </c>
       <c r="B110" t="s">
         <v>192</v>
       </c>
       <c r="C110" t="s">
         <v>21</v>
       </c>
       <c r="D110">
+        <v>1</v>
+      </c>
+      <c r="E110">
         <v>2</v>
       </c>
-      <c r="E110">
-[...4 lines deleted...]
-      </c>
       <c r="G110">
-        <v>673600.0</v>
+        <v>92937.58</v>
       </c>
       <c r="H110">
-        <v>220000.0</v>
+        <v>70379.57</v>
       </c>
       <c r="I110">
-        <v>453600.0</v>
+        <v>22558.01</v>
       </c>
       <c r="J110" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="K110" t="s">
         <v>23</v>
       </c>
       <c r="L110" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
-        <v>903</v>
+        <v>1383</v>
       </c>
       <c r="B111" t="s">
-        <v>125</v>
+        <v>194</v>
       </c>
       <c r="C111" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="D111">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E111">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G111">
-        <v>380441.44</v>
+        <v>1506433.33</v>
       </c>
       <c r="H111">
-        <v>11000.0</v>
+        <v>160327.4</v>
       </c>
       <c r="I111">
-        <v>369441.44</v>
+        <v>1346105.93</v>
       </c>
       <c r="J111" t="s">
-        <v>63</v>
+        <v>126</v>
       </c>
       <c r="K111" t="s">
         <v>23</v>
       </c>
       <c r="L111" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
-        <v>1202</v>
+        <v>868</v>
       </c>
       <c r="B112" t="s">
-        <v>193</v>
+        <v>127</v>
       </c>
       <c r="C112" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="D112">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G112">
-        <v>216463.36</v>
+        <v>209818.0</v>
       </c>
       <c r="H112">
-        <v>9452.0</v>
+        <v>0.0</v>
       </c>
       <c r="I112">
-        <v>207011.36</v>
+        <v>209818.0</v>
       </c>
       <c r="J112" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="K112" t="s">
         <v>23</v>
       </c>
       <c r="L112" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
-        <v>1281</v>
+        <v>964</v>
       </c>
       <c r="B113" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C113" t="s">
-        <v>26</v>
+        <v>196</v>
       </c>
       <c r="D113">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E113">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G113">
-        <v>92937.58</v>
+        <v>200024.0</v>
       </c>
       <c r="H113">
-        <v>70379.57</v>
+        <v>112300.0</v>
       </c>
       <c r="I113">
-        <v>22558.01</v>
+        <v>87724.0</v>
       </c>
       <c r="J113" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="K113" t="s">
         <v>23</v>
       </c>
       <c r="L113" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
-        <v>1383</v>
+        <v>1256</v>
       </c>
       <c r="B114" t="s">
-        <v>196</v>
+        <v>102</v>
       </c>
       <c r="C114" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>64</v>
       </c>
       <c r="G114">
-        <v>1506433.33</v>
+        <v>1525000.0</v>
       </c>
       <c r="H114">
-        <v>160327.4</v>
+        <v>655320.0</v>
       </c>
       <c r="I114">
-        <v>1346105.93</v>
+        <v>869680.0</v>
       </c>
       <c r="J114" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="K114" t="s">
         <v>23</v>
       </c>
       <c r="L114" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
-        <v>868</v>
+        <v>1313</v>
       </c>
       <c r="B115" t="s">
-        <v>130</v>
+        <v>198</v>
       </c>
       <c r="C115" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D115">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G115">
-        <v>209818.0</v>
+        <v>158000.0</v>
       </c>
       <c r="H115">
-        <v>0.0</v>
+        <v>51863.0</v>
       </c>
       <c r="I115">
-        <v>209818.0</v>
+        <v>106137.0</v>
       </c>
       <c r="J115" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
       <c r="K115" t="s">
         <v>23</v>
       </c>
       <c r="L115" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
-        <v>964</v>
+        <v>1417</v>
       </c>
       <c r="B116" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C116" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="D116">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E116">
         <v>1</v>
       </c>
       <c r="G116">
-        <v>200024.0</v>
+        <v>90058.91</v>
       </c>
       <c r="H116">
-        <v>112300.0</v>
+        <v>0.0</v>
       </c>
       <c r="I116">
-        <v>87724.0</v>
+        <v>90058.91</v>
       </c>
       <c r="J116" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="K116" t="s">
         <v>23</v>
       </c>
       <c r="L116" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
-        <v>1256</v>
+        <v>498</v>
       </c>
       <c r="B117" t="s">
-        <v>108</v>
+        <v>201</v>
       </c>
       <c r="C117" t="s">
-        <v>49</v>
+        <v>37</v>
+      </c>
+      <c r="D117">
+        <v>2</v>
+      </c>
+      <c r="E117">
+        <v>3</v>
+      </c>
+      <c r="F117">
+        <v>0</v>
       </c>
       <c r="G117">
-        <v>1525000.0</v>
+        <v>673600.0</v>
       </c>
       <c r="H117">
-        <v>655320.0</v>
+        <v>220000.0</v>
       </c>
       <c r="I117">
-        <v>869680.0</v>
+        <v>453600.0</v>
       </c>
       <c r="J117" t="s">
-        <v>165</v>
+        <v>27</v>
       </c>
       <c r="K117" t="s">
         <v>23</v>
       </c>
       <c r="L117" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
-        <v>1313</v>
+        <v>903</v>
       </c>
       <c r="B118" t="s">
-        <v>200</v>
+        <v>135</v>
       </c>
       <c r="C118" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D118">
+        <v>8</v>
+      </c>
+      <c r="E118">
         <v>2</v>
       </c>
       <c r="G118">
-        <v>158000.0</v>
+        <v>380441.44</v>
       </c>
       <c r="H118">
-        <v>51863.0</v>
+        <v>11000.0</v>
       </c>
       <c r="I118">
-        <v>106137.0</v>
+        <v>369441.44</v>
       </c>
       <c r="J118" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="K118" t="s">
         <v>23</v>
       </c>
       <c r="L118" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
-        <v>1417</v>
+        <v>1202</v>
       </c>
       <c r="B119" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C119" t="s">
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="D119">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E119">
         <v>1</v>
       </c>
       <c r="G119">
-        <v>90058.91</v>
+        <v>216463.36</v>
       </c>
       <c r="H119">
-        <v>0.0</v>
+        <v>9452.0</v>
       </c>
       <c r="I119">
-        <v>90058.91</v>
+        <v>207011.36</v>
       </c>
       <c r="J119" t="s">
-        <v>202</v>
+        <v>61</v>
       </c>
       <c r="K119" t="s">
         <v>23</v>
       </c>
       <c r="L119" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
         <v>79</v>
       </c>
       <c r="B120" t="s">
-        <v>137</v>
+        <v>149</v>
       </c>
       <c r="C120" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D120">
         <v>1</v>
       </c>
       <c r="E120">
         <v>1</v>
       </c>
       <c r="G120">
         <v>129656.5</v>
       </c>
       <c r="H120">
         <v>23665.75</v>
       </c>
       <c r="I120">
         <v>105990.75</v>
       </c>
       <c r="J120" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="K120" t="s">
         <v>23</v>
       </c>
       <c r="L120" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
         <v>883</v>
       </c>
       <c r="B121" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="C121" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="G121">
         <v>128045.78</v>
       </c>
       <c r="H121">
         <v>3721.71</v>
       </c>
       <c r="I121">
         <v>124324.07</v>
       </c>
       <c r="J121" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="K121" t="s">
         <v>23</v>
       </c>
       <c r="L121" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
         <v>1069</v>
       </c>
       <c r="B122" t="s">
         <v>203</v>
       </c>
       <c r="C122" t="s">
         <v>204</v>
       </c>
       <c r="G122">
         <v>1981708.36</v>
       </c>
       <c r="H122">
         <v>749946.26</v>
       </c>
       <c r="I122">
         <v>1231762.1</v>
       </c>
       <c r="J122" t="s">
         <v>205</v>
       </c>
       <c r="K122" t="s">
         <v>23</v>
       </c>
       <c r="L122" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
         <v>1262</v>
       </c>
       <c r="B123" t="s">
         <v>206</v>
       </c>
       <c r="C123" t="s">
         <v>207</v>
       </c>
       <c r="D123">
         <v>3</v>
       </c>
       <c r="G123">
         <v>53240.31</v>
       </c>
       <c r="H123">
         <v>19500.0</v>
       </c>
       <c r="I123">
         <v>33740.31</v>
       </c>
       <c r="J123" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="K123" t="s">
         <v>23</v>
       </c>
       <c r="L123" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
         <v>1351</v>
       </c>
       <c r="B124" t="s">
         <v>208</v>
       </c>
       <c r="C124" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D124">
         <v>4</v>
       </c>
       <c r="E124">
         <v>2</v>
       </c>
       <c r="G124">
         <v>364890.0</v>
       </c>
       <c r="H124">
         <v>0.0</v>
       </c>
       <c r="I124">
         <v>364890.0</v>
       </c>
       <c r="J124" t="s">
         <v>209</v>
       </c>
       <c r="K124" t="s">
         <v>23</v>
       </c>
       <c r="L124" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
         <v>694</v>
       </c>
       <c r="B125" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C125" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D125">
         <v>2</v>
       </c>
       <c r="G125">
         <v>29724.05</v>
       </c>
       <c r="H125">
         <v>15634.08</v>
       </c>
       <c r="I125">
         <v>14089.97</v>
       </c>
       <c r="J125" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="K125" t="s">
         <v>23</v>
       </c>
       <c r="L125" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
         <v>914</v>
       </c>
       <c r="B126" t="s">
         <v>210</v>
       </c>
       <c r="C126" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G126">
         <v>18860.97</v>
       </c>
       <c r="H126">
         <v>16551.99</v>
       </c>
       <c r="I126">
         <v>2308.98</v>
       </c>
       <c r="J126" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="K126" t="s">
         <v>23</v>
       </c>
       <c r="L126" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
         <v>1229</v>
       </c>
       <c r="B127" t="s">
         <v>211</v>
       </c>
       <c r="C127" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E127">
         <v>1</v>
       </c>
       <c r="G127">
         <v>24216.93</v>
       </c>
       <c r="H127">
         <v>11500.0</v>
       </c>
       <c r="I127">
         <v>12716.93</v>
       </c>
       <c r="J127" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="K127" t="s">
         <v>23</v>
       </c>
       <c r="L127" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
         <v>1294</v>
       </c>
       <c r="B128" t="s">
         <v>212</v>
       </c>
       <c r="C128" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D128">
         <v>2</v>
       </c>
       <c r="E128">
         <v>1</v>
       </c>
       <c r="G128">
         <v>256310.0</v>
       </c>
       <c r="H128">
         <v>63680.0</v>
       </c>
       <c r="I128">
         <v>192630.0</v>
       </c>
       <c r="J128" t="s">
         <v>213</v>
       </c>
       <c r="K128" t="s">
         <v>23</v>
       </c>
       <c r="L128" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
         <v>1397</v>
       </c>
       <c r="B129" t="s">
         <v>214</v>
       </c>
       <c r="C129" t="s">
         <v>75</v>
       </c>
       <c r="D129">
         <v>1</v>
       </c>
       <c r="E129">
         <v>1</v>
       </c>
       <c r="G129">
         <v>237121.7</v>
       </c>
       <c r="H129">
         <v>112392.86</v>
       </c>
       <c r="I129">
         <v>124728.84</v>
       </c>
       <c r="J129" t="s">
         <v>215</v>
       </c>
       <c r="K129" t="s">
         <v>23</v>
       </c>
       <c r="L129" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
-        <v>1371</v>
+        <v>862</v>
       </c>
       <c r="B130" t="s">
-        <v>216</v>
+        <v>151</v>
       </c>
       <c r="C130" t="s">
-        <v>217</v>
+        <v>21</v>
+      </c>
+      <c r="D130">
+        <v>2</v>
+      </c>
+      <c r="E130">
+        <v>1</v>
       </c>
       <c r="G130">
-        <v>0.0</v>
+        <v>282494.5</v>
       </c>
       <c r="H130">
-        <v>114000.0</v>
+        <v>51606.4</v>
       </c>
       <c r="I130">
-        <v>-114000.0</v>
+        <v>230888.1</v>
       </c>
       <c r="J130" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="K130" t="s">
         <v>23</v>
       </c>
       <c r="L130" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
-        <v>862</v>
+        <v>928</v>
       </c>
       <c r="B131" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C131" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D131">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E131">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G131">
-        <v>282494.5</v>
+        <v>2603140.84</v>
       </c>
       <c r="H131">
-        <v>51606.4</v>
+        <v>186831.29</v>
       </c>
       <c r="I131">
-        <v>230888.1</v>
+        <v>2416309.55</v>
       </c>
       <c r="J131" t="s">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="K131" t="s">
         <v>23</v>
       </c>
       <c r="L131" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
-        <v>928</v>
+        <v>1250</v>
       </c>
       <c r="B132" t="s">
-        <v>152</v>
+        <v>216</v>
       </c>
       <c r="C132" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="E132">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G132">
-        <v>2603140.84</v>
+        <v>9622.34</v>
       </c>
       <c r="H132">
-        <v>186831.29</v>
+        <v>0.0</v>
       </c>
       <c r="I132">
-        <v>2416309.55</v>
+        <v>9622.34</v>
       </c>
       <c r="J132" t="s">
-        <v>31</v>
+        <v>217</v>
       </c>
       <c r="K132" t="s">
         <v>23</v>
       </c>
       <c r="L132" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
-        <v>1250</v>
+        <v>1307</v>
       </c>
       <c r="B133" t="s">
         <v>218</v>
       </c>
       <c r="C133" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E133">
         <v>1</v>
       </c>
       <c r="G133">
-        <v>9622.34</v>
+        <v>73000.0</v>
       </c>
       <c r="H133">
         <v>0.0</v>
       </c>
       <c r="I133">
-        <v>9622.34</v>
+        <v>73000.0</v>
       </c>
       <c r="J133" t="s">
-        <v>219</v>
+        <v>69</v>
       </c>
       <c r="K133" t="s">
         <v>23</v>
       </c>
       <c r="L133" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
-        <v>1307</v>
+        <v>1411</v>
       </c>
       <c r="B134" t="s">
+        <v>219</v>
+      </c>
+      <c r="C134" t="s">
         <v>220</v>
       </c>
-      <c r="C134" t="s">
-        <v>26</v>
+      <c r="D134">
+        <v>1</v>
       </c>
       <c r="E134">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G134">
-        <v>73000.0</v>
+        <v>114580.0</v>
       </c>
       <c r="H134">
-        <v>0.0</v>
+        <v>58000.0</v>
       </c>
       <c r="I134">
-        <v>73000.0</v>
+        <v>56580.0</v>
       </c>
       <c r="J134" t="s">
-        <v>69</v>
+        <v>221</v>
       </c>
       <c r="K134" t="s">
         <v>23</v>
       </c>
       <c r="L134" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
-        <v>1411</v>
+        <v>452</v>
       </c>
       <c r="B135" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C135" t="s">
-        <v>222</v>
+        <v>37</v>
       </c>
       <c r="D135">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E135">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="F135">
+        <v>0</v>
       </c>
       <c r="G135">
-        <v>114580.0</v>
+        <v>189136.61</v>
       </c>
       <c r="H135">
-        <v>58000.0</v>
+        <v>17044.0</v>
       </c>
       <c r="I135">
-        <v>56580.0</v>
+        <v>172092.61</v>
       </c>
       <c r="J135" t="s">
         <v>223</v>
       </c>
       <c r="K135" t="s">
         <v>23</v>
       </c>
       <c r="L135" t="s">
-        <v>36</v>
+        <v>166</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
-        <v>452</v>
+        <v>899</v>
       </c>
       <c r="B136" t="s">
-        <v>224</v>
+        <v>158</v>
       </c>
       <c r="C136" t="s">
         <v>21</v>
       </c>
       <c r="D136">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G136">
-        <v>189136.61</v>
+        <v>872790.0</v>
       </c>
       <c r="H136">
-        <v>17044.0</v>
+        <v>28243.83</v>
       </c>
       <c r="I136">
-        <v>172092.61</v>
+        <v>844546.17</v>
       </c>
       <c r="J136" t="s">
-        <v>225</v>
+        <v>42</v>
       </c>
       <c r="K136" t="s">
         <v>23</v>
       </c>
       <c r="L136" t="s">
-        <v>172</v>
+        <v>24</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
-        <v>899</v>
+        <v>1129</v>
       </c>
       <c r="B137" t="s">
-        <v>158</v>
+        <v>224</v>
       </c>
       <c r="C137" t="s">
-        <v>26</v>
+        <v>225</v>
       </c>
       <c r="D137">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="E137">
+        <v>1</v>
       </c>
       <c r="G137">
-        <v>872790.0</v>
+        <v>340868.0</v>
       </c>
       <c r="H137">
-        <v>28243.83</v>
+        <v>13250.0</v>
       </c>
       <c r="I137">
-        <v>844546.17</v>
+        <v>327618.0</v>
       </c>
       <c r="J137" t="s">
-        <v>31</v>
+        <v>84</v>
       </c>
       <c r="K137" t="s">
         <v>23</v>
       </c>
       <c r="L137" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
-        <v>1129</v>
+        <v>1275</v>
       </c>
       <c r="B138" t="s">
         <v>226</v>
       </c>
       <c r="C138" t="s">
+        <v>21</v>
+      </c>
+      <c r="E138">
+        <v>1</v>
+      </c>
+      <c r="G138">
+        <v>36800.0</v>
+      </c>
+      <c r="H138">
+        <v>8799.92</v>
+      </c>
+      <c r="I138">
+        <v>28000.08</v>
+      </c>
+      <c r="J138" t="s">
         <v>227</v>
       </c>
-      <c r="D138">
-[...16 lines deleted...]
-      </c>
       <c r="K138" t="s">
         <v>23</v>
       </c>
       <c r="L138" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
-        <v>1275</v>
+        <v>1371</v>
       </c>
       <c r="B139" t="s">
         <v>228</v>
       </c>
       <c r="C139" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>229</v>
       </c>
       <c r="G139">
-        <v>36800.0</v>
+        <v>0.0</v>
       </c>
       <c r="H139">
-        <v>8799.92</v>
+        <v>114000.0</v>
       </c>
       <c r="I139">
-        <v>28000.08</v>
+        <v>-114000.0</v>
       </c>
       <c r="J139" t="s">
-        <v>229</v>
+        <v>51</v>
       </c>
       <c r="K139" t="s">
         <v>23</v>
       </c>
       <c r="L139" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
-        <v>873</v>
+        <v>577</v>
       </c>
       <c r="B140" t="s">
         <v>230</v>
       </c>
       <c r="C140" t="s">
-        <v>49</v>
+        <v>37</v>
+      </c>
+      <c r="D140">
+        <v>4</v>
+      </c>
+      <c r="E140">
+        <v>1</v>
+      </c>
+      <c r="F140">
+        <v>0</v>
       </c>
       <c r="G140">
-        <v>163600.0</v>
+        <v>200823.81</v>
       </c>
       <c r="H140">
-        <v>58696.64</v>
+        <v>184959.0</v>
       </c>
       <c r="I140">
-        <v>104903.36</v>
+        <v>15864.81</v>
       </c>
       <c r="J140" t="s">
-        <v>33</v>
+        <v>165</v>
       </c>
       <c r="K140" t="s">
         <v>23</v>
       </c>
       <c r="L140" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
-        <v>1256</v>
+        <v>911</v>
       </c>
       <c r="B141" t="s">
-        <v>108</v>
+        <v>231</v>
       </c>
       <c r="C141" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="G141">
-        <v>1504765.65</v>
+        <v>98512.0</v>
       </c>
       <c r="H141">
-        <v>811503.2</v>
+        <v>5585.82</v>
       </c>
       <c r="I141">
-        <v>693262.45</v>
+        <v>92926.18</v>
       </c>
       <c r="J141" t="s">
-        <v>58</v>
+        <v>217</v>
       </c>
       <c r="K141" t="s">
         <v>23</v>
       </c>
       <c r="L141" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
-        <v>1332</v>
+        <v>1219</v>
       </c>
       <c r="B142" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C142" t="s">
-        <v>232</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="G142">
-        <v>405408.0</v>
+        <v>10000.0</v>
       </c>
       <c r="H142">
-        <v>45980.45</v>
+        <v>0.0</v>
       </c>
       <c r="I142">
-        <v>359427.55</v>
+        <v>10000.0</v>
       </c>
       <c r="J142" t="s">
-        <v>157</v>
+        <v>56</v>
       </c>
       <c r="K142" t="s">
         <v>23</v>
       </c>
       <c r="L142" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
-        <v>1425</v>
+        <v>1288</v>
       </c>
       <c r="B143" t="s">
         <v>233</v>
       </c>
       <c r="C143" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="D143">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E143">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G143">
-        <v>33100.0</v>
+        <v>757706.57</v>
       </c>
       <c r="H143">
-        <v>0.0</v>
+        <v>154904.29</v>
       </c>
       <c r="I143">
-        <v>33100.0</v>
+        <v>602802.28</v>
       </c>
       <c r="J143" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
       <c r="K143" t="s">
         <v>23</v>
       </c>
       <c r="L143" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
-        <v>577</v>
+        <v>1391</v>
       </c>
       <c r="B144" t="s">
+        <v>234</v>
+      </c>
+      <c r="C144" t="s">
         <v>235</v>
       </c>
-      <c r="C144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D144">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E144">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="F144">
         <v>0</v>
       </c>
       <c r="G144">
-        <v>200823.81</v>
+        <v>125300.0</v>
       </c>
       <c r="H144">
-        <v>184959.0</v>
+        <v>0.0</v>
       </c>
       <c r="I144">
-        <v>15864.81</v>
+        <v>125300.0</v>
       </c>
       <c r="J144" t="s">
-        <v>171</v>
+        <v>98</v>
       </c>
       <c r="K144" t="s">
         <v>23</v>
       </c>
       <c r="L144" t="s">
-        <v>172</v>
+        <v>28</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
-        <v>911</v>
+        <v>58</v>
       </c>
       <c r="B145" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="C145" t="s">
-        <v>49</v>
+        <v>21</v>
+      </c>
+      <c r="D145">
+        <v>3</v>
+      </c>
+      <c r="E145">
+        <v>1</v>
       </c>
       <c r="G145">
-        <v>98512.0</v>
+        <v>610029.42</v>
       </c>
       <c r="H145">
-        <v>5585.82</v>
+        <v>0.0</v>
       </c>
       <c r="I145">
-        <v>92926.18</v>
+        <v>610029.42</v>
       </c>
       <c r="J145" t="s">
-        <v>219</v>
+        <v>171</v>
       </c>
       <c r="K145" t="s">
         <v>23</v>
       </c>
       <c r="L145" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
-        <v>1219</v>
+        <v>873</v>
       </c>
       <c r="B146" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="C146" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G146">
-        <v>10000.0</v>
+        <v>163600.0</v>
       </c>
       <c r="H146">
-        <v>0.0</v>
+        <v>58696.64</v>
       </c>
       <c r="I146">
-        <v>10000.0</v>
+        <v>104903.36</v>
       </c>
       <c r="J146" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="K146" t="s">
         <v>23</v>
       </c>
       <c r="L146" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
-        <v>1288</v>
+        <v>1256</v>
       </c>
       <c r="B147" t="s">
-        <v>238</v>
+        <v>102</v>
       </c>
       <c r="C147" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="D147">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G147">
-        <v>757706.57</v>
+        <v>1504765.65</v>
       </c>
       <c r="H147">
-        <v>154904.29</v>
+        <v>811503.2</v>
       </c>
       <c r="I147">
-        <v>602802.28</v>
+        <v>693262.45</v>
       </c>
       <c r="J147" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="K147" t="s">
         <v>23</v>
       </c>
       <c r="L147" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
-        <v>1391</v>
+        <v>1332</v>
       </c>
       <c r="B148" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C148" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D148">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E148">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G148">
-        <v>125300.0</v>
+        <v>405408.0</v>
       </c>
       <c r="H148">
-        <v>0.0</v>
+        <v>45980.45</v>
       </c>
       <c r="I148">
-        <v>125300.0</v>
+        <v>359427.55</v>
       </c>
       <c r="J148" t="s">
-        <v>104</v>
+        <v>157</v>
       </c>
       <c r="K148" t="s">
         <v>23</v>
       </c>
       <c r="L148" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
-        <v>58</v>
+        <v>1425</v>
       </c>
       <c r="B149" t="s">
-        <v>176</v>
+        <v>239</v>
       </c>
       <c r="C149" t="s">
-        <v>26</v>
+        <v>240</v>
       </c>
       <c r="D149">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E149">
         <v>1</v>
       </c>
       <c r="G149">
-        <v>610029.42</v>
+        <v>33100.0</v>
       </c>
       <c r="H149">
         <v>0.0</v>
       </c>
       <c r="I149">
-        <v>610029.42</v>
+        <v>33100.0</v>
       </c>
       <c r="J149" t="s">
-        <v>177</v>
+        <v>98</v>
       </c>
       <c r="K149" t="s">
         <v>23</v>
       </c>
       <c r="L149" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
-        <v>838</v>
+        <v>1404</v>
       </c>
       <c r="B150" t="s">
-        <v>110</v>
+        <v>241</v>
       </c>
       <c r="C150" t="s">
-        <v>26</v>
+        <v>242</v>
       </c>
       <c r="D150">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E150">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G150">
-        <v>326500.0</v>
+        <v>756557.57</v>
       </c>
       <c r="H150">
-        <v>30000.0</v>
+        <v>5083.88</v>
       </c>
       <c r="I150">
-        <v>296500.0</v>
+        <v>751473.69</v>
       </c>
       <c r="J150" t="s">
-        <v>27</v>
+        <v>243</v>
       </c>
       <c r="K150" t="s">
         <v>23</v>
       </c>
       <c r="L150" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151">
-        <v>919</v>
+        <v>404</v>
       </c>
       <c r="B151" t="s">
-        <v>179</v>
+        <v>244</v>
       </c>
       <c r="C151" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="D151">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E151">
         <v>1</v>
       </c>
+      <c r="F151">
+        <v>0</v>
+      </c>
       <c r="G151">
-        <v>139394.14</v>
+        <v>206444.44</v>
       </c>
       <c r="H151">
-        <v>58508.32</v>
+        <v>13922.94</v>
       </c>
       <c r="I151">
-        <v>80885.82</v>
+        <v>192521.5</v>
       </c>
       <c r="J151" t="s">
-        <v>47</v>
+        <v>245</v>
       </c>
       <c r="K151" t="s">
         <v>23</v>
       </c>
       <c r="L151" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152">
-        <v>1238</v>
+        <v>894</v>
       </c>
       <c r="B152" t="s">
-        <v>241</v>
+        <v>182</v>
       </c>
       <c r="C152" t="s">
-        <v>26</v>
+        <v>21</v>
+      </c>
+      <c r="D152">
+        <v>2</v>
+      </c>
+      <c r="E152">
+        <v>1</v>
       </c>
       <c r="G152">
-        <v>2015.0</v>
+        <v>445343.17</v>
       </c>
       <c r="H152">
-        <v>5100.0</v>
+        <v>82157.14</v>
       </c>
       <c r="I152">
-        <v>-3085.0</v>
+        <v>363186.03</v>
       </c>
       <c r="J152" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="K152" t="s">
         <v>23</v>
       </c>
       <c r="L152" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153">
-        <v>1301</v>
+        <v>1085</v>
       </c>
       <c r="B153" t="s">
-        <v>242</v>
+        <v>183</v>
       </c>
       <c r="C153" t="s">
-        <v>26</v>
+        <v>21</v>
+      </c>
+      <c r="D153">
+        <v>4</v>
       </c>
       <c r="E153">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G153">
-        <v>57997.18</v>
+        <v>198680.54</v>
       </c>
       <c r="H153">
-        <v>2400.0</v>
+        <v>72537.05</v>
       </c>
       <c r="I153">
-        <v>55597.18</v>
+        <v>126143.49</v>
       </c>
       <c r="J153" t="s">
-        <v>243</v>
+        <v>42</v>
       </c>
       <c r="K153" t="s">
         <v>23</v>
       </c>
       <c r="L153" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154">
-        <v>1404</v>
+        <v>1269</v>
       </c>
       <c r="B154" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C154" t="s">
-        <v>245</v>
+        <v>21</v>
       </c>
       <c r="D154">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E154">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G154">
-        <v>756557.57</v>
+        <v>1223676.82</v>
       </c>
       <c r="H154">
-        <v>5083.88</v>
+        <v>35767.15</v>
       </c>
       <c r="I154">
-        <v>751473.69</v>
+        <v>1187909.67</v>
       </c>
       <c r="J154" t="s">
-        <v>246</v>
+        <v>185</v>
       </c>
       <c r="K154" t="s">
         <v>23</v>
       </c>
       <c r="L154" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155">
-        <v>404</v>
+        <v>1362</v>
       </c>
       <c r="B155" t="s">
         <v>247</v>
       </c>
       <c r="C155" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>248</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
-      <c r="F155">
-[...1 lines deleted...]
-      </c>
       <c r="G155">
-        <v>206444.44</v>
+        <v>300142.01</v>
       </c>
       <c r="H155">
-        <v>13922.94</v>
+        <v>66583.24</v>
       </c>
       <c r="I155">
-        <v>192521.5</v>
+        <v>233558.77</v>
       </c>
       <c r="J155" t="s">
-        <v>248</v>
+        <v>51</v>
       </c>
       <c r="K155" t="s">
         <v>23</v>
       </c>
       <c r="L155" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156">
-        <v>894</v>
+        <v>838</v>
       </c>
       <c r="B156" t="s">
-        <v>187</v>
+        <v>117</v>
       </c>
       <c r="C156" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D156">
         <v>2</v>
       </c>
       <c r="E156">
         <v>1</v>
       </c>
       <c r="G156">
-        <v>445343.17</v>
+        <v>326500.0</v>
       </c>
       <c r="H156">
-        <v>82157.14</v>
+        <v>30000.0</v>
       </c>
       <c r="I156">
-        <v>363186.03</v>
+        <v>296500.0</v>
       </c>
       <c r="J156" t="s">
-        <v>177</v>
+        <v>39</v>
       </c>
       <c r="K156" t="s">
         <v>23</v>
       </c>
       <c r="L156" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157">
-        <v>1085</v>
+        <v>919</v>
       </c>
       <c r="B157" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C157" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D157">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E157">
         <v>1</v>
       </c>
       <c r="G157">
-        <v>198680.54</v>
+        <v>139394.14</v>
       </c>
       <c r="H157">
-        <v>72537.05</v>
+        <v>58508.32</v>
       </c>
       <c r="I157">
-        <v>126143.49</v>
+        <v>80885.82</v>
       </c>
       <c r="J157" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="K157" t="s">
         <v>23</v>
       </c>
       <c r="L157" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158">
-        <v>1269</v>
+        <v>1238</v>
       </c>
       <c r="B158" t="s">
         <v>249</v>
       </c>
       <c r="C158" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G158">
-        <v>1223676.82</v>
+        <v>2015.0</v>
       </c>
       <c r="H158">
-        <v>35767.15</v>
+        <v>5100.0</v>
       </c>
       <c r="I158">
-        <v>1187909.67</v>
+        <v>-3085.0</v>
       </c>
       <c r="J158" t="s">
-        <v>190</v>
+        <v>209</v>
       </c>
       <c r="K158" t="s">
         <v>23</v>
       </c>
       <c r="L158" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159">
-        <v>1362</v>
+        <v>1301</v>
       </c>
       <c r="B159" t="s">
         <v>250</v>
       </c>
       <c r="C159" t="s">
+        <v>21</v>
+      </c>
+      <c r="E159">
+        <v>2</v>
+      </c>
+      <c r="G159">
+        <v>57997.18</v>
+      </c>
+      <c r="H159">
+        <v>2400.0</v>
+      </c>
+      <c r="I159">
+        <v>55597.18</v>
+      </c>
+      <c r="J159" t="s">
         <v>251</v>
       </c>
-      <c r="E159">
-[...13 lines deleted...]
-      </c>
       <c r="K159" t="s">
         <v>23</v>
       </c>
       <c r="L159" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160">
-        <v>500</v>
+        <v>1202</v>
       </c>
       <c r="B160" t="s">
-        <v>252</v>
+        <v>202</v>
       </c>
       <c r="C160" t="s">
-        <v>21</v>
+        <v>103</v>
+      </c>
+      <c r="D160">
+        <v>1</v>
       </c>
       <c r="E160">
         <v>1</v>
       </c>
-      <c r="F160">
-[...1 lines deleted...]
-      </c>
       <c r="G160">
-        <v>118869.53</v>
+        <v>216463.36</v>
       </c>
       <c r="H160">
-        <v>33593.23</v>
+        <v>9452.0</v>
       </c>
       <c r="I160">
-        <v>85276.3</v>
+        <v>207011.36</v>
       </c>
       <c r="J160" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="K160" t="s">
         <v>23</v>
       </c>
       <c r="L160" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161">
-        <v>905</v>
+        <v>1282</v>
       </c>
       <c r="B161" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="C161" t="s">
-        <v>49</v>
+        <v>21</v>
+      </c>
+      <c r="D161">
+        <v>10</v>
+      </c>
+      <c r="E161">
+        <v>5</v>
       </c>
       <c r="G161">
-        <v>209294.68</v>
+        <v>1698070.52</v>
       </c>
       <c r="H161">
-        <v>50500.0</v>
+        <v>9360.0</v>
       </c>
       <c r="I161">
-        <v>158794.68</v>
+        <v>1688710.52</v>
       </c>
       <c r="J161" t="s">
-        <v>73</v>
+        <v>193</v>
       </c>
       <c r="K161" t="s">
         <v>23</v>
       </c>
       <c r="L161" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162">
-        <v>1202</v>
+        <v>1384</v>
       </c>
       <c r="B162" t="s">
-        <v>193</v>
+        <v>253</v>
       </c>
       <c r="C162" t="s">
-        <v>109</v>
+        <v>254</v>
       </c>
       <c r="D162">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E162">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G162">
-        <v>216463.36</v>
+        <v>28150.23</v>
       </c>
       <c r="H162">
-        <v>9452.0</v>
+        <v>43931.9</v>
       </c>
       <c r="I162">
-        <v>207011.36</v>
+        <v>-15781.67</v>
       </c>
       <c r="J162" t="s">
-        <v>58</v>
+        <v>126</v>
       </c>
       <c r="K162" t="s">
         <v>23</v>
       </c>
       <c r="L162" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163">
-        <v>1282</v>
+        <v>870</v>
       </c>
       <c r="B163" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C163" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>64</v>
       </c>
       <c r="G163">
-        <v>1698070.52</v>
+        <v>2500.0</v>
       </c>
       <c r="H163">
-        <v>9360.0</v>
+        <v>173000.0</v>
       </c>
       <c r="I163">
-        <v>1688710.52</v>
+        <v>-170500.0</v>
       </c>
       <c r="J163" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="K163" t="s">
         <v>23</v>
       </c>
       <c r="L163" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164">
-        <v>1384</v>
+        <v>966</v>
       </c>
       <c r="B164" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C164" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D164">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E164">
         <v>2</v>
       </c>
       <c r="G164">
-        <v>28150.23</v>
+        <v>719977.02</v>
       </c>
       <c r="H164">
-        <v>43931.9</v>
+        <v>7000.0</v>
       </c>
       <c r="I164">
-        <v>-15781.67</v>
+        <v>712977.02</v>
       </c>
       <c r="J164" t="s">
-        <v>129</v>
+        <v>258</v>
       </c>
       <c r="K164" t="s">
         <v>23</v>
       </c>
       <c r="L164" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165">
-        <v>870</v>
+        <v>1256</v>
       </c>
       <c r="B165" t="s">
-        <v>257</v>
+        <v>102</v>
       </c>
       <c r="C165" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G165">
-        <v>2500.0</v>
+        <v>1525000.0</v>
       </c>
       <c r="H165">
-        <v>173000.0</v>
+        <v>655320.0</v>
       </c>
       <c r="I165">
-        <v>-170500.0</v>
+        <v>869680.0</v>
       </c>
       <c r="J165" t="s">
-        <v>205</v>
+        <v>51</v>
       </c>
       <c r="K165" t="s">
         <v>23</v>
       </c>
       <c r="L165" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166">
-        <v>966</v>
+        <v>1314</v>
       </c>
       <c r="B166" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C166" t="s">
-        <v>259</v>
+        <v>21</v>
       </c>
       <c r="D166">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E166">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G166">
-        <v>719977.02</v>
+        <v>328926.0</v>
       </c>
       <c r="H166">
-        <v>7000.0</v>
+        <v>31000.0</v>
       </c>
       <c r="I166">
-        <v>712977.02</v>
+        <v>297926.0</v>
       </c>
       <c r="J166" t="s">
         <v>260</v>
       </c>
       <c r="K166" t="s">
         <v>23</v>
       </c>
       <c r="L166" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167">
-        <v>1256</v>
+        <v>1418</v>
       </c>
       <c r="B167" t="s">
-        <v>108</v>
+        <v>261</v>
       </c>
       <c r="C167" t="s">
-        <v>49</v>
+        <v>75</v>
+      </c>
+      <c r="D167">
+        <v>1</v>
+      </c>
+      <c r="E167">
+        <v>1</v>
       </c>
       <c r="G167">
-        <v>1525000.0</v>
+        <v>103405.84</v>
       </c>
       <c r="H167">
-        <v>655320.0</v>
+        <v>78800.0</v>
       </c>
       <c r="I167">
-        <v>869680.0</v>
+        <v>24605.84</v>
       </c>
       <c r="J167" t="s">
-        <v>58</v>
+        <v>262</v>
       </c>
       <c r="K167" t="s">
         <v>23</v>
       </c>
       <c r="L167" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168">
-        <v>1314</v>
+        <v>500</v>
       </c>
       <c r="B168" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C168" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>37</v>
       </c>
       <c r="E168">
         <v>1</v>
       </c>
+      <c r="F168">
+        <v>0</v>
+      </c>
       <c r="G168">
-        <v>328926.0</v>
+        <v>118869.53</v>
       </c>
       <c r="H168">
-        <v>31000.0</v>
+        <v>33593.23</v>
       </c>
       <c r="I168">
-        <v>297926.0</v>
+        <v>85276.3</v>
       </c>
       <c r="J168" t="s">
-        <v>262</v>
+        <v>27</v>
       </c>
       <c r="K168" t="s">
         <v>23</v>
       </c>
       <c r="L168" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169">
-        <v>1418</v>
+        <v>905</v>
       </c>
       <c r="B169" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C169" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="G169">
-        <v>103405.84</v>
+        <v>209294.68</v>
       </c>
       <c r="H169">
-        <v>78800.0</v>
+        <v>50500.0</v>
       </c>
       <c r="I169">
-        <v>24605.84</v>
+        <v>158794.68</v>
       </c>
       <c r="J169" t="s">
-        <v>264</v>
+        <v>73</v>
       </c>
       <c r="K169" t="s">
         <v>23</v>
       </c>
       <c r="L169" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170">
         <v>97</v>
       </c>
       <c r="B170" t="s">
         <v>265</v>
       </c>
       <c r="C170" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G170">
         <v>110450.0</v>
       </c>
       <c r="H170">
         <v>138998.94</v>
       </c>
       <c r="I170">
         <v>-28548.94</v>
       </c>
       <c r="J170" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="K170" t="s">
         <v>23</v>
       </c>
       <c r="L170" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
         <v>883</v>
       </c>
       <c r="B171" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="C171" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="G171">
         <v>128045.78</v>
       </c>
       <c r="H171">
         <v>3721.71</v>
       </c>
       <c r="I171">
         <v>124324.07</v>
       </c>
       <c r="J171" t="s">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="K171" t="s">
         <v>23</v>
       </c>
       <c r="L171" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
         <v>1069</v>
       </c>
       <c r="B172" t="s">
         <v>203</v>
       </c>
       <c r="C172" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D172">
         <v>3</v>
       </c>
       <c r="E172">
         <v>1</v>
       </c>
       <c r="G172">
         <v>1983182.13</v>
       </c>
       <c r="H172">
         <v>750036.26</v>
       </c>
       <c r="I172">
         <v>1233145.87</v>
       </c>
       <c r="J172" t="s">
         <v>205</v>
       </c>
       <c r="K172" t="s">
         <v>23</v>
       </c>
       <c r="L172" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173">
         <v>1263</v>
       </c>
       <c r="B173" t="s">
         <v>266</v>
       </c>
       <c r="C173" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D173">
         <v>1</v>
       </c>
       <c r="E173">
         <v>1</v>
       </c>
       <c r="G173">
         <v>97434.8</v>
       </c>
       <c r="H173">
         <v>27000.0</v>
       </c>
       <c r="I173">
         <v>70434.8</v>
       </c>
       <c r="J173" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="K173" t="s">
         <v>23</v>
       </c>
       <c r="L173" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174">
         <v>1352</v>
       </c>
       <c r="B174" t="s">
         <v>267</v>
       </c>
       <c r="C174" t="s">
         <v>268</v>
       </c>
       <c r="D174">
         <v>9</v>
       </c>
       <c r="E174">
         <v>3</v>
       </c>
       <c r="G174">
         <v>1977586.3</v>
       </c>
       <c r="H174">
         <v>327412.5</v>
       </c>
       <c r="I174">
         <v>1650173.8</v>
       </c>
       <c r="J174" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="K174" t="s">
         <v>23</v>
       </c>
       <c r="L174" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175">
         <v>694</v>
       </c>
       <c r="B175" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C175" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D175">
         <v>2</v>
       </c>
       <c r="E175">
         <v>1</v>
       </c>
       <c r="G175">
         <v>27768.34</v>
       </c>
       <c r="H175">
         <v>12498.61</v>
       </c>
       <c r="I175">
         <v>15269.73</v>
       </c>
       <c r="J175" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="K175" t="s">
         <v>23</v>
       </c>
       <c r="L175" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
         <v>914</v>
       </c>
       <c r="B176" t="s">
         <v>210</v>
       </c>
       <c r="C176" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D176">
         <v>3</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
       <c r="G176">
         <v>175751.35</v>
       </c>
       <c r="H176">
         <v>126586.64</v>
       </c>
       <c r="I176">
         <v>49164.71</v>
       </c>
       <c r="J176" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="K176" t="s">
         <v>23</v>
       </c>
       <c r="L176" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
         <v>1230</v>
       </c>
       <c r="B177" t="s">
         <v>269</v>
       </c>
       <c r="C177" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D177">
         <v>2</v>
       </c>
       <c r="E177">
         <v>2</v>
       </c>
       <c r="G177">
         <v>580234.53</v>
       </c>
       <c r="H177">
         <v>247029.73</v>
       </c>
       <c r="I177">
         <v>333204.8</v>
       </c>
       <c r="J177" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="K177" t="s">
         <v>23</v>
       </c>
       <c r="L177" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178">
         <v>1295</v>
       </c>
       <c r="B178" t="s">
         <v>270</v>
       </c>
       <c r="C178" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D178">
         <v>4</v>
       </c>
       <c r="E178">
         <v>1</v>
       </c>
       <c r="G178">
         <v>91911.84</v>
       </c>
       <c r="H178">
         <v>0.0</v>
       </c>
       <c r="I178">
         <v>91911.84</v>
       </c>
       <c r="J178" t="s">
         <v>213</v>
       </c>
       <c r="K178" t="s">
         <v>23</v>
       </c>
       <c r="L178" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
         <v>1398</v>
       </c>
       <c r="B179" t="s">
         <v>271</v>
       </c>
       <c r="C179" t="s">
         <v>272</v>
       </c>
       <c r="D179">
         <v>1</v>
       </c>
       <c r="E179">
         <v>1</v>
       </c>
       <c r="G179">
         <v>207981.53</v>
       </c>
       <c r="H179">
         <v>101898.84</v>
       </c>
       <c r="I179">
         <v>106082.69</v>
       </c>
       <c r="J179" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="K179" t="s">
         <v>23</v>
       </c>
       <c r="L179" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
-        <v>1276</v>
+        <v>863</v>
       </c>
       <c r="B180" t="s">
         <v>273</v>
       </c>
       <c r="C180" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="G180">
-        <v>127992.2</v>
+        <v>101673.07</v>
       </c>
       <c r="H180">
-        <v>0.0</v>
+        <v>7132.0</v>
       </c>
       <c r="I180">
-        <v>127992.2</v>
+        <v>94541.07</v>
       </c>
       <c r="J180" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="K180" t="s">
         <v>23</v>
       </c>
       <c r="L180" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181">
-        <v>1373</v>
+        <v>930</v>
       </c>
       <c r="B181" t="s">
         <v>274</v>
       </c>
       <c r="C181" t="s">
-        <v>275</v>
+        <v>64</v>
       </c>
       <c r="G181">
-        <v>0.0</v>
+        <v>317276.0</v>
       </c>
       <c r="H181">
-        <v>0.0</v>
+        <v>1873.0</v>
       </c>
       <c r="I181">
-        <v>0.0</v>
+        <v>315403.0</v>
       </c>
       <c r="J181" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="K181" t="s">
         <v>23</v>
       </c>
       <c r="L181" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182">
-        <v>863</v>
+        <v>1251</v>
       </c>
       <c r="B182" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C182" t="s">
-        <v>49</v>
+        <v>21</v>
+      </c>
+      <c r="D182">
+        <v>1</v>
       </c>
       <c r="G182">
-        <v>101673.07</v>
+        <v>112675.16</v>
       </c>
       <c r="H182">
-        <v>7132.0</v>
+        <v>4000.0</v>
       </c>
       <c r="I182">
-        <v>94541.07</v>
+        <v>108675.16</v>
       </c>
       <c r="J182" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="K182" t="s">
         <v>23</v>
       </c>
       <c r="L182" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183">
-        <v>930</v>
+        <v>1308</v>
       </c>
       <c r="B183" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="C183" t="s">
-        <v>49</v>
+        <v>21</v>
+      </c>
+      <c r="D183">
+        <v>1</v>
+      </c>
+      <c r="E183">
+        <v>3</v>
       </c>
       <c r="G183">
-        <v>317276.0</v>
+        <v>81770.0</v>
       </c>
       <c r="H183">
-        <v>1873.0</v>
+        <v>600.0</v>
       </c>
       <c r="I183">
-        <v>315403.0</v>
+        <v>81170.0</v>
       </c>
       <c r="J183" t="s">
-        <v>120</v>
+        <v>54</v>
       </c>
       <c r="K183" t="s">
         <v>23</v>
       </c>
       <c r="L183" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184">
-        <v>1251</v>
+        <v>1412</v>
       </c>
       <c r="B184" t="s">
+        <v>277</v>
+      </c>
+      <c r="C184" t="s">
+        <v>108</v>
+      </c>
+      <c r="D184">
+        <v>2</v>
+      </c>
+      <c r="E184">
+        <v>1</v>
+      </c>
+      <c r="G184">
+        <v>164748.0</v>
+      </c>
+      <c r="H184">
+        <v>0.0</v>
+      </c>
+      <c r="I184">
+        <v>164748.0</v>
+      </c>
+      <c r="J184" t="s">
         <v>278</v>
       </c>
-      <c r="C184" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K184" t="s">
         <v>23</v>
       </c>
       <c r="L184" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185">
-        <v>1308</v>
+        <v>454</v>
       </c>
       <c r="B185" t="s">
         <v>279</v>
       </c>
       <c r="C185" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="D185">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E185">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G185">
-        <v>81770.0</v>
+        <v>388746.2</v>
       </c>
       <c r="H185">
-        <v>600.0</v>
+        <v>358681.44</v>
       </c>
       <c r="I185">
-        <v>81170.0</v>
+        <v>30064.76</v>
       </c>
       <c r="J185" t="s">
-        <v>61</v>
+        <v>280</v>
       </c>
       <c r="K185" t="s">
         <v>23</v>
       </c>
       <c r="L185" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186">
-        <v>1412</v>
+        <v>900</v>
       </c>
       <c r="B186" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C186" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="G186">
-        <v>164748.0</v>
+        <v>127.0</v>
       </c>
       <c r="H186">
-        <v>0.0</v>
+        <v>12248.0</v>
       </c>
       <c r="I186">
-        <v>164748.0</v>
+        <v>-12121.0</v>
       </c>
       <c r="J186" t="s">
-        <v>281</v>
+        <v>209</v>
       </c>
       <c r="K186" t="s">
         <v>23</v>
       </c>
       <c r="L186" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187">
-        <v>454</v>
+        <v>1131</v>
       </c>
       <c r="B187" t="s">
         <v>282</v>
       </c>
       <c r="C187" t="s">
-        <v>21</v>
+        <v>283</v>
       </c>
       <c r="D187">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E187">
         <v>2</v>
       </c>
       <c r="G187">
-        <v>388746.2</v>
+        <v>565793.12</v>
       </c>
       <c r="H187">
-        <v>358681.44</v>
+        <v>46850.08</v>
       </c>
       <c r="I187">
-        <v>30064.76</v>
+        <v>518943.04</v>
       </c>
       <c r="J187" t="s">
-        <v>283</v>
+        <v>84</v>
       </c>
       <c r="K187" t="s">
         <v>23</v>
       </c>
       <c r="L187" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188">
-        <v>900</v>
+        <v>1276</v>
       </c>
       <c r="B188" t="s">
         <v>284</v>
       </c>
       <c r="C188" t="s">
-        <v>49</v>
+        <v>103</v>
+      </c>
+      <c r="D188">
+        <v>1</v>
       </c>
       <c r="G188">
-        <v>127.0</v>
+        <v>127992.2</v>
       </c>
       <c r="H188">
-        <v>12248.0</v>
+        <v>0.0</v>
       </c>
       <c r="I188">
-        <v>-12121.0</v>
+        <v>127992.2</v>
       </c>
       <c r="J188" t="s">
-        <v>209</v>
+        <v>56</v>
       </c>
       <c r="K188" t="s">
         <v>23</v>
       </c>
       <c r="L188" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
-        <v>1131</v>
+        <v>1373</v>
       </c>
       <c r="B189" t="s">
         <v>285</v>
       </c>
       <c r="C189" t="s">
         <v>286</v>
       </c>
-      <c r="D189">
-[...4 lines deleted...]
-      </c>
       <c r="G189">
-        <v>565793.12</v>
+        <v>0.0</v>
       </c>
       <c r="H189">
-        <v>46850.08</v>
+        <v>0.0</v>
       </c>
       <c r="I189">
-        <v>518943.04</v>
+        <v>0.0</v>
       </c>
       <c r="J189" t="s">
-        <v>84</v>
+        <v>126</v>
       </c>
       <c r="K189" t="s">
         <v>23</v>
       </c>
       <c r="L189" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
-        <v>61</v>
+        <v>580</v>
       </c>
       <c r="B190" t="s">
         <v>287</v>
       </c>
       <c r="C190" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="D190">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="E190">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F190">
         <v>0</v>
       </c>
       <c r="G190">
-        <v>10270.61</v>
+        <v>707492.32</v>
       </c>
       <c r="H190">
-        <v>8928.57</v>
+        <v>120771.3</v>
       </c>
       <c r="I190">
-        <v>1342.04</v>
+        <v>586721.02</v>
       </c>
       <c r="J190" t="s">
-        <v>229</v>
+        <v>165</v>
       </c>
       <c r="K190" t="s">
         <v>23</v>
       </c>
       <c r="L190" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191">
-        <v>873</v>
+        <v>911</v>
       </c>
       <c r="B191" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C191" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="E191">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G191">
-        <v>205599.0</v>
+        <v>50300.0</v>
       </c>
       <c r="H191">
-        <v>40373.0</v>
+        <v>1800.0</v>
       </c>
       <c r="I191">
-        <v>165226.0</v>
+        <v>48500.0</v>
       </c>
       <c r="J191" t="s">
-        <v>33</v>
+        <v>217</v>
       </c>
       <c r="K191" t="s">
         <v>23</v>
       </c>
       <c r="L191" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192">
-        <v>1257</v>
+        <v>1219</v>
       </c>
       <c r="B192" t="s">
-        <v>288</v>
+        <v>232</v>
       </c>
       <c r="C192" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G192">
-        <v>141144.79</v>
+        <v>13000.0</v>
       </c>
       <c r="H192">
-        <v>97800.0</v>
+        <v>12500.0</v>
       </c>
       <c r="I192">
-        <v>43344.79</v>
+        <v>500.0</v>
       </c>
       <c r="J192" t="s">
-        <v>69</v>
+        <v>56</v>
       </c>
       <c r="K192" t="s">
         <v>23</v>
       </c>
       <c r="L192" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193">
-        <v>1337</v>
+        <v>1289</v>
       </c>
       <c r="B193" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="C193" t="s">
-        <v>290</v>
+        <v>21</v>
+      </c>
+      <c r="D193">
+        <v>2</v>
+      </c>
+      <c r="E193">
+        <v>2</v>
       </c>
       <c r="G193">
-        <v>5000.0</v>
+        <v>377445.0</v>
       </c>
       <c r="H193">
-        <v>12000.0</v>
+        <v>23400.0</v>
       </c>
       <c r="I193">
-        <v>-7000.0</v>
+        <v>354045.0</v>
       </c>
       <c r="J193" t="s">
-        <v>291</v>
+        <v>58</v>
       </c>
       <c r="K193" t="s">
         <v>23</v>
       </c>
       <c r="L193" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="194" spans="1:12">
       <c r="A194">
-        <v>1426</v>
+        <v>1392</v>
       </c>
       <c r="B194" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="C194" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="D194">
         <v>0</v>
       </c>
       <c r="E194">
         <v>0</v>
       </c>
       <c r="G194">
-        <v>7669.9</v>
+        <v>10672.49</v>
       </c>
       <c r="H194">
-        <v>4200.0</v>
+        <v>0.0</v>
       </c>
       <c r="I194">
-        <v>3469.9</v>
+        <v>10672.49</v>
       </c>
       <c r="J194" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="K194" t="s">
         <v>23</v>
       </c>
       <c r="L194" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="195" spans="1:12">
       <c r="A195">
-        <v>580</v>
+        <v>61</v>
       </c>
       <c r="B195" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C195" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="D195">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="E195">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F195">
         <v>0</v>
       </c>
       <c r="G195">
-        <v>707492.32</v>
+        <v>10270.61</v>
       </c>
       <c r="H195">
-        <v>120771.3</v>
+        <v>8928.57</v>
       </c>
       <c r="I195">
-        <v>586721.02</v>
+        <v>1342.04</v>
       </c>
       <c r="J195" t="s">
-        <v>171</v>
+        <v>227</v>
       </c>
       <c r="K195" t="s">
         <v>23</v>
       </c>
       <c r="L195" t="s">
-        <v>172</v>
+        <v>24</v>
       </c>
     </row>
     <row r="196" spans="1:12">
       <c r="A196">
-        <v>911</v>
+        <v>873</v>
       </c>
       <c r="B196" t="s">
         <v>236</v>
       </c>
       <c r="C196" t="s">
-        <v>26</v>
+        <v>21</v>
+      </c>
+      <c r="D196">
+        <v>1</v>
       </c>
       <c r="E196">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G196">
-        <v>50300.0</v>
+        <v>205599.0</v>
       </c>
       <c r="H196">
-        <v>1800.0</v>
+        <v>40373.0</v>
       </c>
       <c r="I196">
-        <v>48500.0</v>
+        <v>165226.0</v>
       </c>
       <c r="J196" t="s">
-        <v>219</v>
+        <v>22</v>
       </c>
       <c r="K196" t="s">
         <v>23</v>
       </c>
       <c r="L196" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="197" spans="1:12">
       <c r="A197">
-        <v>1219</v>
+        <v>1257</v>
       </c>
       <c r="B197" t="s">
-        <v>237</v>
+        <v>292</v>
       </c>
       <c r="C197" t="s">
-        <v>26</v>
+        <v>21</v>
+      </c>
+      <c r="D197">
+        <v>3</v>
+      </c>
+      <c r="E197">
+        <v>1</v>
       </c>
       <c r="G197">
-        <v>13000.0</v>
+        <v>141144.79</v>
       </c>
       <c r="H197">
-        <v>12500.0</v>
+        <v>97800.0</v>
       </c>
       <c r="I197">
-        <v>500.0</v>
+        <v>43344.79</v>
       </c>
       <c r="J197" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="K197" t="s">
         <v>23</v>
       </c>
       <c r="L197" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="198" spans="1:12">
       <c r="A198">
-        <v>1289</v>
+        <v>1337</v>
       </c>
       <c r="B198" t="s">
+        <v>293</v>
+      </c>
+      <c r="C198" t="s">
+        <v>294</v>
+      </c>
+      <c r="G198">
+        <v>5000.0</v>
+      </c>
+      <c r="H198">
+        <v>12000.0</v>
+      </c>
+      <c r="I198">
+        <v>-7000.0</v>
+      </c>
+      <c r="J198" t="s">
         <v>295</v>
       </c>
-      <c r="C198" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K198" t="s">
         <v>23</v>
       </c>
       <c r="L198" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
-        <v>1392</v>
+        <v>1426</v>
       </c>
       <c r="B199" t="s">
         <v>296</v>
       </c>
       <c r="C199" t="s">
         <v>297</v>
       </c>
       <c r="D199">
         <v>0</v>
       </c>
       <c r="E199">
         <v>0</v>
       </c>
       <c r="G199">
-        <v>10672.49</v>
+        <v>7669.9</v>
       </c>
       <c r="H199">
-        <v>0.0</v>
+        <v>4200.0</v>
       </c>
       <c r="I199">
-        <v>10672.49</v>
+        <v>3469.9</v>
       </c>
       <c r="J199" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="K199" t="s">
         <v>23</v>
       </c>
       <c r="L199" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
-        <v>851</v>
+        <v>1302</v>
       </c>
       <c r="B200" t="s">
         <v>298</v>
       </c>
       <c r="C200" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="G200">
-        <v>261505.32</v>
+        <v>30.0</v>
       </c>
       <c r="H200">
-        <v>17072.88</v>
+        <v>0.0</v>
       </c>
       <c r="I200">
-        <v>244432.44</v>
+        <v>30.0</v>
       </c>
       <c r="J200" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="K200" t="s">
         <v>23</v>
       </c>
       <c r="L200" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="201" spans="1:12">
       <c r="A201">
-        <v>920</v>
+        <v>1405</v>
       </c>
       <c r="B201" t="s">
         <v>299</v>
       </c>
       <c r="C201" t="s">
-        <v>49</v>
+        <v>300</v>
+      </c>
+      <c r="D201">
+        <v>2</v>
+      </c>
+      <c r="E201">
+        <v>0</v>
       </c>
       <c r="G201">
-        <v>8140.0</v>
+        <v>475909.0</v>
       </c>
       <c r="H201">
-        <v>13520.0</v>
+        <v>20000.0</v>
       </c>
       <c r="I201">
-        <v>-5380.0</v>
+        <v>455909.0</v>
       </c>
       <c r="J201" t="s">
-        <v>87</v>
+        <v>301</v>
       </c>
       <c r="K201" t="s">
         <v>23</v>
       </c>
       <c r="L201" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="202" spans="1:12">
       <c r="A202">
-        <v>1239</v>
+        <v>404</v>
       </c>
       <c r="B202" t="s">
-        <v>300</v>
+        <v>244</v>
       </c>
       <c r="C202" t="s">
-        <v>26</v>
+        <v>37</v>
+      </c>
+      <c r="D202">
+        <v>2</v>
       </c>
       <c r="E202">
         <v>1</v>
       </c>
+      <c r="F202">
+        <v>0</v>
+      </c>
       <c r="G202">
-        <v>46500.0</v>
+        <v>206444.44</v>
       </c>
       <c r="H202">
-        <v>5000.0</v>
+        <v>13922.94</v>
       </c>
       <c r="I202">
-        <v>41500.0</v>
+        <v>192521.5</v>
       </c>
       <c r="J202" t="s">
-        <v>209</v>
+        <v>245</v>
       </c>
       <c r="K202" t="s">
         <v>23</v>
       </c>
       <c r="L202" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="203" spans="1:12">
       <c r="A203">
-        <v>1302</v>
+        <v>895</v>
       </c>
       <c r="B203" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C203" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="G203">
-        <v>30.0</v>
+        <v>505000.0</v>
       </c>
       <c r="H203">
-        <v>0.0</v>
+        <v>102075.8</v>
       </c>
       <c r="I203">
-        <v>30.0</v>
+        <v>402924.2</v>
       </c>
       <c r="J203" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="K203" t="s">
         <v>23</v>
       </c>
       <c r="L203" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="204" spans="1:12">
       <c r="A204">
-        <v>1405</v>
+        <v>1093</v>
       </c>
       <c r="B204" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C204" t="s">
-        <v>303</v>
+        <v>138</v>
       </c>
       <c r="D204">
+        <v>1</v>
+      </c>
+      <c r="E204">
         <v>2</v>
       </c>
-      <c r="E204">
-[...1 lines deleted...]
-      </c>
       <c r="G204">
-        <v>475909.0</v>
+        <v>242877.46</v>
       </c>
       <c r="H204">
-        <v>20000.0</v>
+        <v>63867.24</v>
       </c>
       <c r="I204">
-        <v>455909.0</v>
+        <v>179010.22</v>
       </c>
       <c r="J204" t="s">
-        <v>304</v>
+        <v>217</v>
       </c>
       <c r="K204" t="s">
         <v>23</v>
       </c>
       <c r="L204" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="205" spans="1:12">
       <c r="A205">
-        <v>404</v>
+        <v>1270</v>
       </c>
       <c r="B205" t="s">
-        <v>247</v>
+        <v>304</v>
       </c>
       <c r="C205" t="s">
         <v>21</v>
       </c>
       <c r="D205">
-        <v>2</v>
+        <v>70</v>
       </c>
       <c r="E205">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>79</v>
       </c>
       <c r="G205">
-        <v>206444.44</v>
+        <v>68775866.45</v>
       </c>
       <c r="H205">
-        <v>13922.94</v>
+        <v>6814337.9</v>
       </c>
       <c r="I205">
-        <v>192521.5</v>
+        <v>61961528.55</v>
       </c>
       <c r="J205" t="s">
-        <v>248</v>
+        <v>205</v>
       </c>
       <c r="K205" t="s">
         <v>23</v>
       </c>
       <c r="L205" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="206" spans="1:12">
       <c r="A206">
-        <v>895</v>
+        <v>1364</v>
       </c>
       <c r="B206" t="s">
         <v>305</v>
       </c>
       <c r="C206" t="s">
-        <v>49</v>
+        <v>306</v>
+      </c>
+      <c r="D206">
+        <v>4</v>
+      </c>
+      <c r="E206">
+        <v>1</v>
       </c>
       <c r="G206">
-        <v>505000.0</v>
+        <v>748987.5</v>
       </c>
       <c r="H206">
-        <v>102075.8</v>
+        <v>222692.19</v>
       </c>
       <c r="I206">
-        <v>402924.2</v>
+        <v>526295.31</v>
       </c>
       <c r="J206" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="K206" t="s">
         <v>23</v>
       </c>
       <c r="L206" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="207" spans="1:12">
       <c r="A207">
-        <v>1093</v>
+        <v>851</v>
       </c>
       <c r="B207" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C207" t="s">
-        <v>140</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>64</v>
       </c>
       <c r="G207">
-        <v>242877.46</v>
+        <v>261505.32</v>
       </c>
       <c r="H207">
-        <v>63867.24</v>
+        <v>17072.88</v>
       </c>
       <c r="I207">
-        <v>179010.22</v>
+        <v>244432.44</v>
       </c>
       <c r="J207" t="s">
-        <v>219</v>
+        <v>58</v>
       </c>
       <c r="K207" t="s">
         <v>23</v>
       </c>
       <c r="L207" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="208" spans="1:12">
       <c r="A208">
-        <v>1270</v>
+        <v>920</v>
       </c>
       <c r="B208" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C208" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="G208">
-        <v>68775866.45</v>
+        <v>8140.0</v>
       </c>
       <c r="H208">
-        <v>6814337.9</v>
+        <v>13520.0</v>
       </c>
       <c r="I208">
-        <v>61961528.55</v>
+        <v>-5380.0</v>
       </c>
       <c r="J208" t="s">
-        <v>205</v>
+        <v>87</v>
       </c>
       <c r="K208" t="s">
         <v>23</v>
       </c>
       <c r="L208" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:12">
       <c r="A209">
-        <v>1364</v>
+        <v>1239</v>
       </c>
       <c r="B209" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C209" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="E209">
         <v>1</v>
       </c>
       <c r="G209">
-        <v>748987.5</v>
+        <v>46500.0</v>
       </c>
       <c r="H209">
-        <v>222692.19</v>
+        <v>5000.0</v>
       </c>
       <c r="I209">
-        <v>526295.31</v>
+        <v>41500.0</v>
       </c>
       <c r="J209" t="s">
-        <v>58</v>
+        <v>209</v>
       </c>
       <c r="K209" t="s">
         <v>23</v>
       </c>
       <c r="L209" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210">
         <v>506</v>
       </c>
       <c r="B210" t="s">
         <v>310</v>
       </c>
       <c r="C210" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D210">
         <v>3</v>
       </c>
       <c r="E210">
         <v>2</v>
       </c>
       <c r="F210">
         <v>0</v>
       </c>
       <c r="G210">
         <v>1572114.72</v>
       </c>
       <c r="H210">
         <v>0.0</v>
       </c>
       <c r="I210">
         <v>1572114.72</v>
       </c>
       <c r="J210" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K210" t="s">
         <v>23</v>
       </c>
       <c r="L210" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211">
         <v>905</v>
       </c>
       <c r="B211" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="C211" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D211">
         <v>1</v>
       </c>
       <c r="E211">
         <v>1</v>
       </c>
       <c r="G211">
         <v>119054.68</v>
       </c>
       <c r="H211">
         <v>42500.0</v>
       </c>
       <c r="I211">
         <v>76554.68</v>
       </c>
       <c r="J211" t="s">
         <v>73</v>
       </c>
       <c r="K211" t="s">
         <v>23</v>
       </c>
       <c r="L211" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="212" spans="1:12">
       <c r="A212">
         <v>1210</v>
       </c>
       <c r="B212" t="s">
         <v>311</v>
       </c>
       <c r="C212" t="s">
         <v>312</v>
       </c>
       <c r="D212">
         <v>1</v>
       </c>
       <c r="G212">
         <v>80000.0</v>
       </c>
       <c r="H212">
         <v>0.0</v>
       </c>
       <c r="I212">
         <v>80000.0</v>
       </c>
       <c r="J212" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="K212" t="s">
         <v>23</v>
       </c>
       <c r="L212" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213">
         <v>1283</v>
       </c>
       <c r="B213" t="s">
         <v>313</v>
       </c>
       <c r="C213" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D213">
         <v>4</v>
       </c>
       <c r="E213">
         <v>1</v>
       </c>
       <c r="G213">
         <v>468004.02</v>
       </c>
       <c r="H213">
         <v>14286.06</v>
       </c>
       <c r="I213">
         <v>453717.96</v>
       </c>
       <c r="J213" t="s">
         <v>314</v>
       </c>
       <c r="K213" t="s">
         <v>23</v>
       </c>
       <c r="L213" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214">
         <v>1386</v>
       </c>
       <c r="B214" t="s">
         <v>315</v>
       </c>
       <c r="C214" t="s">
         <v>160</v>
       </c>
       <c r="D214">
         <v>8</v>
       </c>
       <c r="E214">
         <v>1</v>
       </c>
       <c r="G214">
         <v>1120720.19</v>
       </c>
       <c r="H214">
         <v>20200.0</v>
       </c>
       <c r="I214">
         <v>1100520.19</v>
       </c>
       <c r="J214" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="K214" t="s">
         <v>23</v>
       </c>
       <c r="L214" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="215" spans="1:12">
       <c r="A215">
         <v>870</v>
       </c>
       <c r="B215" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C215" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="G215">
         <v>3950.0</v>
       </c>
       <c r="H215">
         <v>150000.0</v>
       </c>
       <c r="I215">
         <v>-146050.0</v>
       </c>
       <c r="J215" t="s">
         <v>205</v>
       </c>
       <c r="K215" t="s">
         <v>23</v>
       </c>
       <c r="L215" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="216" spans="1:12">
       <c r="A216">
         <v>981</v>
       </c>
       <c r="B216" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="C216" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G216">
         <v>4572689.26</v>
       </c>
       <c r="H216">
         <v>3572.88</v>
       </c>
       <c r="I216">
         <v>4569116.38</v>
       </c>
       <c r="J216" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="K216" t="s">
         <v>23</v>
       </c>
       <c r="L216" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="217" spans="1:12">
       <c r="A217">
         <v>1256</v>
       </c>
       <c r="B217" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="C217" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D217">
         <v>1</v>
       </c>
       <c r="G217">
         <v>1502889.42</v>
       </c>
       <c r="H217">
         <v>859041.14</v>
       </c>
       <c r="I217">
         <v>643848.28</v>
       </c>
       <c r="J217" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="K217" t="s">
         <v>23</v>
       </c>
       <c r="L217" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218">
         <v>1315</v>
       </c>
       <c r="B218" t="s">
         <v>316</v>
       </c>
       <c r="C218" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E218">
         <v>1</v>
       </c>
       <c r="G218">
         <v>310323.68</v>
       </c>
       <c r="H218">
         <v>8000.0</v>
       </c>
       <c r="I218">
         <v>302323.68</v>
       </c>
       <c r="J218" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="K218" t="s">
         <v>23</v>
       </c>
       <c r="L218" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219">
         <v>1419</v>
       </c>
       <c r="B219" t="s">
         <v>317</v>
       </c>
       <c r="C219" t="s">
         <v>318</v>
       </c>
       <c r="D219">
         <v>0</v>
       </c>
       <c r="E219">
         <v>0</v>
       </c>
       <c r="G219">
         <v>63.0</v>
       </c>
       <c r="H219">
         <v>6300.0</v>
       </c>
       <c r="I219">
         <v>-6237.0</v>
       </c>
       <c r="J219" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="K219" t="s">
         <v>23</v>
       </c>
       <c r="L219" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220">
-        <v>1399</v>
+        <v>97</v>
       </c>
       <c r="B220" t="s">
-        <v>319</v>
+        <v>265</v>
       </c>
       <c r="C220" t="s">
-        <v>320</v>
+        <v>21</v>
       </c>
       <c r="D220">
         <v>1</v>
       </c>
-      <c r="E220">
-[...1 lines deleted...]
-      </c>
       <c r="G220">
-        <v>1170686.16</v>
+        <v>110100.0</v>
       </c>
       <c r="H220">
-        <v>128800.0</v>
+        <v>137102.62</v>
       </c>
       <c r="I220">
-        <v>1041886.16</v>
+        <v>-27002.62</v>
       </c>
       <c r="J220" t="s">
-        <v>321</v>
+        <v>42</v>
       </c>
       <c r="K220" t="s">
         <v>23</v>
       </c>
       <c r="L220" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221">
-        <v>97</v>
+        <v>890</v>
       </c>
       <c r="B221" t="s">
-        <v>265</v>
+        <v>319</v>
       </c>
       <c r="C221" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="G221">
-        <v>110100.0</v>
+        <v>251840.13</v>
       </c>
       <c r="H221">
-        <v>137102.62</v>
+        <v>17296.79</v>
       </c>
       <c r="I221">
-        <v>-27002.62</v>
+        <v>234543.34</v>
       </c>
       <c r="J221" t="s">
-        <v>31</v>
+        <v>121</v>
       </c>
       <c r="K221" t="s">
         <v>23</v>
       </c>
       <c r="L221" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="222" spans="1:12">
       <c r="A222">
-        <v>890</v>
+        <v>1070</v>
       </c>
       <c r="B222" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C222" t="s">
-        <v>49</v>
+        <v>321</v>
       </c>
       <c r="G222">
-        <v>251840.13</v>
+        <v>392600.0</v>
       </c>
       <c r="H222">
-        <v>17296.79</v>
+        <v>152000.0</v>
       </c>
       <c r="I222">
-        <v>234543.34</v>
+        <v>240600.0</v>
       </c>
       <c r="J222" t="s">
-        <v>114</v>
+        <v>217</v>
       </c>
       <c r="K222" t="s">
         <v>23</v>
       </c>
       <c r="L222" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223">
-        <v>1070</v>
+        <v>1264</v>
       </c>
       <c r="B223" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C223" t="s">
-        <v>324</v>
+        <v>21</v>
+      </c>
+      <c r="D223">
+        <v>3</v>
+      </c>
+      <c r="E223">
+        <v>2</v>
       </c>
       <c r="G223">
-        <v>392600.0</v>
+        <v>112809.3</v>
       </c>
       <c r="H223">
-        <v>152000.0</v>
+        <v>25700.0</v>
       </c>
       <c r="I223">
-        <v>240600.0</v>
+        <v>87109.3</v>
       </c>
       <c r="J223" t="s">
-        <v>219</v>
+        <v>42</v>
       </c>
       <c r="K223" t="s">
         <v>23</v>
       </c>
       <c r="L223" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224">
-        <v>1264</v>
+        <v>1353</v>
       </c>
       <c r="B224" t="s">
+        <v>323</v>
+      </c>
+      <c r="C224" t="s">
+        <v>324</v>
+      </c>
+      <c r="G224">
+        <v>34396.81</v>
+      </c>
+      <c r="H224">
+        <v>0.0</v>
+      </c>
+      <c r="I224">
+        <v>34396.81</v>
+      </c>
+      <c r="J224" t="s">
         <v>325</v>
       </c>
-      <c r="C224" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K224" t="s">
         <v>23</v>
       </c>
       <c r="L224" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225">
-        <v>1353</v>
+        <v>806</v>
       </c>
       <c r="B225" t="s">
         <v>326</v>
       </c>
       <c r="C225" t="s">
-        <v>327</v>
+        <v>64</v>
       </c>
       <c r="G225">
-        <v>34396.81</v>
+        <v>593120.03</v>
       </c>
       <c r="H225">
-        <v>0.0</v>
+        <v>69039.94</v>
       </c>
       <c r="I225">
-        <v>34396.81</v>
+        <v>524080.09</v>
       </c>
       <c r="J225" t="s">
-        <v>328</v>
+        <v>56</v>
       </c>
       <c r="K225" t="s">
         <v>23</v>
       </c>
       <c r="L225" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226">
-        <v>806</v>
+        <v>917</v>
       </c>
       <c r="B226" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="C226" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G226">
-        <v>593120.03</v>
+        <v>28173.33</v>
       </c>
       <c r="H226">
-        <v>69039.94</v>
+        <v>15216.23</v>
       </c>
       <c r="I226">
-        <v>524080.09</v>
+        <v>12957.1</v>
       </c>
       <c r="J226" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="K226" t="s">
         <v>23</v>
       </c>
       <c r="L226" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227">
-        <v>917</v>
+        <v>1231</v>
       </c>
       <c r="B227" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C227" t="s">
-        <v>49</v>
+        <v>21</v>
+      </c>
+      <c r="D227">
+        <v>5</v>
+      </c>
+      <c r="E227">
+        <v>1</v>
       </c>
       <c r="G227">
-        <v>28173.33</v>
+        <v>414885.94</v>
       </c>
       <c r="H227">
-        <v>15216.23</v>
+        <v>169.34</v>
       </c>
       <c r="I227">
-        <v>12957.1</v>
+        <v>414716.6</v>
       </c>
       <c r="J227" t="s">
-        <v>63</v>
+        <v>329</v>
       </c>
       <c r="K227" t="s">
         <v>23</v>
       </c>
       <c r="L227" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228">
-        <v>1231</v>
+        <v>1296</v>
       </c>
       <c r="B228" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="C228" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D228">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E228">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G228">
-        <v>414885.94</v>
+        <v>284352.41</v>
       </c>
       <c r="H228">
-        <v>169.34</v>
+        <v>66722.07</v>
       </c>
       <c r="I228">
-        <v>414716.6</v>
+        <v>217630.34</v>
       </c>
       <c r="J228" t="s">
-        <v>332</v>
+        <v>260</v>
       </c>
       <c r="K228" t="s">
         <v>23</v>
       </c>
       <c r="L228" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229">
-        <v>1296</v>
+        <v>1399</v>
       </c>
       <c r="B229" t="s">
+        <v>331</v>
+      </c>
+      <c r="C229" t="s">
+        <v>332</v>
+      </c>
+      <c r="D229">
+        <v>1</v>
+      </c>
+      <c r="E229">
+        <v>4</v>
+      </c>
+      <c r="G229">
+        <v>1170686.16</v>
+      </c>
+      <c r="H229">
+        <v>128800.0</v>
+      </c>
+      <c r="I229">
+        <v>1041886.16</v>
+      </c>
+      <c r="J229" t="s">
         <v>333</v>
       </c>
-      <c r="C229" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K229" t="s">
         <v>23</v>
       </c>
       <c r="L229" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230">
-        <v>900</v>
+        <v>863</v>
       </c>
       <c r="B230" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="C230" t="s">
-        <v>26</v>
+        <v>21</v>
+      </c>
+      <c r="D230">
+        <v>3</v>
       </c>
       <c r="E230">
         <v>1</v>
       </c>
       <c r="G230">
-        <v>20198.0</v>
+        <v>130859.0</v>
       </c>
       <c r="H230">
-        <v>32864.64</v>
+        <v>16548.0</v>
       </c>
       <c r="I230">
-        <v>-12666.64</v>
+        <v>114311.0</v>
       </c>
       <c r="J230" t="s">
-        <v>209</v>
+        <v>22</v>
       </c>
       <c r="K230" t="s">
         <v>23</v>
       </c>
       <c r="L230" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231">
-        <v>1132</v>
+        <v>930</v>
       </c>
       <c r="B231" t="s">
-        <v>334</v>
+        <v>274</v>
       </c>
       <c r="C231" t="s">
-        <v>335</v>
+        <v>21</v>
       </c>
       <c r="D231">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E231">
         <v>1</v>
       </c>
       <c r="G231">
-        <v>29600.0</v>
+        <v>324095.0</v>
       </c>
       <c r="H231">
-        <v>19700.0</v>
+        <v>10000.0</v>
       </c>
       <c r="I231">
-        <v>9900.0</v>
+        <v>314095.0</v>
       </c>
       <c r="J231" t="s">
-        <v>84</v>
+        <v>112</v>
       </c>
       <c r="K231" t="s">
         <v>23</v>
       </c>
       <c r="L231" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
-        <v>1277</v>
+        <v>1252</v>
       </c>
       <c r="B232" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="C232" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="E232">
         <v>1</v>
       </c>
       <c r="G232">
-        <v>978900.0</v>
+        <v>12000.0</v>
       </c>
       <c r="H232">
-        <v>67000.0</v>
+        <v>2500.0</v>
       </c>
       <c r="I232">
-        <v>911900.0</v>
+        <v>9500.0</v>
       </c>
       <c r="J232" t="s">
-        <v>205</v>
+        <v>39</v>
       </c>
       <c r="K232" t="s">
         <v>23</v>
       </c>
       <c r="L232" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
-        <v>1375</v>
+        <v>1309</v>
       </c>
       <c r="B233" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="C233" t="s">
         <v>21</v>
       </c>
-      <c r="D233">
-[...4 lines deleted...]
-      </c>
       <c r="G233">
-        <v>95000.0</v>
+        <v>365600.0</v>
       </c>
       <c r="H233">
-        <v>0.0</v>
+        <v>153000.0</v>
       </c>
       <c r="I233">
-        <v>95000.0</v>
+        <v>212600.0</v>
       </c>
       <c r="J233" t="s">
-        <v>35</v>
+        <v>185</v>
       </c>
       <c r="K233" t="s">
         <v>23</v>
       </c>
       <c r="L233" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="234" spans="1:12">
       <c r="A234">
-        <v>863</v>
+        <v>1413</v>
       </c>
       <c r="B234" t="s">
-        <v>276</v>
+        <v>336</v>
       </c>
       <c r="C234" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="D234">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E234">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G234">
-        <v>130859.0</v>
+        <v>65730.0</v>
       </c>
       <c r="H234">
-        <v>16548.0</v>
+        <v>60000.0</v>
       </c>
       <c r="I234">
-        <v>114311.0</v>
+        <v>5730.0</v>
       </c>
       <c r="J234" t="s">
-        <v>33</v>
+        <v>106</v>
       </c>
       <c r="K234" t="s">
         <v>23</v>
       </c>
       <c r="L234" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="235" spans="1:12">
       <c r="A235">
-        <v>930</v>
+        <v>458</v>
       </c>
       <c r="B235" t="s">
-        <v>277</v>
+        <v>337</v>
       </c>
       <c r="C235" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="D235">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E235">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="F235">
+        <v>0</v>
       </c>
       <c r="G235">
-        <v>324095.0</v>
+        <v>521877.0</v>
       </c>
       <c r="H235">
-        <v>10000.0</v>
+        <v>181479.0</v>
       </c>
       <c r="I235">
-        <v>314095.0</v>
+        <v>340398.0</v>
       </c>
       <c r="J235" t="s">
-        <v>120</v>
+        <v>338</v>
       </c>
       <c r="K235" t="s">
         <v>23</v>
       </c>
       <c r="L235" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
     </row>
     <row r="236" spans="1:12">
       <c r="A236">
-        <v>1252</v>
+        <v>900</v>
       </c>
       <c r="B236" t="s">
-        <v>338</v>
+        <v>281</v>
       </c>
       <c r="C236" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E236">
         <v>1</v>
       </c>
       <c r="G236">
-        <v>12000.0</v>
+        <v>20198.0</v>
       </c>
       <c r="H236">
-        <v>2500.0</v>
+        <v>32864.64</v>
       </c>
       <c r="I236">
-        <v>9500.0</v>
+        <v>-12666.64</v>
       </c>
       <c r="J236" t="s">
-        <v>27</v>
+        <v>209</v>
       </c>
       <c r="K236" t="s">
         <v>23</v>
       </c>
       <c r="L236" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="237" spans="1:12">
       <c r="A237">
-        <v>1309</v>
+        <v>1132</v>
       </c>
       <c r="B237" t="s">
         <v>339</v>
       </c>
       <c r="C237" t="s">
-        <v>26</v>
+        <v>340</v>
+      </c>
+      <c r="D237">
+        <v>0</v>
+      </c>
+      <c r="E237">
+        <v>1</v>
       </c>
       <c r="G237">
-        <v>365600.0</v>
+        <v>29600.0</v>
       </c>
       <c r="H237">
-        <v>153000.0</v>
+        <v>19700.0</v>
       </c>
       <c r="I237">
-        <v>212600.0</v>
+        <v>9900.0</v>
       </c>
       <c r="J237" t="s">
-        <v>190</v>
+        <v>84</v>
       </c>
       <c r="K237" t="s">
         <v>23</v>
       </c>
       <c r="L237" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="238" spans="1:12">
       <c r="A238">
-        <v>1413</v>
+        <v>1277</v>
       </c>
       <c r="B238" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C238" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="D238">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E238">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G238">
-        <v>65730.0</v>
+        <v>978900.0</v>
       </c>
       <c r="H238">
-        <v>60000.0</v>
+        <v>67000.0</v>
       </c>
       <c r="I238">
-        <v>5730.0</v>
+        <v>911900.0</v>
       </c>
       <c r="J238" t="s">
-        <v>92</v>
+        <v>205</v>
       </c>
       <c r="K238" t="s">
         <v>23</v>
       </c>
       <c r="L238" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="239" spans="1:12">
       <c r="A239">
-        <v>458</v>
+        <v>1375</v>
       </c>
       <c r="B239" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C239" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D239">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E239">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="F239">
         <v>0</v>
       </c>
       <c r="G239">
-        <v>521877.0</v>
+        <v>95000.0</v>
       </c>
       <c r="H239">
-        <v>181479.0</v>
+        <v>0.0</v>
       </c>
       <c r="I239">
-        <v>340398.0</v>
+        <v>95000.0</v>
       </c>
       <c r="J239" t="s">
-        <v>342</v>
+        <v>45</v>
       </c>
       <c r="K239" t="s">
         <v>23</v>
       </c>
       <c r="L239" t="s">
-        <v>172</v>
+        <v>35</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240">
-        <v>61</v>
+        <v>1427</v>
       </c>
       <c r="B240" t="s">
-        <v>287</v>
+        <v>343</v>
       </c>
       <c r="C240" t="s">
-        <v>26</v>
+        <v>344</v>
+      </c>
+      <c r="D240">
+        <v>0</v>
       </c>
       <c r="E240">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G240">
-        <v>30122.0</v>
+        <v>10744.89</v>
       </c>
       <c r="H240">
-        <v>26637.0</v>
+        <v>14310.21</v>
       </c>
       <c r="I240">
-        <v>3485.0</v>
+        <v>-3565.32</v>
       </c>
       <c r="J240" t="s">
-        <v>229</v>
+        <v>98</v>
       </c>
       <c r="K240" t="s">
         <v>23</v>
       </c>
       <c r="L240" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="241" spans="1:12">
       <c r="A241">
-        <v>878</v>
+        <v>582</v>
       </c>
       <c r="B241" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C241" t="s">
-        <v>49</v>
+        <v>37</v>
+      </c>
+      <c r="D241">
+        <v>4</v>
+      </c>
+      <c r="E241">
+        <v>1</v>
+      </c>
+      <c r="F241">
+        <v>0</v>
       </c>
       <c r="G241">
-        <v>17518.0</v>
+        <v>146614.35</v>
       </c>
       <c r="H241">
-        <v>7000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I241">
-        <v>10518.0</v>
+        <v>146614.35</v>
       </c>
       <c r="J241" t="s">
-        <v>344</v>
+        <v>165</v>
       </c>
       <c r="K241" t="s">
         <v>23</v>
       </c>
       <c r="L241" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
     </row>
     <row r="242" spans="1:12">
       <c r="A242">
-        <v>1063</v>
+        <v>912</v>
       </c>
       <c r="B242" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C242" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G242">
-        <v>1453.61</v>
+        <v>112589.87</v>
       </c>
       <c r="H242">
-        <v>16349.4</v>
+        <v>7965.56</v>
       </c>
       <c r="I242">
-        <v>-14895.79</v>
+        <v>104624.31</v>
       </c>
       <c r="J242" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="K242" t="s">
         <v>23</v>
       </c>
       <c r="L242" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="243" spans="1:12">
       <c r="A243">
-        <v>1258</v>
+        <v>1223</v>
       </c>
       <c r="B243" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C243" t="s">
-        <v>26</v>
+        <v>21</v>
+      </c>
+      <c r="D243">
+        <v>1</v>
+      </c>
+      <c r="E243">
+        <v>2</v>
       </c>
       <c r="G243">
-        <v>6.53</v>
+        <v>382374.71</v>
       </c>
       <c r="H243">
-        <v>0.0</v>
+        <v>4000.0</v>
       </c>
       <c r="I243">
-        <v>6.53</v>
+        <v>378374.71</v>
       </c>
       <c r="J243" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="K243" t="s">
         <v>23</v>
       </c>
       <c r="L243" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="244" spans="1:12">
       <c r="A244">
-        <v>1338</v>
+        <v>1290</v>
       </c>
       <c r="B244" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C244" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G244">
-        <v>45109.11</v>
+        <v>6720.04</v>
       </c>
       <c r="H244">
-        <v>0.0</v>
+        <v>2248.1</v>
       </c>
       <c r="I244">
-        <v>45109.11</v>
+        <v>4471.94</v>
       </c>
       <c r="J244" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="K244" t="s">
         <v>23</v>
       </c>
       <c r="L244" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="245" spans="1:12">
       <c r="A245">
-        <v>1427</v>
+        <v>1393</v>
       </c>
       <c r="B245" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C245" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D245">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E245">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G245">
-        <v>10744.89</v>
+        <v>145314.6</v>
       </c>
       <c r="H245">
-        <v>14310.21</v>
+        <v>112153.66</v>
       </c>
       <c r="I245">
-        <v>-3565.32</v>
+        <v>33160.94</v>
       </c>
       <c r="J245" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="K245" t="s">
         <v>23</v>
       </c>
       <c r="L245" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="246" spans="1:12">
       <c r="A246">
-        <v>582</v>
+        <v>61</v>
       </c>
       <c r="B246" t="s">
-        <v>350</v>
+        <v>291</v>
       </c>
       <c r="C246" t="s">
         <v>21</v>
       </c>
-      <c r="D246">
-[...1 lines deleted...]
-      </c>
       <c r="E246">
         <v>1</v>
       </c>
-      <c r="F246">
-[...1 lines deleted...]
-      </c>
       <c r="G246">
-        <v>146614.35</v>
+        <v>30122.0</v>
       </c>
       <c r="H246">
-        <v>0.0</v>
+        <v>26637.0</v>
       </c>
       <c r="I246">
-        <v>146614.35</v>
+        <v>3485.0</v>
       </c>
       <c r="J246" t="s">
-        <v>171</v>
+        <v>227</v>
       </c>
       <c r="K246" t="s">
         <v>23</v>
       </c>
       <c r="L246" t="s">
-        <v>172</v>
+        <v>24</v>
       </c>
     </row>
     <row r="247" spans="1:12">
       <c r="A247">
-        <v>912</v>
+        <v>878</v>
       </c>
       <c r="B247" t="s">
         <v>351</v>
       </c>
       <c r="C247" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G247">
-        <v>112589.87</v>
+        <v>17518.0</v>
       </c>
       <c r="H247">
-        <v>7965.56</v>
+        <v>7000.0</v>
       </c>
       <c r="I247">
-        <v>104624.31</v>
+        <v>10518.0</v>
       </c>
       <c r="J247" t="s">
-        <v>31</v>
+        <v>352</v>
       </c>
       <c r="K247" t="s">
         <v>23</v>
       </c>
       <c r="L247" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="248" spans="1:12">
       <c r="A248">
-        <v>1223</v>
+        <v>1063</v>
       </c>
       <c r="B248" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C248" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>64</v>
       </c>
       <c r="G248">
-        <v>382374.71</v>
+        <v>1453.61</v>
       </c>
       <c r="H248">
-        <v>4000.0</v>
+        <v>16349.4</v>
       </c>
       <c r="I248">
-        <v>378374.71</v>
+        <v>-14895.79</v>
       </c>
       <c r="J248" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K248" t="s">
         <v>23</v>
       </c>
       <c r="L248" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="249" spans="1:12">
       <c r="A249">
-        <v>1290</v>
+        <v>1258</v>
       </c>
       <c r="B249" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C249" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="G249">
-        <v>6720.04</v>
+        <v>6.53</v>
       </c>
       <c r="H249">
-        <v>2248.1</v>
+        <v>0.0</v>
       </c>
       <c r="I249">
-        <v>4471.94</v>
+        <v>6.53</v>
       </c>
       <c r="J249" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="K249" t="s">
         <v>23</v>
       </c>
       <c r="L249" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="250" spans="1:12">
       <c r="A250">
-        <v>1393</v>
+        <v>1338</v>
       </c>
       <c r="B250" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C250" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="G250">
-        <v>145314.6</v>
+        <v>45109.11</v>
       </c>
       <c r="H250">
-        <v>112153.66</v>
+        <v>0.0</v>
       </c>
       <c r="I250">
-        <v>33160.94</v>
+        <v>45109.11</v>
       </c>
       <c r="J250" t="s">
-        <v>104</v>
+        <v>61</v>
       </c>
       <c r="K250" t="s">
         <v>23</v>
       </c>
       <c r="L250" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="251" spans="1:12">
       <c r="A251">
-        <v>851</v>
+        <v>1240</v>
       </c>
       <c r="B251" t="s">
-        <v>298</v>
+        <v>356</v>
       </c>
       <c r="C251" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D251">
         <v>2</v>
       </c>
       <c r="E251">
         <v>1</v>
       </c>
       <c r="G251">
-        <v>250300.0</v>
+        <v>252500.0</v>
       </c>
       <c r="H251">
-        <v>6000.0</v>
+        <v>93600.0</v>
       </c>
       <c r="I251">
-        <v>244300.0</v>
+        <v>158900.0</v>
       </c>
       <c r="J251" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="K251" t="s">
         <v>23</v>
       </c>
       <c r="L251" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:12">
       <c r="A252">
-        <v>920</v>
+        <v>1303</v>
       </c>
       <c r="B252" t="s">
-        <v>299</v>
+        <v>357</v>
       </c>
       <c r="C252" t="s">
-        <v>26</v>
+        <v>21</v>
+      </c>
+      <c r="D252">
+        <v>5</v>
       </c>
       <c r="E252">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G252">
-        <v>33940.0</v>
+        <v>548738.0</v>
       </c>
       <c r="H252">
-        <v>6400.0</v>
+        <v>18946.0</v>
       </c>
       <c r="I252">
-        <v>27540.0</v>
+        <v>529792.0</v>
       </c>
       <c r="J252" t="s">
-        <v>87</v>
+        <v>251</v>
       </c>
       <c r="K252" t="s">
         <v>23</v>
       </c>
       <c r="L252" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="253" spans="1:12">
       <c r="A253">
-        <v>1240</v>
+        <v>1406</v>
       </c>
       <c r="B253" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C253" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="D253">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E253">
         <v>1</v>
       </c>
       <c r="G253">
-        <v>252500.0</v>
+        <v>635643.0</v>
       </c>
       <c r="H253">
-        <v>93600.0</v>
+        <v>203950.0</v>
       </c>
       <c r="I253">
-        <v>158900.0</v>
+        <v>431693.0</v>
       </c>
       <c r="J253" t="s">
-        <v>41</v>
+        <v>359</v>
       </c>
       <c r="K253" t="s">
         <v>23</v>
       </c>
       <c r="L253" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="254" spans="1:12">
       <c r="A254">
-        <v>1303</v>
+        <v>410</v>
       </c>
       <c r="B254" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C254" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="D254">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E254">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="F254">
+        <v>0</v>
       </c>
       <c r="G254">
-        <v>548738.0</v>
+        <v>222518.69</v>
       </c>
       <c r="H254">
-        <v>18946.0</v>
+        <v>12000.0</v>
       </c>
       <c r="I254">
-        <v>529792.0</v>
+        <v>210518.69</v>
       </c>
       <c r="J254" t="s">
-        <v>243</v>
+        <v>223</v>
       </c>
       <c r="K254" t="s">
         <v>23</v>
       </c>
       <c r="L254" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
     </row>
     <row r="255" spans="1:12">
       <c r="A255">
-        <v>1406</v>
+        <v>895</v>
       </c>
       <c r="B255" t="s">
-        <v>358</v>
+        <v>302</v>
       </c>
       <c r="C255" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="D255">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G255">
-        <v>635643.0</v>
+        <v>498460.0</v>
       </c>
       <c r="H255">
-        <v>203950.0</v>
+        <v>44220.05</v>
       </c>
       <c r="I255">
-        <v>431693.0</v>
+        <v>454239.95</v>
       </c>
       <c r="J255" t="s">
-        <v>359</v>
+        <v>42</v>
       </c>
       <c r="K255" t="s">
         <v>23</v>
       </c>
       <c r="L255" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256">
-        <v>410</v>
+        <v>1093</v>
       </c>
       <c r="B256" t="s">
-        <v>360</v>
+        <v>303</v>
       </c>
       <c r="C256" t="s">
         <v>21</v>
       </c>
       <c r="D256">
         <v>1</v>
       </c>
       <c r="E256">
         <v>2</v>
       </c>
-      <c r="F256">
-[...1 lines deleted...]
-      </c>
       <c r="G256">
-        <v>222518.69</v>
+        <v>236616.86</v>
       </c>
       <c r="H256">
-        <v>12000.0</v>
+        <v>69100.87</v>
       </c>
       <c r="I256">
-        <v>210518.69</v>
+        <v>167515.99</v>
       </c>
       <c r="J256" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="K256" t="s">
         <v>23</v>
       </c>
       <c r="L256" t="s">
-        <v>172</v>
+        <v>24</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257">
-        <v>895</v>
+        <v>1272</v>
       </c>
       <c r="B257" t="s">
-        <v>305</v>
+        <v>361</v>
       </c>
       <c r="C257" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D257">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="E257">
+        <v>2</v>
       </c>
       <c r="G257">
-        <v>498460.0</v>
+        <v>282566.84</v>
       </c>
       <c r="H257">
-        <v>44220.05</v>
+        <v>123980.79</v>
       </c>
       <c r="I257">
-        <v>454239.95</v>
+        <v>158586.05</v>
       </c>
       <c r="J257" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="K257" t="s">
         <v>23</v>
       </c>
       <c r="L257" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="258" spans="1:12">
       <c r="A258">
-        <v>1093</v>
+        <v>1366</v>
       </c>
       <c r="B258" t="s">
-        <v>306</v>
+        <v>362</v>
       </c>
       <c r="C258" t="s">
-        <v>26</v>
+        <v>363</v>
       </c>
       <c r="D258">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="E258">
         <v>2</v>
       </c>
       <c r="G258">
-        <v>236616.86</v>
+        <v>111000.0</v>
       </c>
       <c r="H258">
-        <v>69100.87</v>
+        <v>0.0</v>
       </c>
       <c r="I258">
-        <v>167515.99</v>
+        <v>111000.0</v>
       </c>
       <c r="J258" t="s">
-        <v>219</v>
+        <v>45</v>
       </c>
       <c r="K258" t="s">
         <v>23</v>
       </c>
       <c r="L258" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="259" spans="1:12">
       <c r="A259">
-        <v>1272</v>
+        <v>851</v>
       </c>
       <c r="B259" t="s">
-        <v>361</v>
+        <v>307</v>
       </c>
       <c r="C259" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D259">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E259">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G259">
-        <v>282566.84</v>
+        <v>250300.0</v>
       </c>
       <c r="H259">
-        <v>123980.79</v>
+        <v>6000.0</v>
       </c>
       <c r="I259">
-        <v>158586.05</v>
+        <v>244300.0</v>
       </c>
       <c r="J259" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="K259" t="s">
         <v>23</v>
       </c>
       <c r="L259" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260">
-        <v>1366</v>
+        <v>920</v>
       </c>
       <c r="B260" t="s">
-        <v>362</v>
+        <v>308</v>
       </c>
       <c r="C260" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="D260">
+        <v>21</v>
+      </c>
+      <c r="E260">
         <v>2</v>
       </c>
       <c r="G260">
-        <v>111000.0</v>
+        <v>33940.0</v>
       </c>
       <c r="H260">
-        <v>0.0</v>
+        <v>6400.0</v>
       </c>
       <c r="I260">
-        <v>111000.0</v>
+        <v>27540.0</v>
       </c>
       <c r="J260" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="K260" t="s">
         <v>23</v>
       </c>
       <c r="L260" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261">
         <v>508</v>
       </c>
       <c r="B261" t="s">
         <v>364</v>
       </c>
       <c r="C261" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="E261">
         <v>2</v>
       </c>
       <c r="F261">
         <v>0</v>
       </c>
       <c r="G261">
         <v>401023.56</v>
       </c>
       <c r="H261">
         <v>83755.0</v>
       </c>
       <c r="I261">
         <v>317268.56</v>
       </c>
       <c r="J261" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K261" t="s">
         <v>23</v>
       </c>
       <c r="L261" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="262" spans="1:12">
       <c r="A262">
         <v>907</v>
       </c>
       <c r="B262" t="s">
         <v>365</v>
       </c>
       <c r="C262" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G262">
         <v>25450.0</v>
       </c>
       <c r="H262">
         <v>17100.0</v>
       </c>
       <c r="I262">
         <v>8350.0</v>
       </c>
       <c r="J262" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="K262" t="s">
         <v>23</v>
       </c>
       <c r="L262" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="263" spans="1:12">
       <c r="A263">
         <v>1214</v>
       </c>
       <c r="B263" t="s">
         <v>366</v>
       </c>
       <c r="C263" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G263">
         <v>599.95</v>
       </c>
       <c r="H263">
         <v>1100.0</v>
       </c>
       <c r="I263">
         <v>-500.05</v>
       </c>
       <c r="J263" t="s">
         <v>367</v>
       </c>
       <c r="K263" t="s">
         <v>23</v>
       </c>
       <c r="L263" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="264" spans="1:12">
       <c r="A264">
         <v>1284</v>
       </c>
       <c r="B264" t="s">
         <v>368</v>
       </c>
       <c r="C264" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D264">
         <v>4</v>
       </c>
       <c r="E264">
         <v>1</v>
       </c>
       <c r="G264">
         <v>239977.08</v>
       </c>
       <c r="H264">
         <v>1643.0</v>
       </c>
       <c r="I264">
         <v>238334.08</v>
       </c>
       <c r="J264" t="s">
         <v>314</v>
       </c>
       <c r="K264" t="s">
         <v>23</v>
       </c>
       <c r="L264" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="265" spans="1:12">
       <c r="A265">
         <v>1387</v>
       </c>
       <c r="B265" t="s">
         <v>369</v>
       </c>
       <c r="C265" t="s">
         <v>75</v>
       </c>
       <c r="D265">
         <v>3</v>
       </c>
       <c r="E265">
         <v>1</v>
       </c>
       <c r="G265">
         <v>666461.73</v>
       </c>
       <c r="H265">
         <v>185429.99</v>
       </c>
       <c r="I265">
         <v>481031.74</v>
       </c>
       <c r="J265" t="s">
+        <v>45</v>
+      </c>
+      <c r="K265" t="s">
+        <v>23</v>
+      </c>
+      <c r="L265" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
         <v>871</v>
       </c>
       <c r="B266" t="s">
         <v>370</v>
       </c>
       <c r="C266" t="s">
         <v>371</v>
       </c>
       <c r="G266">
         <v>82899.55</v>
       </c>
       <c r="H266">
         <v>17423.33</v>
       </c>
       <c r="I266">
         <v>65476.22</v>
       </c>
       <c r="J266" t="s">
         <v>205</v>
       </c>
       <c r="K266" t="s">
         <v>23</v>
       </c>
       <c r="L266" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
         <v>981</v>
       </c>
       <c r="B267" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="C267" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="E267">
         <v>1</v>
       </c>
       <c r="G267">
         <v>4621152.02</v>
       </c>
       <c r="H267">
         <v>46966.73</v>
       </c>
       <c r="I267">
         <v>4574185.29</v>
       </c>
       <c r="J267" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="K267" t="s">
         <v>23</v>
       </c>
       <c r="L267" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268">
         <v>1256</v>
       </c>
       <c r="B268" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="C268" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D268">
         <v>1</v>
       </c>
       <c r="G268">
         <v>1502889.42</v>
       </c>
       <c r="H268">
         <v>859041.14</v>
       </c>
       <c r="I268">
         <v>643848.28</v>
       </c>
       <c r="J268" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="K268" t="s">
         <v>23</v>
       </c>
       <c r="L268" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269">
         <v>1316</v>
       </c>
       <c r="B269" t="s">
         <v>372</v>
       </c>
       <c r="C269" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="D269">
         <v>10</v>
       </c>
       <c r="E269">
         <v>2</v>
       </c>
       <c r="G269">
         <v>1085586.78</v>
       </c>
       <c r="H269">
         <v>5836.0</v>
       </c>
       <c r="I269">
         <v>1079750.78</v>
       </c>
       <c r="J269" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="K269" t="s">
         <v>23</v>
       </c>
       <c r="L269" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="270" spans="1:12">
       <c r="A270">
         <v>1420</v>
       </c>
       <c r="B270" t="s">
         <v>373</v>
       </c>
       <c r="C270" t="s">
         <v>75</v>
       </c>
       <c r="D270">
         <v>2</v>
       </c>
       <c r="E270">
         <v>1</v>
       </c>
       <c r="G270">
         <v>134078.09</v>
       </c>
       <c r="H270">
         <v>51009.02</v>
       </c>
       <c r="I270">
         <v>83069.07</v>
       </c>
       <c r="J270" t="s">
         <v>374</v>
       </c>
       <c r="K270" t="s">
         <v>23</v>
       </c>
       <c r="L270" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="271" spans="1:12">
       <c r="A271">
-        <v>1297</v>
+        <v>120</v>
       </c>
       <c r="B271" t="s">
         <v>375</v>
       </c>
       <c r="C271" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>376</v>
       </c>
       <c r="E271">
         <v>1</v>
       </c>
+      <c r="F271">
+        <v>0</v>
+      </c>
       <c r="G271">
-        <v>437289.77</v>
+        <v>75488.52</v>
       </c>
       <c r="H271">
-        <v>51601.74</v>
+        <v>52088.08</v>
       </c>
       <c r="I271">
-        <v>385688.03</v>
+        <v>23400.44</v>
       </c>
       <c r="J271" t="s">
-        <v>344</v>
+        <v>126</v>
       </c>
       <c r="K271" t="s">
         <v>23</v>
       </c>
       <c r="L271" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="272" spans="1:12">
       <c r="A272">
-        <v>1400</v>
+        <v>890</v>
       </c>
       <c r="B272" t="s">
-        <v>376</v>
+        <v>319</v>
       </c>
       <c r="C272" t="s">
-        <v>377</v>
+        <v>21</v>
       </c>
       <c r="D272">
+        <v>9</v>
+      </c>
+      <c r="E272">
         <v>2</v>
       </c>
-      <c r="E272">
-[...1 lines deleted...]
-      </c>
       <c r="G272">
-        <v>516311.12</v>
+        <v>324218.62</v>
       </c>
       <c r="H272">
-        <v>0.0</v>
+        <v>15513.76</v>
       </c>
       <c r="I272">
-        <v>516311.12</v>
+        <v>308704.86</v>
       </c>
       <c r="J272" t="s">
-        <v>378</v>
+        <v>121</v>
       </c>
       <c r="K272" t="s">
         <v>23</v>
       </c>
       <c r="L272" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="273" spans="1:12">
       <c r="A273">
-        <v>120</v>
+        <v>1070</v>
       </c>
       <c r="B273" t="s">
-        <v>379</v>
+        <v>320</v>
       </c>
       <c r="C273" t="s">
-        <v>380</v>
+        <v>21</v>
+      </c>
+      <c r="D273">
+        <v>3</v>
       </c>
       <c r="E273">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G273">
-        <v>75488.52</v>
+        <v>394150.0</v>
       </c>
       <c r="H273">
-        <v>52088.08</v>
+        <v>145000.0</v>
       </c>
       <c r="I273">
-        <v>23400.44</v>
+        <v>249150.0</v>
       </c>
       <c r="J273" t="s">
-        <v>129</v>
+        <v>217</v>
       </c>
       <c r="K273" t="s">
         <v>23</v>
       </c>
       <c r="L273" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274">
-        <v>890</v>
+        <v>1265</v>
       </c>
       <c r="B274" t="s">
-        <v>322</v>
+        <v>377</v>
       </c>
       <c r="C274" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="E274">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G274">
-        <v>324218.62</v>
+        <v>8000.0</v>
       </c>
       <c r="H274">
-        <v>15513.76</v>
+        <v>0.0</v>
       </c>
       <c r="I274">
-        <v>308704.86</v>
+        <v>8000.0</v>
       </c>
       <c r="J274" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="K274" t="s">
         <v>23</v>
       </c>
       <c r="L274" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="275" spans="1:12">
       <c r="A275">
-        <v>1070</v>
+        <v>1357</v>
       </c>
       <c r="B275" t="s">
-        <v>323</v>
+        <v>378</v>
       </c>
       <c r="C275" t="s">
-        <v>26</v>
+        <v>379</v>
       </c>
       <c r="D275">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G275">
-        <v>394150.0</v>
+        <v>958366.72</v>
       </c>
       <c r="H275">
-        <v>145000.0</v>
+        <v>73117.48</v>
       </c>
       <c r="I275">
-        <v>249150.0</v>
+        <v>885249.24</v>
       </c>
       <c r="J275" t="s">
-        <v>219</v>
+        <v>174</v>
       </c>
       <c r="K275" t="s">
         <v>23</v>
       </c>
       <c r="L275" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="276" spans="1:12">
       <c r="A276">
-        <v>1265</v>
+        <v>806</v>
       </c>
       <c r="B276" t="s">
-        <v>381</v>
+        <v>326</v>
       </c>
       <c r="C276" t="s">
-        <v>26</v>
+        <v>380</v>
+      </c>
+      <c r="D276">
+        <v>2</v>
       </c>
       <c r="E276">
         <v>1</v>
       </c>
       <c r="G276">
-        <v>8000.0</v>
+        <v>573104.21</v>
       </c>
       <c r="H276">
-        <v>0.0</v>
+        <v>41792.97</v>
       </c>
       <c r="I276">
-        <v>8000.0</v>
+        <v>531311.24</v>
       </c>
       <c r="J276" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="K276" t="s">
         <v>23</v>
       </c>
       <c r="L276" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="277" spans="1:12">
       <c r="A277">
-        <v>1357</v>
+        <v>917</v>
       </c>
       <c r="B277" t="s">
-        <v>382</v>
+        <v>327</v>
       </c>
       <c r="C277" t="s">
-        <v>383</v>
+        <v>21</v>
       </c>
       <c r="D277">
-        <v>6</v>
+        <v>2</v>
+      </c>
+      <c r="E277">
+        <v>1</v>
       </c>
       <c r="G277">
-        <v>958366.72</v>
+        <v>44329.07</v>
       </c>
       <c r="H277">
-        <v>73117.48</v>
+        <v>719.99</v>
       </c>
       <c r="I277">
-        <v>885249.24</v>
+        <v>43609.08</v>
       </c>
       <c r="J277" t="s">
-        <v>164</v>
+        <v>56</v>
       </c>
       <c r="K277" t="s">
         <v>23</v>
       </c>
       <c r="L277" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="278" spans="1:12">
       <c r="A278">
-        <v>806</v>
+        <v>1232</v>
       </c>
       <c r="B278" t="s">
+        <v>381</v>
+      </c>
+      <c r="C278" t="s">
+        <v>21</v>
+      </c>
+      <c r="D278">
+        <v>5</v>
+      </c>
+      <c r="E278">
+        <v>2</v>
+      </c>
+      <c r="G278">
+        <v>534931.82</v>
+      </c>
+      <c r="H278">
+        <v>0.0</v>
+      </c>
+      <c r="I278">
+        <v>534931.82</v>
+      </c>
+      <c r="J278" t="s">
         <v>329</v>
       </c>
-      <c r="C278" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K278" t="s">
         <v>23</v>
       </c>
       <c r="L278" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="279" spans="1:12">
       <c r="A279">
-        <v>917</v>
+        <v>1297</v>
       </c>
       <c r="B279" t="s">
-        <v>330</v>
+        <v>382</v>
       </c>
       <c r="C279" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D279">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E279">
         <v>1</v>
       </c>
       <c r="G279">
-        <v>44329.07</v>
+        <v>437289.77</v>
       </c>
       <c r="H279">
-        <v>719.99</v>
+        <v>51601.74</v>
       </c>
       <c r="I279">
-        <v>43609.08</v>
+        <v>385688.03</v>
       </c>
       <c r="J279" t="s">
-        <v>63</v>
+        <v>352</v>
       </c>
       <c r="K279" t="s">
         <v>23</v>
       </c>
       <c r="L279" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
-        <v>1232</v>
+        <v>1400</v>
       </c>
       <c r="B280" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="C280" t="s">
-        <v>26</v>
+        <v>384</v>
       </c>
       <c r="D280">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E280">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G280">
-        <v>534931.82</v>
+        <v>516311.12</v>
       </c>
       <c r="H280">
         <v>0.0</v>
       </c>
       <c r="I280">
-        <v>534931.82</v>
+        <v>516311.12</v>
       </c>
       <c r="J280" t="s">
-        <v>332</v>
+        <v>385</v>
       </c>
       <c r="K280" t="s">
         <v>23</v>
       </c>
       <c r="L280" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
-        <v>464</v>
+        <v>865</v>
       </c>
       <c r="B281" t="s">
-        <v>386</v>
+        <v>20</v>
       </c>
       <c r="C281" t="s">
-        <v>21</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="G281">
-        <v>182920.28</v>
+        <v>181115.38</v>
       </c>
       <c r="H281">
-        <v>76590.61</v>
+        <v>88858.12</v>
       </c>
       <c r="I281">
-        <v>106329.67</v>
+        <v>92257.26</v>
       </c>
       <c r="J281" t="s">
-        <v>225</v>
+        <v>22</v>
       </c>
       <c r="K281" t="s">
         <v>23</v>
       </c>
       <c r="L281" t="s">
-        <v>172</v>
+        <v>24</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282">
-        <v>902</v>
+        <v>950</v>
       </c>
       <c r="B282" t="s">
-        <v>25</v>
+        <v>386</v>
       </c>
       <c r="C282" t="s">
-        <v>49</v>
+        <v>26</v>
+      </c>
+      <c r="D282">
+        <v>1</v>
+      </c>
+      <c r="E282">
+        <v>2</v>
       </c>
       <c r="G282">
-        <v>61820.05</v>
+        <v>203291.0</v>
       </c>
       <c r="H282">
-        <v>3100.0</v>
+        <v>123626.0</v>
       </c>
       <c r="I282">
-        <v>58720.05</v>
+        <v>79665.0</v>
       </c>
       <c r="J282" t="s">
         <v>27</v>
       </c>
       <c r="K282" t="s">
         <v>23</v>
       </c>
       <c r="L282" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283">
-        <v>1133</v>
+        <v>1253</v>
       </c>
       <c r="B283" t="s">
         <v>387</v>
       </c>
       <c r="C283" t="s">
-        <v>388</v>
+        <v>21</v>
       </c>
       <c r="D283">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E283">
         <v>1</v>
       </c>
       <c r="G283">
-        <v>136242.0</v>
+        <v>95600.0</v>
       </c>
       <c r="H283">
-        <v>80140.0</v>
+        <v>20000.0</v>
       </c>
       <c r="I283">
-        <v>56102.0</v>
+        <v>75600.0</v>
       </c>
       <c r="J283" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="K283" t="s">
         <v>23</v>
       </c>
       <c r="L283" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="284" spans="1:12">
       <c r="A284">
-        <v>1278</v>
+        <v>1310</v>
       </c>
       <c r="B284" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="C284" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D284">
         <v>4</v>
       </c>
-      <c r="E284">
-[...1 lines deleted...]
-      </c>
       <c r="G284">
-        <v>581969.79</v>
+        <v>137915.0</v>
       </c>
       <c r="H284">
-        <v>240989.61</v>
+        <v>11500.0</v>
       </c>
       <c r="I284">
-        <v>340980.18</v>
+        <v>126415.0</v>
       </c>
       <c r="J284" t="s">
-        <v>33</v>
+        <v>205</v>
       </c>
       <c r="K284" t="s">
         <v>23</v>
       </c>
       <c r="L284" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="285" spans="1:12">
       <c r="A285">
-        <v>1377</v>
+        <v>1414</v>
       </c>
       <c r="B285" t="s">
+        <v>389</v>
+      </c>
+      <c r="C285" t="s">
+        <v>108</v>
+      </c>
+      <c r="D285">
+        <v>7</v>
+      </c>
+      <c r="E285">
+        <v>2</v>
+      </c>
+      <c r="G285">
+        <v>498255.76</v>
+      </c>
+      <c r="H285">
+        <v>84794.29</v>
+      </c>
+      <c r="I285">
+        <v>413461.47</v>
+      </c>
+      <c r="J285" t="s">
         <v>390</v>
       </c>
-      <c r="C285" t="s">
-[...17 lines deleted...]
-      <c r="J285" t="s">
+      <c r="K285" t="s">
+        <v>23</v>
+      </c>
+      <c r="L285" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="286" spans="1:12">
       <c r="A286">
-        <v>865</v>
+        <v>464</v>
       </c>
       <c r="B286" t="s">
+        <v>391</v>
+      </c>
+      <c r="C286" t="s">
         <v>37</v>
       </c>
-      <c r="C286" t="s">
-        <v>49</v>
+      <c r="D286">
+        <v>3</v>
+      </c>
+      <c r="E286">
+        <v>1</v>
+      </c>
+      <c r="F286">
+        <v>0</v>
       </c>
       <c r="G286">
-        <v>181115.38</v>
+        <v>182920.28</v>
       </c>
       <c r="H286">
-        <v>88858.12</v>
+        <v>76590.61</v>
       </c>
       <c r="I286">
-        <v>92257.26</v>
+        <v>106329.67</v>
       </c>
       <c r="J286" t="s">
-        <v>33</v>
+        <v>223</v>
       </c>
       <c r="K286" t="s">
         <v>23</v>
       </c>
       <c r="L286" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
     </row>
     <row r="287" spans="1:12">
       <c r="A287">
-        <v>950</v>
+        <v>902</v>
       </c>
       <c r="B287" t="s">
-        <v>391</v>
+        <v>38</v>
       </c>
       <c r="C287" t="s">
+        <v>64</v>
+      </c>
+      <c r="G287">
+        <v>61820.05</v>
+      </c>
+      <c r="H287">
+        <v>3100.0</v>
+      </c>
+      <c r="I287">
+        <v>58720.05</v>
+      </c>
+      <c r="J287" t="s">
         <v>39</v>
-      </c>
-[...16 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K287" t="s">
         <v>23</v>
       </c>
       <c r="L287" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288">
-        <v>1253</v>
+        <v>1133</v>
       </c>
       <c r="B288" t="s">
         <v>392</v>
       </c>
       <c r="C288" t="s">
-        <v>26</v>
+        <v>393</v>
       </c>
       <c r="D288">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E288">
         <v>1</v>
       </c>
       <c r="G288">
-        <v>95600.0</v>
+        <v>136242.0</v>
       </c>
       <c r="H288">
-        <v>20000.0</v>
+        <v>80140.0</v>
       </c>
       <c r="I288">
-        <v>75600.0</v>
+        <v>56102.0</v>
       </c>
       <c r="J288" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="K288" t="s">
         <v>23</v>
       </c>
       <c r="L288" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289">
-        <v>1310</v>
+        <v>1278</v>
       </c>
       <c r="B289" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C289" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D289">
         <v>4</v>
       </c>
+      <c r="E289">
+        <v>3</v>
+      </c>
       <c r="G289">
-        <v>137915.0</v>
+        <v>581969.79</v>
       </c>
       <c r="H289">
-        <v>11500.0</v>
+        <v>240989.61</v>
       </c>
       <c r="I289">
-        <v>126415.0</v>
+        <v>340980.18</v>
       </c>
       <c r="J289" t="s">
-        <v>205</v>
+        <v>22</v>
       </c>
       <c r="K289" t="s">
         <v>23</v>
       </c>
       <c r="L289" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290">
-        <v>1414</v>
+        <v>1377</v>
       </c>
       <c r="B290" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C290" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="D290">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E290">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G290">
-        <v>498255.76</v>
+        <v>4369120.67</v>
       </c>
       <c r="H290">
-        <v>84794.29</v>
+        <v>220652.06</v>
       </c>
       <c r="I290">
-        <v>413461.47</v>
+        <v>4148468.61</v>
       </c>
       <c r="J290" t="s">
-        <v>395</v>
+        <v>45</v>
       </c>
       <c r="K290" t="s">
         <v>23</v>
       </c>
       <c r="L290" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
-        <v>75</v>
+        <v>1338</v>
       </c>
       <c r="B291" t="s">
-        <v>46</v>
+        <v>355</v>
       </c>
       <c r="C291" t="s">
-        <v>49</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="G291">
-        <v>261729.0</v>
+        <v>45109.11</v>
       </c>
       <c r="H291">
-        <v>97191.76</v>
+        <v>0.0</v>
       </c>
       <c r="I291">
-        <v>164537.24</v>
+        <v>45109.11</v>
       </c>
       <c r="J291" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="K291" t="s">
         <v>23</v>
       </c>
       <c r="L291" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
-        <v>878</v>
+        <v>587</v>
       </c>
       <c r="B292" t="s">
-        <v>343</v>
+        <v>396</v>
       </c>
       <c r="C292" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="D292">
+        <v>3</v>
+      </c>
+      <c r="E292">
         <v>2</v>
       </c>
-      <c r="E292">
-        <v>3</v>
+      <c r="F292">
+        <v>0</v>
       </c>
       <c r="G292">
-        <v>34326.01</v>
+        <v>447920.86</v>
       </c>
       <c r="H292">
-        <v>20479.42</v>
+        <v>1787.44</v>
       </c>
       <c r="I292">
-        <v>13846.59</v>
+        <v>446133.42</v>
       </c>
       <c r="J292" t="s">
-        <v>344</v>
+        <v>165</v>
       </c>
       <c r="K292" t="s">
         <v>23</v>
       </c>
       <c r="L292" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293">
-        <v>1063</v>
+        <v>912</v>
       </c>
       <c r="B293" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C293" t="s">
-        <v>26</v>
+        <v>21</v>
+      </c>
+      <c r="D293">
+        <v>1</v>
       </c>
       <c r="G293">
-        <v>216.14</v>
+        <v>113026.22</v>
       </c>
       <c r="H293">
-        <v>2383.0</v>
+        <v>23077.6</v>
       </c>
       <c r="I293">
-        <v>-2166.86</v>
+        <v>89948.62</v>
       </c>
       <c r="J293" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="K293" t="s">
         <v>23</v>
       </c>
       <c r="L293" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294">
-        <v>1259</v>
+        <v>1226</v>
       </c>
       <c r="B294" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C294" t="s">
-        <v>26</v>
+        <v>21</v>
+      </c>
+      <c r="D294">
+        <v>1</v>
+      </c>
+      <c r="E294">
+        <v>1</v>
       </c>
       <c r="G294">
-        <v>0.0</v>
+        <v>81658.09</v>
       </c>
       <c r="H294">
-        <v>0.0</v>
+        <v>55000.0</v>
       </c>
       <c r="I294">
-        <v>0.0</v>
+        <v>26658.09</v>
       </c>
       <c r="J294" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="K294" t="s">
         <v>23</v>
       </c>
       <c r="L294" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="295" spans="1:12">
       <c r="A295">
-        <v>1338</v>
+        <v>1291</v>
       </c>
       <c r="B295" t="s">
-        <v>347</v>
+        <v>398</v>
       </c>
       <c r="C295" t="s">
-        <v>55</v>
+        <v>21</v>
+      </c>
+      <c r="D295">
+        <v>2</v>
+      </c>
+      <c r="E295">
+        <v>1</v>
       </c>
       <c r="G295">
-        <v>45109.11</v>
+        <v>420529.01</v>
       </c>
       <c r="H295">
-        <v>0.0</v>
+        <v>7800.0</v>
       </c>
       <c r="I295">
-        <v>45109.11</v>
+        <v>412729.01</v>
       </c>
       <c r="J295" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="K295" t="s">
         <v>23</v>
       </c>
       <c r="L295" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296">
-        <v>587</v>
+        <v>1394</v>
       </c>
       <c r="B296" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C296" t="s">
-        <v>21</v>
+        <v>400</v>
       </c>
       <c r="D296">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E296">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G296">
-        <v>447920.86</v>
+        <v>106000.0</v>
       </c>
       <c r="H296">
-        <v>1787.44</v>
+        <v>43000.0</v>
       </c>
       <c r="I296">
-        <v>446133.42</v>
+        <v>63000.0</v>
       </c>
       <c r="J296" t="s">
-        <v>171</v>
+        <v>98</v>
       </c>
       <c r="K296" t="s">
         <v>23</v>
       </c>
       <c r="L296" t="s">
-        <v>172</v>
+        <v>28</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297">
-        <v>912</v>
+        <v>75</v>
       </c>
       <c r="B297" t="s">
-        <v>351</v>
+        <v>62</v>
       </c>
       <c r="C297" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="D297">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="E297">
+        <v>0</v>
+      </c>
+      <c r="F297">
+        <v>0</v>
       </c>
       <c r="G297">
-        <v>113026.22</v>
+        <v>261729.0</v>
       </c>
       <c r="H297">
-        <v>23077.6</v>
+        <v>97191.76</v>
       </c>
       <c r="I297">
-        <v>89948.62</v>
+        <v>164537.24</v>
       </c>
       <c r="J297" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="K297" t="s">
         <v>23</v>
       </c>
       <c r="L297" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
-        <v>1226</v>
+        <v>878</v>
       </c>
       <c r="B298" t="s">
-        <v>398</v>
+        <v>351</v>
       </c>
       <c r="C298" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D298">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E298">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G298">
-        <v>81658.09</v>
+        <v>34326.01</v>
       </c>
       <c r="H298">
-        <v>55000.0</v>
+        <v>20479.42</v>
       </c>
       <c r="I298">
-        <v>26658.09</v>
+        <v>13846.59</v>
       </c>
       <c r="J298" t="s">
-        <v>63</v>
+        <v>352</v>
       </c>
       <c r="K298" t="s">
         <v>23</v>
       </c>
       <c r="L298" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
-        <v>1291</v>
+        <v>1063</v>
       </c>
       <c r="B299" t="s">
-        <v>399</v>
+        <v>353</v>
       </c>
       <c r="C299" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G299">
-        <v>420529.01</v>
+        <v>216.14</v>
       </c>
       <c r="H299">
-        <v>7800.0</v>
+        <v>2383.0</v>
       </c>
       <c r="I299">
-        <v>412729.01</v>
+        <v>-2166.86</v>
       </c>
       <c r="J299" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="K299" t="s">
         <v>23</v>
       </c>
       <c r="L299" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
-        <v>1394</v>
+        <v>1259</v>
       </c>
       <c r="B300" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C300" t="s">
-        <v>401</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G300">
-        <v>106000.0</v>
+        <v>0.0</v>
       </c>
       <c r="H300">
-        <v>43000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I300">
-        <v>63000.0</v>
+        <v>0.0</v>
       </c>
       <c r="J300" t="s">
-        <v>104</v>
+        <v>42</v>
       </c>
       <c r="K300" t="s">
         <v>23</v>
       </c>
       <c r="L300" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
-        <v>860</v>
+        <v>925</v>
       </c>
       <c r="B301" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C301" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G301">
-        <v>394542.27</v>
+        <v>94782.88</v>
       </c>
       <c r="H301">
-        <v>215536.49</v>
+        <v>65067.43</v>
       </c>
       <c r="I301">
-        <v>179005.78</v>
+        <v>29715.45</v>
       </c>
       <c r="J301" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="K301" t="s">
         <v>23</v>
       </c>
       <c r="L301" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
-        <v>925</v>
+        <v>1241</v>
       </c>
       <c r="B302" t="s">
-        <v>70</v>
+        <v>402</v>
       </c>
       <c r="C302" t="s">
-        <v>49</v>
+        <v>21</v>
+      </c>
+      <c r="D302">
+        <v>3</v>
+      </c>
+      <c r="E302">
+        <v>4</v>
       </c>
       <c r="G302">
-        <v>94782.88</v>
+        <v>813843.0</v>
       </c>
       <c r="H302">
-        <v>65067.43</v>
+        <v>73000.0</v>
       </c>
       <c r="I302">
-        <v>29715.45</v>
+        <v>740843.0</v>
       </c>
       <c r="J302" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="K302" t="s">
         <v>23</v>
       </c>
       <c r="L302" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
-        <v>1241</v>
+        <v>1304</v>
       </c>
       <c r="B303" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C303" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D303">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="G303">
-        <v>813843.0</v>
+        <v>515697.51</v>
       </c>
       <c r="H303">
-        <v>73000.0</v>
+        <v>144300.0</v>
       </c>
       <c r="I303">
-        <v>740843.0</v>
+        <v>371397.51</v>
       </c>
       <c r="J303" t="s">
-        <v>41</v>
+        <v>251</v>
       </c>
       <c r="K303" t="s">
         <v>23</v>
       </c>
       <c r="L303" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
-        <v>1304</v>
+        <v>1407</v>
       </c>
       <c r="B304" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C304" t="s">
-        <v>26</v>
+        <v>405</v>
       </c>
       <c r="D304">
-        <v>9</v>
+        <v>0</v>
+      </c>
+      <c r="E304">
+        <v>1</v>
       </c>
       <c r="G304">
-        <v>515697.51</v>
+        <v>27427.46</v>
       </c>
       <c r="H304">
-        <v>144300.0</v>
+        <v>16450.0</v>
       </c>
       <c r="I304">
-        <v>371397.51</v>
+        <v>10977.46</v>
       </c>
       <c r="J304" t="s">
-        <v>243</v>
+        <v>406</v>
       </c>
       <c r="K304" t="s">
         <v>23</v>
       </c>
       <c r="L304" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
-        <v>1407</v>
+        <v>413</v>
       </c>
       <c r="B305" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C305" t="s">
-        <v>405</v>
+        <v>37</v>
       </c>
       <c r="D305">
+        <v>3</v>
+      </c>
+      <c r="E305">
+        <v>1</v>
+      </c>
+      <c r="F305">
         <v>0</v>
       </c>
-      <c r="E305">
-[...1 lines deleted...]
-      </c>
       <c r="G305">
-        <v>27427.46</v>
+        <v>414701.14</v>
       </c>
       <c r="H305">
-        <v>16450.0</v>
+        <v>126600.0</v>
       </c>
       <c r="I305">
-        <v>10977.46</v>
+        <v>288101.14</v>
       </c>
       <c r="J305" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="K305" t="s">
         <v>23</v>
       </c>
       <c r="L305" t="s">
-        <v>36</v>
+        <v>166</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
-        <v>413</v>
+        <v>898</v>
       </c>
       <c r="B306" t="s">
-        <v>407</v>
+        <v>81</v>
       </c>
       <c r="C306" t="s">
-        <v>21</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="G306">
-        <v>414701.14</v>
+        <v>203621.72</v>
       </c>
       <c r="H306">
-        <v>126600.0</v>
+        <v>22117.38</v>
       </c>
       <c r="I306">
-        <v>288101.14</v>
+        <v>181504.34</v>
       </c>
       <c r="J306" t="s">
-        <v>408</v>
+        <v>42</v>
       </c>
       <c r="K306" t="s">
         <v>23</v>
       </c>
       <c r="L306" t="s">
-        <v>172</v>
+        <v>24</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
-        <v>898</v>
+        <v>1114</v>
       </c>
       <c r="B307" t="s">
-        <v>81</v>
+        <v>409</v>
       </c>
       <c r="C307" t="s">
-        <v>49</v>
+        <v>410</v>
+      </c>
+      <c r="D307">
+        <v>1</v>
+      </c>
+      <c r="E307">
+        <v>1</v>
       </c>
       <c r="G307">
-        <v>203621.72</v>
+        <v>129978.12</v>
       </c>
       <c r="H307">
-        <v>22117.38</v>
+        <v>52121.87</v>
       </c>
       <c r="I307">
-        <v>181504.34</v>
+        <v>77856.25</v>
       </c>
       <c r="J307" t="s">
-        <v>31</v>
+        <v>411</v>
       </c>
       <c r="K307" t="s">
         <v>23</v>
       </c>
       <c r="L307" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
-        <v>1114</v>
+        <v>1273</v>
       </c>
       <c r="B308" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="C308" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="E308">
         <v>1</v>
       </c>
       <c r="G308">
-        <v>129978.12</v>
+        <v>188538.26</v>
       </c>
       <c r="H308">
-        <v>52121.87</v>
+        <v>11030.0</v>
       </c>
       <c r="I308">
-        <v>77856.25</v>
+        <v>177508.26</v>
       </c>
       <c r="J308" t="s">
-        <v>411</v>
+        <v>58</v>
       </c>
       <c r="K308" t="s">
         <v>23</v>
       </c>
       <c r="L308" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
-        <v>1273</v>
+        <v>1368</v>
       </c>
       <c r="B309" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C309" t="s">
-        <v>26</v>
+        <v>414</v>
       </c>
       <c r="E309">
         <v>1</v>
       </c>
       <c r="G309">
-        <v>188538.26</v>
+        <v>31516.0</v>
       </c>
       <c r="H309">
-        <v>11030.0</v>
+        <v>12000.0</v>
       </c>
       <c r="I309">
-        <v>177508.26</v>
+        <v>19516.0</v>
       </c>
       <c r="J309" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K309" t="s">
         <v>23</v>
       </c>
       <c r="L309" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
-        <v>1368</v>
+        <v>860</v>
       </c>
       <c r="B310" t="s">
-        <v>413</v>
+        <v>68</v>
       </c>
       <c r="C310" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="G310">
-        <v>31516.0</v>
+        <v>394542.27</v>
       </c>
       <c r="H310">
-        <v>12000.0</v>
+        <v>215536.49</v>
       </c>
       <c r="I310">
-        <v>19516.0</v>
+        <v>179005.78</v>
       </c>
       <c r="J310" t="s">
-        <v>35</v>
+        <v>69</v>
       </c>
       <c r="K310" t="s">
         <v>23</v>
       </c>
       <c r="L310" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
-        <v>1421</v>
+        <v>508</v>
       </c>
       <c r="B311" t="s">
-        <v>415</v>
+        <v>364</v>
       </c>
       <c r="C311" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="E311">
         <v>2</v>
       </c>
+      <c r="F311">
+        <v>0</v>
+      </c>
       <c r="G311">
-        <v>79500.0</v>
+        <v>401023.56</v>
       </c>
       <c r="H311">
-        <v>0.0</v>
+        <v>83755.0</v>
       </c>
       <c r="I311">
-        <v>79500.0</v>
+        <v>317268.56</v>
       </c>
       <c r="J311" t="s">
-        <v>416</v>
+        <v>27</v>
       </c>
       <c r="K311" t="s">
         <v>23</v>
       </c>
       <c r="L311" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312">
-        <v>508</v>
+        <v>907</v>
       </c>
       <c r="B312" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C312" t="s">
         <v>21</v>
       </c>
       <c r="E312">
         <v>2</v>
       </c>
-      <c r="F312">
-[...1 lines deleted...]
-      </c>
       <c r="G312">
-        <v>401023.56</v>
+        <v>38167.25</v>
       </c>
       <c r="H312">
-        <v>83755.0</v>
+        <v>36025.62</v>
       </c>
       <c r="I312">
-        <v>317268.56</v>
+        <v>2141.63</v>
       </c>
       <c r="J312" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="K312" t="s">
         <v>23</v>
       </c>
       <c r="L312" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313">
-        <v>907</v>
+        <v>1214</v>
       </c>
       <c r="B313" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C313" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>103</v>
       </c>
       <c r="G313">
-        <v>38167.25</v>
+        <v>1620.0</v>
       </c>
       <c r="H313">
-        <v>36025.62</v>
+        <v>0.0</v>
       </c>
       <c r="I313">
-        <v>2141.63</v>
+        <v>1620.0</v>
       </c>
       <c r="J313" t="s">
-        <v>31</v>
+        <v>367</v>
       </c>
       <c r="K313" t="s">
         <v>23</v>
       </c>
       <c r="L313" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314">
-        <v>1214</v>
+        <v>1285</v>
       </c>
       <c r="B314" t="s">
-        <v>366</v>
+        <v>415</v>
       </c>
       <c r="C314" t="s">
-        <v>109</v>
+        <v>21</v>
+      </c>
+      <c r="D314">
+        <v>1</v>
       </c>
       <c r="G314">
-        <v>1620.0</v>
+        <v>370300.0</v>
       </c>
       <c r="H314">
-        <v>0.0</v>
+        <v>96000.0</v>
       </c>
       <c r="I314">
-        <v>1620.0</v>
+        <v>274300.0</v>
       </c>
       <c r="J314" t="s">
-        <v>367</v>
+        <v>58</v>
       </c>
       <c r="K314" t="s">
         <v>23</v>
       </c>
       <c r="L314" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315">
-        <v>1285</v>
+        <v>1388</v>
       </c>
       <c r="B315" t="s">
+        <v>416</v>
+      </c>
+      <c r="C315" t="s">
         <v>417</v>
       </c>
-      <c r="C315" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D315">
+        <v>0</v>
+      </c>
+      <c r="E315">
         <v>1</v>
       </c>
       <c r="G315">
-        <v>370300.0</v>
+        <v>12680.96</v>
       </c>
       <c r="H315">
-        <v>96000.0</v>
+        <v>8850.0</v>
       </c>
       <c r="I315">
-        <v>274300.0</v>
+        <v>3830.96</v>
       </c>
       <c r="J315" t="s">
-        <v>47</v>
+        <v>98</v>
       </c>
       <c r="K315" t="s">
         <v>23</v>
       </c>
       <c r="L315" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316">
-        <v>1388</v>
+        <v>871</v>
       </c>
       <c r="B316" t="s">
-        <v>418</v>
+        <v>370</v>
       </c>
       <c r="C316" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="E316">
         <v>1</v>
       </c>
       <c r="G316">
-        <v>12680.96</v>
+        <v>62682.38</v>
       </c>
       <c r="H316">
-        <v>8850.0</v>
+        <v>10836.0</v>
       </c>
       <c r="I316">
-        <v>3830.96</v>
+        <v>51846.38</v>
       </c>
       <c r="J316" t="s">
-        <v>104</v>
+        <v>205</v>
       </c>
       <c r="K316" t="s">
         <v>23</v>
       </c>
       <c r="L316" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317">
-        <v>871</v>
+        <v>981</v>
       </c>
       <c r="B317" t="s">
-        <v>370</v>
+        <v>101</v>
       </c>
       <c r="C317" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E317">
         <v>1</v>
       </c>
       <c r="G317">
-        <v>62682.38</v>
+        <v>4603660.36</v>
       </c>
       <c r="H317">
-        <v>10836.0</v>
+        <v>24438.37</v>
       </c>
       <c r="I317">
-        <v>51846.38</v>
+        <v>4579221.99</v>
       </c>
       <c r="J317" t="s">
-        <v>205</v>
+        <v>51</v>
       </c>
       <c r="K317" t="s">
         <v>23</v>
       </c>
       <c r="L317" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318">
-        <v>981</v>
+        <v>1256</v>
       </c>
       <c r="B318" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="C318" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="E318">
+        <v>103</v>
+      </c>
+      <c r="D318">
         <v>1</v>
       </c>
       <c r="G318">
-        <v>4603660.36</v>
+        <v>1502850.0</v>
       </c>
       <c r="H318">
-        <v>24438.37</v>
+        <v>840186.0</v>
       </c>
       <c r="I318">
-        <v>4579221.99</v>
+        <v>662664.0</v>
       </c>
       <c r="J318" t="s">
-        <v>58</v>
+        <v>175</v>
       </c>
       <c r="K318" t="s">
         <v>23</v>
       </c>
       <c r="L318" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319">
-        <v>1256</v>
+        <v>1322</v>
       </c>
       <c r="B319" t="s">
-        <v>108</v>
+        <v>418</v>
       </c>
       <c r="C319" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="G319">
-        <v>1502850.0</v>
+        <v>182600.0</v>
       </c>
       <c r="H319">
-        <v>840186.0</v>
+        <v>0.0</v>
       </c>
       <c r="I319">
-        <v>662664.0</v>
+        <v>182600.0</v>
       </c>
       <c r="J319" t="s">
-        <v>165</v>
+        <v>243</v>
       </c>
       <c r="K319" t="s">
         <v>23</v>
       </c>
       <c r="L319" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320">
-        <v>1322</v>
+        <v>1421</v>
       </c>
       <c r="B320" t="s">
         <v>419</v>
       </c>
       <c r="C320" t="s">
-        <v>55</v>
+        <v>75</v>
+      </c>
+      <c r="D320">
+        <v>0</v>
+      </c>
+      <c r="E320">
+        <v>2</v>
       </c>
       <c r="G320">
-        <v>182600.0</v>
+        <v>79500.0</v>
       </c>
       <c r="H320">
         <v>0.0</v>
       </c>
       <c r="I320">
-        <v>182600.0</v>
+        <v>79500.0</v>
       </c>
       <c r="J320" t="s">
-        <v>246</v>
+        <v>420</v>
       </c>
       <c r="K320" t="s">
         <v>23</v>
       </c>
       <c r="L320" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
-        <v>918</v>
+        <v>169</v>
       </c>
       <c r="B321" t="s">
-        <v>111</v>
+        <v>421</v>
       </c>
       <c r="C321" t="s">
-        <v>49</v>
+        <v>422</v>
+      </c>
+      <c r="D321">
+        <v>1</v>
+      </c>
+      <c r="E321">
+        <v>1</v>
       </c>
       <c r="G321">
-        <v>99118.27</v>
+        <v>382000.0</v>
       </c>
       <c r="H321">
-        <v>18765.82</v>
+        <v>7000.0</v>
       </c>
       <c r="I321">
-        <v>80352.45</v>
+        <v>375000.0</v>
       </c>
       <c r="J321" t="s">
-        <v>112</v>
+        <v>45</v>
       </c>
       <c r="K321" t="s">
         <v>23</v>
       </c>
       <c r="L321" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
-        <v>1233</v>
+        <v>892</v>
       </c>
       <c r="B322" t="s">
-        <v>420</v>
+        <v>111</v>
       </c>
       <c r="C322" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>64</v>
       </c>
       <c r="G322">
-        <v>253605.74</v>
+        <v>115049.85</v>
       </c>
       <c r="H322">
-        <v>24752.53</v>
+        <v>62000.0</v>
       </c>
       <c r="I322">
-        <v>228853.21</v>
+        <v>53049.85</v>
       </c>
       <c r="J322" t="s">
-        <v>332</v>
+        <v>112</v>
       </c>
       <c r="K322" t="s">
         <v>23</v>
       </c>
       <c r="L322" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
-        <v>1298</v>
+        <v>1071</v>
       </c>
       <c r="B323" t="s">
-        <v>421</v>
+        <v>113</v>
       </c>
       <c r="C323" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>423</v>
       </c>
       <c r="G323">
-        <v>141371.15</v>
+        <v>3717.4</v>
       </c>
       <c r="H323">
-        <v>9578.07</v>
+        <v>1400.0</v>
       </c>
       <c r="I323">
-        <v>131793.08</v>
+        <v>2317.4</v>
       </c>
       <c r="J323" t="s">
-        <v>344</v>
+        <v>58</v>
       </c>
       <c r="K323" t="s">
         <v>23</v>
       </c>
       <c r="L323" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
-        <v>1401</v>
+        <v>1266</v>
       </c>
       <c r="B324" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C324" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G324">
-        <v>384181.41</v>
+        <v>19064.75</v>
       </c>
       <c r="H324">
-        <v>235175.0</v>
+        <v>0.0</v>
       </c>
       <c r="I324">
-        <v>149006.41</v>
+        <v>19064.75</v>
       </c>
       <c r="J324" t="s">
-        <v>423</v>
+        <v>54</v>
       </c>
       <c r="K324" t="s">
         <v>23</v>
       </c>
       <c r="L324" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
-        <v>169</v>
+        <v>1358</v>
       </c>
       <c r="B325" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C325" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D325">
         <v>1</v>
       </c>
-      <c r="E325">
-[...1 lines deleted...]
-      </c>
       <c r="G325">
-        <v>382000.0</v>
+        <v>152198.0</v>
       </c>
       <c r="H325">
-        <v>7000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I325">
-        <v>375000.0</v>
+        <v>152198.0</v>
       </c>
       <c r="J325" t="s">
+        <v>51</v>
+      </c>
+      <c r="K325" t="s">
+        <v>23</v>
+      </c>
+      <c r="L325" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
-        <v>892</v>
+        <v>806</v>
       </c>
       <c r="B326" t="s">
-        <v>119</v>
+        <v>326</v>
       </c>
       <c r="C326" t="s">
-        <v>49</v>
+        <v>21</v>
+      </c>
+      <c r="D326">
+        <v>1</v>
+      </c>
+      <c r="E326">
+        <v>1</v>
       </c>
       <c r="G326">
-        <v>115049.85</v>
+        <v>394861.08</v>
       </c>
       <c r="H326">
-        <v>62000.0</v>
+        <v>47137.03</v>
       </c>
       <c r="I326">
-        <v>53049.85</v>
+        <v>347724.05</v>
       </c>
       <c r="J326" t="s">
-        <v>120</v>
+        <v>56</v>
       </c>
       <c r="K326" t="s">
         <v>23</v>
       </c>
       <c r="L326" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
-        <v>1071</v>
+        <v>918</v>
       </c>
       <c r="B327" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C327" t="s">
-        <v>426</v>
+        <v>64</v>
       </c>
       <c r="G327">
-        <v>3717.4</v>
+        <v>99118.27</v>
       </c>
       <c r="H327">
-        <v>1400.0</v>
+        <v>18765.82</v>
       </c>
       <c r="I327">
-        <v>2317.4</v>
+        <v>80352.45</v>
       </c>
       <c r="J327" t="s">
-        <v>47</v>
+        <v>119</v>
       </c>
       <c r="K327" t="s">
         <v>23</v>
       </c>
       <c r="L327" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
-        <v>1266</v>
+        <v>1233</v>
       </c>
       <c r="B328" t="s">
         <v>427</v>
       </c>
       <c r="C328" t="s">
-        <v>26</v>
+        <v>21</v>
+      </c>
+      <c r="D328">
+        <v>3</v>
       </c>
       <c r="G328">
-        <v>19064.75</v>
+        <v>253605.74</v>
       </c>
       <c r="H328">
-        <v>0.0</v>
+        <v>24752.53</v>
       </c>
       <c r="I328">
-        <v>19064.75</v>
+        <v>228853.21</v>
       </c>
       <c r="J328" t="s">
-        <v>61</v>
+        <v>329</v>
       </c>
       <c r="K328" t="s">
         <v>23</v>
       </c>
       <c r="L328" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
-        <v>1358</v>
+        <v>1298</v>
       </c>
       <c r="B329" t="s">
         <v>428</v>
       </c>
       <c r="C329" t="s">
-        <v>429</v>
+        <v>21</v>
       </c>
       <c r="D329">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G329">
-        <v>152198.0</v>
+        <v>141371.15</v>
       </c>
       <c r="H329">
-        <v>0.0</v>
+        <v>9578.07</v>
       </c>
       <c r="I329">
-        <v>152198.0</v>
+        <v>131793.08</v>
       </c>
       <c r="J329" t="s">
-        <v>58</v>
+        <v>352</v>
       </c>
       <c r="K329" t="s">
         <v>23</v>
       </c>
       <c r="L329" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
-        <v>806</v>
+        <v>1401</v>
       </c>
       <c r="B330" t="s">
-        <v>329</v>
+        <v>429</v>
       </c>
       <c r="C330" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="D330">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E330">
         <v>1</v>
       </c>
       <c r="G330">
-        <v>394861.08</v>
+        <v>384181.41</v>
       </c>
       <c r="H330">
-        <v>47137.03</v>
+        <v>235175.0</v>
       </c>
       <c r="I330">
-        <v>347724.05</v>
+        <v>149006.41</v>
       </c>
       <c r="J330" t="s">
-        <v>63</v>
+        <v>430</v>
       </c>
       <c r="K330" t="s">
         <v>23</v>
       </c>
       <c r="L330" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
         <v>1019</v>
       </c>
       <c r="B331" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C331" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D331">
         <v>2</v>
       </c>
       <c r="G331">
         <v>167711.15</v>
       </c>
       <c r="H331">
         <v>6477.77</v>
       </c>
       <c r="I331">
         <v>161233.38</v>
       </c>
       <c r="J331" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="K331" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="L331" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
         <v>1021</v>
       </c>
       <c r="B332" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C332" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G332">
         <v>251853.4</v>
       </c>
       <c r="H332">
         <v>53576.21</v>
       </c>
       <c r="I332">
         <v>198277.19</v>
       </c>
       <c r="J332" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K332" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="L332" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">