--- v2 (2026-01-13)
+++ v3 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="patrimonio personas" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="459">
   <si>
     <t>Metadatos</t>
   </si>
   <si>
     <t>Email contacto datos abiertos:</t>
   </si>
   <si>
     <t>info@ciudadaniaydesarrollo.org</t>
   </si>
   <si>
     <t>Autor datos abiertos:</t>
   </si>
   <si>
     <t>Fundación Ciudadanía y Desarrollo</t>
   </si>
   <si>
     <t>Licencia datos abiertos:</t>
   </si>
   <si>
     <t>Creative Commons Attribution Share-Alike 4.0 (CC-BY-SA-4.0)</t>
   </si>
   <si>
     <t>Datos</t>
   </si>
   <si>
@@ -74,1281 +74,1341 @@
   <si>
     <t xml:space="preserve">Número de carros </t>
   </si>
   <si>
     <t xml:space="preserve">Número de companias </t>
   </si>
   <si>
     <t xml:space="preserve">Activos </t>
   </si>
   <si>
     <t xml:space="preserve">Pasivos </t>
   </si>
   <si>
     <t xml:space="preserve">Patrimonio </t>
   </si>
   <si>
     <t xml:space="preserve">Cargo </t>
   </si>
   <si>
     <t xml:space="preserve">Categoría </t>
   </si>
   <si>
     <t xml:space="preserve">Función </t>
   </si>
   <si>
+    <t>Pablo Enrique Herrería Bonnet</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>Juez(a) de la Corte Constitucional</t>
+  </si>
+  <si>
+    <t>Función Estado</t>
+  </si>
+  <si>
+    <t>Judicial</t>
+  </si>
+  <si>
+    <t>Ana Cecilia Herrera Gómez</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Cotopaxi</t>
+  </si>
+  <si>
+    <t>Legislativa</t>
+  </si>
+  <si>
+    <t>Jorge Enrique Acaiturri Villa Varas</t>
+  </si>
+  <si>
+    <t>2023-05-15</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Guayas</t>
+  </si>
+  <si>
+    <t>María Mercedes Erbs Estupiñán</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Manabí</t>
+  </si>
+  <si>
+    <t>Karla Paulina Rosero Villavicencio</t>
+  </si>
+  <si>
+    <t>Candidato (a) a Vicepresidente de la República</t>
+  </si>
+  <si>
+    <t>Ejecutiva</t>
+  </si>
+  <si>
     <t>Lenin Daniel Barreto Zambrano</t>
   </si>
   <si>
-    <t>2023-11-17</t>
-[...10 lines deleted...]
-  <si>
     <t>Jhoel Marlin Escudero Solíz</t>
   </si>
   <si>
     <t>2022-02-10</t>
   </si>
   <si>
-    <t>Juez(a) de la Corte Constitucional</t>
-[...4 lines deleted...]
-  <si>
     <t>Cristhian Antonio Vega Quezada</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de El Oro</t>
   </si>
   <si>
     <t>Jaminton Enrique Intriago Alcívar</t>
   </si>
   <si>
+    <t>Marissa Elena Pendola Solórzano</t>
+  </si>
+  <si>
+    <t>2024-08-15</t>
+  </si>
+  <si>
+    <t>Secretario(a) General de Presidencia</t>
+  </si>
+  <si>
+    <t>Adriana Denisse García Mejía</t>
+  </si>
+  <si>
+    <t>Asambleísta Nacional</t>
+  </si>
+  <si>
+    <t>Manuel Oswal Bohórquez Tapia</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Pichincha</t>
+  </si>
+  <si>
+    <t>Gian Carlo Loffredo Rendón</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Defensa</t>
+  </si>
+  <si>
+    <t>Marcela Priscila Holguín Naranjo</t>
+  </si>
+  <si>
+    <t>Rebeca Viviana Veloz Ramírez</t>
+  </si>
+  <si>
+    <t>2021-05-14</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Santo Domingo de los Tsáchilas</t>
+  </si>
+  <si>
+    <t>Blanca Lucrecia Sacancela Quishpe</t>
+  </si>
+  <si>
+    <t>2023-10-22</t>
+  </si>
+  <si>
+    <t>Juan Pablo Molina Saldaña</t>
+  </si>
+  <si>
+    <t>Mishel Andrea Mancheno Dávila</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
+  </si>
+  <si>
+    <t>Secretario (a) General Jurídico de la Presidencia</t>
+  </si>
+  <si>
+    <t>Natalia de Jesús Guarnizo Condolo</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Judicial para la Comisión Ciudadana de Selección del Fiscal General del Estado.</t>
+  </si>
+  <si>
+    <t>Jimmy Jairala Vallazza</t>
+  </si>
+  <si>
+    <t>2018-12-18</t>
+  </si>
+  <si>
+    <t>Candidato (a) a Presidente de la República</t>
+  </si>
+  <si>
+    <t>Pamela Alejandra Aguirre Zambonino</t>
+  </si>
+  <si>
+    <t>2021-05-13</t>
+  </si>
+  <si>
+    <t>Asambleísta por la Provincia de Imbabura</t>
+  </si>
+  <si>
+    <t>Danilo Ivanob Sylva Pazmiño</t>
+  </si>
+  <si>
+    <t>2024-09-02</t>
+  </si>
+  <si>
+    <t>Superintendente de Control del Poder de Mercado</t>
+  </si>
+  <si>
+    <t>Transparencia y Control Social</t>
+  </si>
+  <si>
+    <t>Ferdinan Arturo Álvarez Zambrano</t>
+  </si>
+  <si>
+    <t>Sócrates Augusto Verduga Sánchez</t>
+  </si>
+  <si>
+    <t>2022-12-31</t>
+  </si>
+  <si>
+    <t>Consejero (a) del Consejo de Participación Ciudadana y Control Social</t>
+  </si>
+  <si>
+    <t>Ana Mercedes Galarza Añazco</t>
+  </si>
+  <si>
+    <t>2017-05-14</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Tungurahua</t>
+  </si>
+  <si>
+    <t>Inés del Rocío Díaz Chirán</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>Lenin José Lara Rivadeneira</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Esmeraldas</t>
+  </si>
+  <si>
+    <t>Raisa Irina Corral Alava</t>
+  </si>
+  <si>
+    <t>Carlos Alberto Rodríguez Riofrío</t>
+  </si>
+  <si>
+    <t>Johnny Alfredo Lavayen Tamayo</t>
+  </si>
+  <si>
+    <t>Asambleísta por los Estados Unidos y Canadá</t>
+  </si>
+  <si>
+    <t>Juan Bernardo Sánchez Jara</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>Ministro(a) de Salud</t>
+  </si>
+  <si>
+    <t>Lucio Edwin Gutiérrez Borbúa</t>
+  </si>
+  <si>
+    <t>Luisa Magdalena González Alcívar</t>
+  </si>
+  <si>
+    <t>Henry Fabián Kronfle Kozhaya</t>
+  </si>
+  <si>
+    <t>Daniel Roy-Gilchrist Noboa Azín</t>
+  </si>
+  <si>
+    <t>2023-11-23</t>
+  </si>
+  <si>
+    <t>Zaida Elizabeth Rovira Jurado</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>Ministro(a) de Inclusión Económica y Social</t>
+  </si>
+  <si>
+    <t>María Gabriela Centeno Apolo</t>
+  </si>
+  <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>Miembro del Equipo Técnico para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Alí Vicente Lozada Prado</t>
+  </si>
+  <si>
+    <t>2019-02-05</t>
+  </si>
+  <si>
+    <t>Alexandra Manuela Arce Plúas</t>
+  </si>
+  <si>
+    <t>Karina del Carmen Subía Dávalos</t>
+  </si>
+  <si>
+    <t>2021-10-01</t>
+  </si>
+  <si>
+    <t>Hernán Patricio Zapata Rojas</t>
+  </si>
+  <si>
+    <t>Manuel Hernán Torres Torres</t>
+  </si>
+  <si>
+    <t>2025-06-20</t>
+  </si>
+  <si>
+    <t>Gissella Cecibel Molina Álvarez</t>
+  </si>
+  <si>
+    <t>Mariuxi Cleopatra Sánchez Sarango</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Orellana</t>
+  </si>
+  <si>
+    <t>Paul Fernando Buestán Carabajo</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Cañar</t>
+  </si>
+  <si>
+    <t>Simón Bolívar Mieles Pinargote</t>
+  </si>
+  <si>
+    <t>Luis Alberto Jaramillo Granja</t>
+  </si>
+  <si>
+    <t>2025-04-17</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Producción, Comercio Exterior, Inversiones y Pesca</t>
+  </si>
+  <si>
+    <t>Vicente Giovanny Taiano Basante</t>
+  </si>
+  <si>
+    <t>José Luis Vallejo Ayala</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia del Carchi</t>
+  </si>
+  <si>
+    <t>Jahiren Elizabeth Noriega Donoso</t>
+  </si>
+  <si>
+    <t>Roberto Fernando Jaramillo Martínez</t>
+  </si>
+  <si>
+    <t>Francesco Adeodato Tabacchi Rendón</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
+  </si>
+  <si>
+    <t>Diego Fernando Carlosama Collaguazo</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>César Augusto Vásquez Moncayo</t>
+  </si>
+  <si>
+    <t>Secretario (a) de Educación Superior, Ciencia, Tecnología e Innovación</t>
+  </si>
+  <si>
+    <t>Ricardo Ulcuango Farinango</t>
+  </si>
+  <si>
+    <t>Celestino Wisum Saant</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Morona Santiago</t>
+  </si>
+  <si>
+    <t>Yaku Sacha Pérez Guartambel</t>
+  </si>
+  <si>
+    <t>Candidato (a) a Asambleísta Nacional</t>
+  </si>
+  <si>
+    <t>Lyne Katiuska Miranda Giler</t>
+  </si>
+  <si>
+    <t>Richard Omar Ortiz Ortiz</t>
+  </si>
+  <si>
+    <t>Carlos Edilberto Vera Mora</t>
+  </si>
+  <si>
+    <t>Mercedes Luzmila Abad Morocho</t>
+  </si>
+  <si>
+    <t>Jaime Moreno Félix</t>
+  </si>
+  <si>
+    <t>José Ramiro Vela Jiménez</t>
+  </si>
+  <si>
+    <t>Sariha Belén Moya Angulo</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Economía y Finanzas</t>
+  </si>
+  <si>
+    <t>Franklin Omar Samaniego Maigua</t>
+  </si>
+  <si>
+    <t>Presidente de la Asamblea Nacional</t>
+  </si>
+  <si>
+    <t>Antonieta Guadalupe Cabezas Enríquez</t>
+  </si>
+  <si>
+    <t>2022-08-11</t>
+  </si>
+  <si>
+    <t>Superintendente de Bancos</t>
+  </si>
+  <si>
+    <t>Ingrid Catalina Salazar Cedeño</t>
+  </si>
+  <si>
+    <t>Pablo José Cevallos Palomeque</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>Secretario (a) de Inversiones Público-Privadas</t>
+  </si>
+  <si>
+    <t>Tayron Michael Valarezo Eras</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Electoral para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Electoral</t>
+  </si>
+  <si>
+    <t>José Clemente Agualsaca Guamán</t>
+  </si>
+  <si>
+    <t>Xavier Andrés Jurado Bedrán</t>
+  </si>
+  <si>
+    <t>Andrés Xavier Fantoni Baldeón</t>
+  </si>
+  <si>
+    <t>2021-01-01</t>
+  </si>
+  <si>
+    <t>Carla Fernanda Larrea Falconí</t>
+  </si>
+  <si>
+    <t>2019-06-05</t>
+  </si>
+  <si>
+    <t>Patricia Monserrat Mendoza Jiménez</t>
+  </si>
+  <si>
+    <t>Nelly Zolanda Pluas Arias</t>
+  </si>
+  <si>
+    <t>Arturo German Moreno Encalada</t>
+  </si>
+  <si>
+    <t>Jorge Hermel Álvarez Granda</t>
+  </si>
+  <si>
+    <t>María Luisa Cruz Riofrío</t>
+  </si>
+  <si>
+    <t>2025-05-27</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Ambiente, Agua y Transición Ecológica</t>
+  </si>
+  <si>
+    <t>Esther Adelina Cuesta Santana</t>
+  </si>
+  <si>
+    <t>Asambleísta por Europa, Asia y Oceanía</t>
+  </si>
+  <si>
+    <t>2023-05-17</t>
+  </si>
+  <si>
+    <t>Marco Giovanni López Narváez</t>
+  </si>
+  <si>
+    <t>Superintendente de Compañías, Valores y Seguros</t>
+  </si>
+  <si>
+    <t>Presidente(a) de la República de Ecuador</t>
+  </si>
+  <si>
+    <t>Juan Carlos Vega Malo</t>
+  </si>
+  <si>
+    <t>2023-11-28</t>
+  </si>
+  <si>
+    <t>Luis Antonio Cueva Ordoñez</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>Flerida Ivonne Coloma Peralta</t>
+  </si>
+  <si>
+    <t>2022-11-09</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Contencioso Electoral</t>
+  </si>
+  <si>
+    <t>Audy Marcelo Achi Sibri</t>
+  </si>
+  <si>
+    <t>Christian Sebastian Reyes Mora</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>Jhajaira Estefanía Urresta Guzmán</t>
+  </si>
+  <si>
+    <t>Fabiola Maribel Sanmartín Parra</t>
+  </si>
+  <si>
+    <t>Yadira del Rosario Bayas Uriarte</t>
+  </si>
+  <si>
+    <t>Inés María Manzano Díaz</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Energía y Minas</t>
+  </si>
+  <si>
+    <t>Ricardo Wladimir Morales Vela</t>
+  </si>
+  <si>
+    <t>2024-06-28</t>
+  </si>
+  <si>
+    <t>Defensor Público General</t>
+  </si>
+  <si>
+    <t>Gustavo Enrique Mateus Acosta</t>
+  </si>
+  <si>
+    <t>Jonathan Emanuel Parra Villacís</t>
+  </si>
+  <si>
+    <t>Humberto Manuel Tapia Escalante</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Loja</t>
+  </si>
+  <si>
+    <t>Jorge Elías Escala Zambrano</t>
+  </si>
+  <si>
+    <t>Samantha Belén Carrera Sánchez</t>
+  </si>
+  <si>
+    <t>Cecilia Rosa Baltazar Yucailla</t>
+  </si>
+  <si>
+    <t>Julia Teodora Angulo Girón</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>Secretario (a) de Gestión, Desarrollo de Pueblos y Nacionalidades</t>
+  </si>
+  <si>
+    <t>Karla Elizabeth Andrade Quevedo</t>
+  </si>
+  <si>
+    <t>Henry Eduardo Cucalón Camacho</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Gobierno</t>
+  </si>
+  <si>
+    <t>Roberto Carlos Cerda Tapuy</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Napo</t>
+  </si>
+  <si>
+    <t>Ricardo Xavier Vanegas Cortázar</t>
+  </si>
+  <si>
+    <t>Pablo Ramiro Iglesias Paladines</t>
+  </si>
+  <si>
+    <t>2021-03-11</t>
+  </si>
+  <si>
+    <t>Superintendente de Ordenamiento Territorial, Uso y Gestión del Suelo</t>
+  </si>
+  <si>
+    <t>Johanna Cecibel Ortiz Villavicencio</t>
+  </si>
+  <si>
+    <t>Lucía Lizbeth Jaramillo Zurita</t>
+  </si>
+  <si>
+    <t>Andrea Yalu Rivadeneira Calderón</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Zamora Chinchipe</t>
+  </si>
+  <si>
+    <t>John Reimberg Oviedo</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>Ministro (a) del Interior</t>
+  </si>
+  <si>
+    <t>Mónica de Jesús Salazar Hidalgo</t>
+  </si>
+  <si>
+    <t>2022-09-15</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Los Ríos</t>
+  </si>
+  <si>
+    <t>Luis Ricardo Alvarado Campi</t>
+  </si>
+  <si>
+    <t>2023-11-20</t>
+  </si>
+  <si>
+    <t>Juan Carlos Rosero Paz</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Chimborazo</t>
+  </si>
+  <si>
+    <t>Maribel Rocío Baldeón Andrade</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Electoral para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Esthela Liliana Acero Lanchimba</t>
+  </si>
+  <si>
+    <t>Consejero (a) Electoral</t>
+  </si>
+  <si>
+    <t>Betsy Yadira Saltos Rivas</t>
+  </si>
+  <si>
+    <t>2019-01-01</t>
+  </si>
+  <si>
+    <t>Carla Magaly Cruz Zambrano</t>
+  </si>
+  <si>
+    <t>Asambleísta por América Latina, El Caribe y África</t>
+  </si>
+  <si>
+    <t>Wilson Enrique Gómez Vascones</t>
+  </si>
+  <si>
+    <t>2023-12-12</t>
+  </si>
+  <si>
+    <t>Diego Fernando Matovelle Vera</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Azuay</t>
+  </si>
+  <si>
+    <t>Jhon Edison Polanco Lara</t>
+  </si>
+  <si>
+    <t>Harold Andrés Burbano Villarreal</t>
+  </si>
+  <si>
+    <t>María Gabriela Molina Menéndez</t>
+  </si>
+  <si>
+    <t>César Antonio Martín Moreno</t>
+  </si>
+  <si>
+    <t>2023-11-27</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Telecomunicaciones y de la Sociedad de la Información</t>
+  </si>
+  <si>
+    <t>María Augusta Muñoz Sánchez</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>Ángel Eduardo Torres Maldonado</t>
+  </si>
+  <si>
+    <t>Sandra Sofía Sánchez Urgiles</t>
+  </si>
+  <si>
+    <t>Valentina Centeno Arteaga</t>
+  </si>
+  <si>
+    <t>Patricio Alberto Chávez Zavala</t>
+  </si>
+  <si>
+    <t>María Belén Cadena Ramírez</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>Carmen Yolanda Tiupul Urquizo</t>
+  </si>
+  <si>
+    <t>Arisdely Paola Parrales Yagual</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Santa Elena</t>
+  </si>
+  <si>
+    <t>Humberto Aparicio Plaza Argüello</t>
+  </si>
+  <si>
+    <t>Ministro(a) de Desarrollo Urbano y Vivienda</t>
+  </si>
+  <si>
+    <t>Sofía Margarita Hernández Naranjo</t>
+  </si>
+  <si>
+    <t>Superintendente de Economía Popular y Solidaria</t>
+  </si>
+  <si>
+    <t>Rafael Antonio Dávila Egüez</t>
+  </si>
+  <si>
+    <t>Víctor Manuel Araus Macías</t>
+  </si>
+  <si>
+    <t>2021-09-02</t>
+  </si>
+  <si>
+    <t>César Marcel Córdova Valverde</t>
+  </si>
+  <si>
+    <t>2021-09-18</t>
+  </si>
+  <si>
+    <t>Defensor del Pueblo</t>
+  </si>
+  <si>
+    <t>Jose Lenín Rogel Villacís</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Galápagos</t>
+  </si>
+  <si>
+    <t>Jorge Raúl Carrillo Tutivén</t>
+  </si>
+  <si>
+    <t>Secretario (a) de Gestión de Riesgos</t>
+  </si>
+  <si>
+    <t>Hilda Teresa Nuques Martínez</t>
+  </si>
+  <si>
+    <t>Mónica Estefanía Palacios Zambrano</t>
+  </si>
+  <si>
+    <t>Sandra Elizabeth Rueda Camacho</t>
+  </si>
+  <si>
+    <t>Juan Fernando Flores Arroyo</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>Ronal Eduardo González Valero</t>
+  </si>
+  <si>
+    <t>Leonardo Renato Berrezueta Carrión</t>
+  </si>
+  <si>
+    <t>Hector Guillermo Valladarez González</t>
+  </si>
+  <si>
+    <t>Alegría de Lourdes Crespo Cordovez</t>
+  </si>
+  <si>
+    <t>2024-04-22</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Educación</t>
+  </si>
+  <si>
+    <t>Eugenia Sofía Espín Reyes</t>
+  </si>
+  <si>
+    <t>María Fernanda Jiménez Vásquez</t>
+  </si>
+  <si>
+    <t>Manuel Antonio Naranjo Paz y Miño</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>Carlos Andrés Guerrero Arízaga</t>
+  </si>
+  <si>
+    <t>Delegado de la Función de Transparencia para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Xavier Mauricio Torres Maldonado</t>
+  </si>
+  <si>
+    <t>Contralor General del Estado</t>
+  </si>
+  <si>
+    <t>Silvia Patricia Núñez Ramos</t>
+  </si>
+  <si>
+    <t>Nicole Stephanie Bonifaz López</t>
+  </si>
+  <si>
+    <t>2022-03-31</t>
+  </si>
+  <si>
+    <t>Lourdes Nataly Morillo Solórzano</t>
+  </si>
+  <si>
+    <t>Víctor Andrés Quishpe Ilguan</t>
+  </si>
+  <si>
+    <t>2019-04-29</t>
+  </si>
+  <si>
+    <t>Fernando Enrique Cedeño Rivadeneira</t>
+  </si>
+  <si>
+    <t>Pedro Ramiro Velasco Erazo</t>
+  </si>
+  <si>
+    <t>Esperanza del Rocío Moreta Terán</t>
+  </si>
+  <si>
+    <t>Lucía Anabelle Posso Naranjo</t>
+  </si>
+  <si>
+    <t>Mateo Julián Estrella Durán</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Turismo</t>
+  </si>
+  <si>
+    <t>Eduardo Mauricio Zambrano Valle</t>
+  </si>
+  <si>
+    <t>Samuel Elías Célleri Gómez</t>
+  </si>
+  <si>
+    <t>Marco Aníbal Guatemal Anrango</t>
+  </si>
+  <si>
+    <t>2024-02-06</t>
+  </si>
+  <si>
+    <t>David Eduardo Flores Brandt</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Ejecutiva para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Wilson Guillermo Ortega Caicedo</t>
+  </si>
+  <si>
+    <t>Gabriel Humberto Bedón Álvarez</t>
+  </si>
+  <si>
+    <t>David Marcelo Rojas Cajas</t>
+  </si>
+  <si>
+    <t>2025-02-25</t>
+  </si>
+  <si>
+    <t>Eduardo Erwin Mendoza Palma</t>
+  </si>
+  <si>
+    <t>Juan Iván Cueva Vivanco</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>Eckenner Reader Recalde Álava</t>
+  </si>
+  <si>
+    <t>Rosa Belén Mayorga Tapia</t>
+  </si>
+  <si>
+    <t>María Fernanda Araujo Noboa</t>
+  </si>
+  <si>
+    <t>Amy Yajanua Gende Cordova</t>
+  </si>
+  <si>
+    <t>José David Jiménez Vásquez</t>
+  </si>
+  <si>
+    <t>2025-03-05</t>
+  </si>
+  <si>
+    <t>Ministro del Deporte</t>
+  </si>
+  <si>
+    <t>Roberto Emilio Cuero Medina</t>
+  </si>
+  <si>
+    <t>Adrián Ernesto Castro Piedra</t>
+  </si>
+  <si>
+    <t>Edgar Geovanny Benítez Calva</t>
+  </si>
+  <si>
+    <t>Irene María Vélez Froment</t>
+  </si>
+  <si>
+    <t>Secretario (a) General de Comunicación de la Presidencia</t>
+  </si>
+  <si>
+    <t>Daniela Salazar Marín</t>
+  </si>
+  <si>
+    <t>Andrea Belén González Nader</t>
+  </si>
+  <si>
+    <t>2022-05-03</t>
+  </si>
+  <si>
+    <t>Jaime Patricio Guevara Blaschke</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Pastaza</t>
+  </si>
+  <si>
+    <t>Saadin Alfredo Serrano Valladares</t>
+  </si>
+  <si>
+    <t>Pierina Sara Mercedes Correa Delgado</t>
+  </si>
+  <si>
+    <t>Janeth Paola Cabezas Castillo</t>
+  </si>
+  <si>
+    <t>Henry Saúl Bósquez Villena</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Bolívar</t>
+  </si>
+  <si>
+    <t>Milton Javier Aguas Flores</t>
+  </si>
+  <si>
+    <t>Roberto Xavier Luque Nuques</t>
+  </si>
+  <si>
+    <t>Ministro(a) de Transporte y Obras Públicas</t>
+  </si>
+  <si>
+    <t>Blasco Remigio Luna Arévalo</t>
+  </si>
+  <si>
+    <t>Fernanda Mabel Méndez Rojas</t>
+  </si>
+  <si>
+    <t>2022-09-19</t>
+  </si>
+  <si>
+    <t>Francisco Andrés Cevallos Macías</t>
+  </si>
+  <si>
+    <t>Segunda Liliana Trávez Vizcaíno</t>
+  </si>
+  <si>
+    <t>2024-06-11</t>
+  </si>
+  <si>
+    <t>Gobernador (a) de Tungurahua</t>
+  </si>
+  <si>
+    <t>Pamela Teresa Garay Mateo</t>
+  </si>
+  <si>
+    <t>Delegada de la Función de Transparencia para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Fernando Enrique Pita García</t>
+  </si>
+  <si>
+    <t>Vicepresidente del Consejo Nacional Electoral</t>
+  </si>
+  <si>
+    <t>Johanna Ivonne Verdezoto del Salto</t>
+  </si>
+  <si>
+    <t>2022-04-01</t>
+  </si>
+  <si>
+    <t>Camilo Aurelio Salinas Ochoa</t>
+  </si>
+  <si>
+    <t>Stephanie Cristina Carrera Ocampo</t>
+  </si>
+  <si>
+    <t>César Arturo Ugsha Toaquiza</t>
+  </si>
+  <si>
+    <t>Jorge Luis Guevara Benavídez</t>
+  </si>
+  <si>
     <t>Stalin Santiago Andino González</t>
   </si>
   <si>
     <t>2025-02-08</t>
   </si>
   <si>
-    <t>Secretario (a) General Jurídico de la Presidencia</t>
-[...71 lines deleted...]
-    <t>Asambleísta por la provincia de Pichincha</t>
+    <t>Comps Pascacio Córdova Díaz</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Sucumbíos</t>
+  </si>
+  <si>
+    <t>Gissela Siomara Garzón Monteros</t>
+  </si>
+  <si>
+    <t>Nicole Anahis Saca Baldeón</t>
+  </si>
+  <si>
+    <t>Arturo David Félix Wong</t>
+  </si>
+  <si>
+    <t>Silvana Mariuxi Ramírez Verdezoto</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Legislativa para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Joaquín Vicente Viteri Llanga</t>
+  </si>
+  <si>
+    <t>Ana María Raffo Guevara</t>
+  </si>
+  <si>
+    <t>Segundo Eustaquio Tuala Muntza</t>
+  </si>
+  <si>
+    <t>Nathaly Estefanía Farinango Delgado</t>
   </si>
   <si>
     <t>José Javier De la Gasca López-Domínguez</t>
   </si>
   <si>
     <t>2024-11-11</t>
   </si>
   <si>
-    <t>Ministro (a) de Gobierno</t>
-[...35 lines deleted...]
-    <t>Asambleísta por los Estados Unidos y Canadá</t>
+    <t>Jorge Andrés Peñafiel Cedeño</t>
+  </si>
+  <si>
+    <t>Verónica Elizabeth Silva Reinoso</t>
+  </si>
+  <si>
+    <t>2022-02-15</t>
+  </si>
+  <si>
+    <t>Oscar Fabián Peña Toro</t>
+  </si>
+  <si>
+    <t>Patricio Benjamín Cisneros Granizo</t>
   </si>
   <si>
     <t>Romina Alejandra Muñoz Procel</t>
   </si>
   <si>
-    <t>2024-08-15</t>
-[...1 lines deleted...]
-  <si>
     <t>Ministro (a) de Cultura y Patrimonio</t>
   </si>
   <si>
-    <t>Danilo Ivanob Sylva Pazmiño</t>
-[...53 lines deleted...]
-    <t>Hernán Patricio Zapata Rojas</t>
+    <t>José Ricardo Cabrera Zurita</t>
+  </si>
+  <si>
+    <t>Johnny Enrique Terán Barragán</t>
+  </si>
+  <si>
+    <t>2020-05-14</t>
+  </si>
+  <si>
+    <t>Mónica Rosa Irene Palencia Núñez</t>
+  </si>
+  <si>
+    <t>Diana Paulina Ramirez Villacis</t>
+  </si>
+  <si>
+    <t>Secretario(a) Nacional de Planificación</t>
+  </si>
+  <si>
+    <t>Carmen Faviola Corral Ponce</t>
+  </si>
+  <si>
+    <t>Victoria Tatiana Desintonio Malavé</t>
+  </si>
+  <si>
+    <t>María Verónica Abad Rojas</t>
+  </si>
+  <si>
+    <t>Vicepresidente (a) de la República</t>
+  </si>
+  <si>
+    <t>Faustino Armando Fernández Rosales</t>
+  </si>
+  <si>
+    <t>Dallyana Marianela Passailaigue Manosalvas</t>
+  </si>
+  <si>
+    <t>2023-05-16</t>
+  </si>
+  <si>
+    <t>Mariana Yumbay Yallico</t>
+  </si>
+  <si>
+    <t>Guido Gilberto Vargas Ocaña</t>
+  </si>
+  <si>
+    <t>Ivonne Elizabeth Núñez Figueroa</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Trabajo</t>
+  </si>
+  <si>
+    <t>Guillermo Alejandro Celi Santos</t>
+  </si>
+  <si>
+    <t>2020-09-22</t>
+  </si>
+  <si>
+    <t>Marjorie Lorena Rosado Sánchez</t>
+  </si>
+  <si>
+    <t>Luis Alberto Cabezas-Klaere</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>Diana Marvella Rosero Mora</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>Mérida Elena Nájera Moreira</t>
+  </si>
+  <si>
+    <t>Juan Esteban Guarderas Cisneros</t>
+  </si>
+  <si>
+    <t>2021-04-30</t>
+  </si>
+  <si>
+    <t>Viviana Jacqueline Zambrano González</t>
+  </si>
+  <si>
+    <t>María José Pinto González Artigas</t>
+  </si>
+  <si>
+    <t>Ximena Alejandra Cárdenas Reyes</t>
+  </si>
+  <si>
+    <t>César Umajinga Guamán</t>
+  </si>
+  <si>
+    <t>Sixto Antonio Parra Tovar</t>
+  </si>
+  <si>
+    <t>Cynthia Natalie Gellibert Mora</t>
+  </si>
+  <si>
+    <t>2024-08-18</t>
+  </si>
+  <si>
+    <t>Secretario (a) General de Gabinete de la Presidencia</t>
+  </si>
+  <si>
+    <t>María Gabriela Sommerfeld Rosero</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Relaciones Exteriores y Movilidad Humana</t>
+  </si>
+  <si>
+    <t>Jorge Enrique Chamba Cabanilla</t>
+  </si>
+  <si>
+    <t>Santiago Cristóbal Ribadeneira Villacrés</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Judicial para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Fernando Gonzalo Muñoz Benítez</t>
+  </si>
+  <si>
+    <t>Rosa Margarita Arotingo Cushcagua</t>
+  </si>
+  <si>
+    <t>Alexandra Andrea Castillo Campoverde</t>
+  </si>
+  <si>
+    <t>Santiago David Ochoa Beltrán</t>
+  </si>
+  <si>
+    <t>2022-07-11</t>
+  </si>
+  <si>
+    <t>Postulante al concurso de jueces de la Corte Nacional de Justicia 2024</t>
+  </si>
+  <si>
+    <t>María Teresa del Carmen Pasquel Andrade</t>
+  </si>
+  <si>
+    <t>María Luisa Coello Recalde</t>
+  </si>
+  <si>
+    <t>2024-04-02</t>
+  </si>
+  <si>
+    <t>Steven Leonardo Ordóñez Bravo</t>
+  </si>
+  <si>
+    <t>Otto Santiago Vera Palacios</t>
+  </si>
+  <si>
+    <t>Roberto Carlos Kury Pesantes</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>Shiram Diana Atamaint Wamputsar</t>
+  </si>
+  <si>
+    <t>Presidente del Consejo Nacional Electoral</t>
+  </si>
+  <si>
+    <t>María Sonsoles García León</t>
+  </si>
+  <si>
+    <t>Inés Margarita Alarcón Bueno</t>
   </si>
   <si>
     <t>Iván Andrés Morales Revelo</t>
   </si>
   <si>
     <t>2025-05-01</t>
   </si>
   <si>
-    <t>Miembro del Equipo Técnico para la selección y designación del Fiscal General del Estado</t>
-[...272 lines deleted...]
-    <t>Yadira del Rosario Bayas Uriarte</t>
+    <t>Juan Carlos Camacho Dávila</t>
+  </si>
+  <si>
+    <t>Amado Humberto Chávez Angamarca</t>
   </si>
   <si>
     <t>Franklin Danilo Palacios Márquez</t>
   </si>
   <si>
     <t>Ministro(a) de Agricultura y Ganadería</t>
   </si>
   <si>
-    <t>Roberto Carlos Cerda Tapuy</t>
-[...685 lines deleted...]
-  <si>
     <t>Cristina Eugenia Reyes Hidalgo</t>
   </si>
   <si>
     <t>2024-09-30</t>
   </si>
   <si>
     <t>2022-09-12</t>
   </si>
   <si>
     <t>José Ernesto Maldonado Córdova</t>
   </si>
   <si>
     <t>Pedro Javier Granja Angulo</t>
   </si>
   <si>
     <t>2024-06-01</t>
   </si>
   <si>
-    <t>Juan Carlos Camacho Dávila</t>
-[...8 lines deleted...]
-    <t>Ministro(a) de Transporte y Obras Públicas</t>
+    <t>Sandra Margarita Armijos Mijas</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
   </si>
   <si>
     <t>Juan Enmanuel Izquierdo Intriago</t>
   </si>
   <si>
     <t>2024-05-02</t>
   </si>
   <si>
     <t>Integrante de la terna para la designación del titular de la Procuraduría General del Estado</t>
   </si>
   <si>
     <t>Institucion Independiente</t>
   </si>
   <si>
     <t>Procuraduría General del Estado</t>
   </si>
   <si>
     <t>Juan Carlos Larrea Valencia</t>
   </si>
   <si>
     <t>2017-08-01</t>
   </si>
   <si>
     <t>Procurador General del Estado</t>
   </si>
@@ -1713,51 +1773,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L332"/>
+  <dimension ref="A1:L342"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="L7" sqref="L7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="35" customWidth="true" style="0"/>
     <col min="3" max="3" width="35" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="35" customWidth="true" style="0"/>
     <col min="6" max="6" width="35" customWidth="true" style="0"/>
     <col min="7" max="7" width="35" customWidth="true" style="0"/>
     <col min="8" max="8" width="35" customWidth="true" style="0"/>
     <col min="9" max="9" width="35" customWidth="true" style="0"/>
     <col min="10" max="10" width="35" customWidth="true" style="0"/>
     <col min="11" max="11" width="35" customWidth="true" style="0"/>
     <col min="12" max="12" width="35" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1809,10848 +1869,11198 @@
       </c>
       <c r="F7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
-        <v>865</v>
+        <v>494</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E8">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="F8">
+        <v>0</v>
       </c>
       <c r="G8">
-        <v>219630.0</v>
+        <v>184156.52</v>
       </c>
       <c r="H8">
-        <v>84361.07</v>
+        <v>15692.84</v>
       </c>
       <c r="I8">
-        <v>135268.93</v>
+        <v>168463.68</v>
       </c>
       <c r="J8" t="s">
         <v>22</v>
       </c>
       <c r="K8" t="s">
         <v>23</v>
       </c>
       <c r="L8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
-        <v>951</v>
+        <v>902</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G9">
-        <v>112677.43</v>
+        <v>90309.13</v>
       </c>
       <c r="H9">
-        <v>42581.13</v>
+        <v>0.0</v>
       </c>
       <c r="I9">
-        <v>70096.3</v>
+        <v>90309.13</v>
       </c>
       <c r="J9" t="s">
         <v>27</v>
       </c>
       <c r="K9" t="s">
         <v>23</v>
       </c>
       <c r="L9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
-        <v>1254</v>
+        <v>1177</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D10">
+        <v>6</v>
+      </c>
+      <c r="E10">
         <v>2</v>
       </c>
-      <c r="E10">
-[...1 lines deleted...]
-      </c>
       <c r="G10">
-        <v>169171.85</v>
+        <v>1071461.01</v>
       </c>
       <c r="H10">
-        <v>131994.17</v>
+        <v>32000.0</v>
       </c>
       <c r="I10">
-        <v>37177.68</v>
+        <v>1039461.01</v>
       </c>
       <c r="J10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K10" t="s">
         <v>23</v>
       </c>
       <c r="L10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
-        <v>1311</v>
+        <v>1279</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D11">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G11">
-        <v>434490.0</v>
+        <v>1998441.03</v>
       </c>
       <c r="H11">
-        <v>0.0</v>
+        <v>243823.78</v>
       </c>
       <c r="I11">
-        <v>434490.0</v>
+        <v>1754617.25</v>
       </c>
       <c r="J11" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="K11" t="s">
         <v>23</v>
       </c>
       <c r="L11" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
-        <v>1415</v>
+        <v>1378</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D12">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G12">
-        <v>134406.35</v>
+        <v>128069.57</v>
       </c>
       <c r="H12">
-        <v>70792.14</v>
+        <v>28500.0</v>
       </c>
       <c r="I12">
-        <v>63614.21</v>
+        <v>99569.57</v>
       </c>
       <c r="J12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K12" t="s">
         <v>23</v>
       </c>
       <c r="L12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
-        <v>494</v>
+        <v>865</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="D13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E13">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G13">
-        <v>184156.52</v>
+        <v>219630.0</v>
       </c>
       <c r="H13">
-        <v>15692.84</v>
+        <v>84361.07</v>
       </c>
       <c r="I13">
-        <v>168463.68</v>
+        <v>135268.93</v>
       </c>
       <c r="J13" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
       <c r="L13" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
-        <v>902</v>
+        <v>951</v>
       </c>
       <c r="B14" t="s">
         <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="D14">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G14">
-        <v>90309.13</v>
+        <v>112677.43</v>
       </c>
       <c r="H14">
-        <v>0.0</v>
+        <v>42581.13</v>
       </c>
       <c r="I14">
-        <v>90309.13</v>
+        <v>70096.3</v>
       </c>
       <c r="J14" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="K14" t="s">
         <v>23</v>
       </c>
       <c r="L14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
-        <v>1177</v>
+        <v>1254</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="s">
+        <v>26</v>
+      </c>
+      <c r="D15">
+        <v>2</v>
+      </c>
+      <c r="E15">
+        <v>1</v>
+      </c>
+      <c r="G15">
+        <v>169171.85</v>
+      </c>
+      <c r="H15">
+        <v>131994.17</v>
+      </c>
+      <c r="I15">
+        <v>37177.68</v>
+      </c>
+      <c r="J15" t="s">
         <v>41</v>
       </c>
-      <c r="D15">
-[...16 lines deleted...]
-      </c>
       <c r="K15" t="s">
         <v>23</v>
       </c>
       <c r="L15" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
-        <v>1279</v>
+        <v>1311</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D16">
-        <v>5</v>
+        <v>3</v>
+      </c>
+      <c r="E16">
+        <v>1</v>
       </c>
       <c r="G16">
-        <v>1998441.03</v>
+        <v>434490.0</v>
       </c>
       <c r="H16">
-        <v>243823.78</v>
+        <v>0.0</v>
       </c>
       <c r="I16">
-        <v>1754617.25</v>
+        <v>434490.0</v>
       </c>
       <c r="J16" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="K16" t="s">
         <v>23</v>
       </c>
       <c r="L16" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
-        <v>1378</v>
+        <v>1417</v>
       </c>
       <c r="B17" t="s">
+        <v>43</v>
+      </c>
+      <c r="C17" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D17">
         <v>0</v>
       </c>
+      <c r="E17">
+        <v>1</v>
+      </c>
       <c r="G17">
-        <v>128069.57</v>
+        <v>90058.91</v>
       </c>
       <c r="H17">
-        <v>28500.0</v>
+        <v>0.0</v>
       </c>
       <c r="I17">
-        <v>99569.57</v>
+        <v>90058.91</v>
       </c>
       <c r="J17" t="s">
         <v>45</v>
       </c>
       <c r="K17" t="s">
         <v>23</v>
       </c>
       <c r="L17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
-        <v>1260</v>
+        <v>1227</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D18">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G18">
-        <v>1256801.0</v>
+        <v>117153.56</v>
       </c>
       <c r="H18">
-        <v>36500.0</v>
+        <v>38522.88</v>
       </c>
       <c r="I18">
-        <v>1220301.0</v>
+        <v>78630.68</v>
       </c>
       <c r="J18" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="K18" t="s">
         <v>23</v>
       </c>
       <c r="L18" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
-        <v>1340</v>
+        <v>1292</v>
       </c>
       <c r="B19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>26</v>
+      </c>
+      <c r="D19">
+        <v>1</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
       <c r="G19">
-        <v>27725.78</v>
+        <v>297236.14</v>
       </c>
       <c r="H19">
-        <v>23200.02</v>
+        <v>10500.0</v>
       </c>
       <c r="I19">
-        <v>4525.76</v>
+        <v>286736.14</v>
       </c>
       <c r="J19" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="K19" t="s">
         <v>23</v>
       </c>
       <c r="L19" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
-        <v>637</v>
+        <v>1397</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D20">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E20">
         <v>1</v>
       </c>
-      <c r="F20">
-[...1 lines deleted...]
-      </c>
       <c r="G20">
-        <v>749534.64</v>
+        <v>237121.7</v>
       </c>
       <c r="H20">
-        <v>68519.69</v>
+        <v>112392.86</v>
       </c>
       <c r="I20">
-        <v>681014.95</v>
+        <v>124728.84</v>
       </c>
       <c r="J20" t="s">
         <v>51</v>
       </c>
       <c r="K20" t="s">
         <v>23</v>
       </c>
       <c r="L20" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
-        <v>913</v>
+        <v>75</v>
       </c>
       <c r="B21" t="s">
         <v>52</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>26</v>
+      </c>
+      <c r="D21">
+        <v>1</v>
+      </c>
+      <c r="E21">
+        <v>1</v>
       </c>
       <c r="G21">
-        <v>504465.82</v>
+        <v>267390.0</v>
       </c>
       <c r="H21">
-        <v>25382.37</v>
+        <v>101436.38</v>
       </c>
       <c r="I21">
-        <v>479083.45</v>
+        <v>165953.62</v>
       </c>
       <c r="J21" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K21" t="s">
         <v>23</v>
       </c>
       <c r="L21" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
-        <v>1227</v>
+        <v>883</v>
       </c>
       <c r="B22" t="s">
+        <v>53</v>
+      </c>
+      <c r="C22" t="s">
+        <v>54</v>
+      </c>
+      <c r="G22">
+        <v>70452.0</v>
+      </c>
+      <c r="H22">
+        <v>4000.0</v>
+      </c>
+      <c r="I22">
+        <v>66452.0</v>
+      </c>
+      <c r="J22" t="s">
         <v>55</v>
       </c>
-      <c r="C22" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K22" t="s">
         <v>23</v>
       </c>
       <c r="L22" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
-        <v>1292</v>
+        <v>1066</v>
       </c>
       <c r="B23" t="s">
+        <v>56</v>
+      </c>
+      <c r="C23" t="s">
         <v>57</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E23">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G23">
-        <v>297236.14</v>
+        <v>325044.32</v>
       </c>
       <c r="H23">
-        <v>10500.0</v>
+        <v>79589.12</v>
       </c>
       <c r="I23">
-        <v>286736.14</v>
+        <v>245455.2</v>
       </c>
       <c r="J23" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="K23" t="s">
         <v>23</v>
       </c>
       <c r="L23" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
-        <v>1395</v>
+        <v>1260</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="D24">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="E24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G24">
-        <v>2798982.27</v>
+        <v>1256801.0</v>
       </c>
       <c r="H24">
-        <v>65897.78</v>
+        <v>36500.0</v>
       </c>
       <c r="I24">
-        <v>2733084.49</v>
+        <v>1220301.0</v>
       </c>
       <c r="J24" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="K24" t="s">
         <v>23</v>
       </c>
       <c r="L24" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
-        <v>75</v>
+        <v>1340</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C25" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="E25">
         <v>1</v>
       </c>
       <c r="G25">
-        <v>267390.0</v>
+        <v>27725.78</v>
       </c>
       <c r="H25">
-        <v>101436.38</v>
+        <v>23200.02</v>
       </c>
       <c r="I25">
-        <v>165953.62</v>
+        <v>4525.76</v>
       </c>
       <c r="J25" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="K25" t="s">
         <v>23</v>
       </c>
       <c r="L25" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
-        <v>883</v>
+        <v>1433</v>
       </c>
       <c r="B26" t="s">
+        <v>62</v>
+      </c>
+      <c r="C26" t="s">
         <v>63</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26">
+        <v>1</v>
+      </c>
+      <c r="E26">
+        <v>0</v>
+      </c>
+      <c r="G26">
+        <v>293176.76</v>
+      </c>
+      <c r="H26">
+        <v>192777.52</v>
+      </c>
+      <c r="I26">
+        <v>100399.24</v>
+      </c>
+      <c r="J26" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
       <c r="K26" t="s">
         <v>23</v>
       </c>
       <c r="L26" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
-        <v>1066</v>
+        <v>637</v>
       </c>
       <c r="B27" t="s">
+        <v>65</v>
+      </c>
+      <c r="C27" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D27">
         <v>2</v>
       </c>
       <c r="E27">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="F27">
+        <v>0</v>
       </c>
       <c r="G27">
-        <v>325044.32</v>
+        <v>749534.64</v>
       </c>
       <c r="H27">
-        <v>79589.12</v>
+        <v>68519.69</v>
       </c>
       <c r="I27">
-        <v>245455.2</v>
+        <v>681014.95</v>
       </c>
       <c r="J27" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="K27" t="s">
         <v>23</v>
       </c>
       <c r="L27" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
-        <v>860</v>
+        <v>913</v>
       </c>
       <c r="B28" t="s">
         <v>68</v>
       </c>
       <c r="C28" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>69</v>
       </c>
       <c r="G28">
-        <v>461942.27</v>
+        <v>504465.82</v>
       </c>
       <c r="H28">
-        <v>105000.0</v>
+        <v>25382.37</v>
       </c>
       <c r="I28">
-        <v>356942.27</v>
+        <v>479083.45</v>
       </c>
       <c r="J28" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K28" t="s">
         <v>23</v>
       </c>
       <c r="L28" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
-        <v>925</v>
+        <v>435</v>
       </c>
       <c r="B29" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C29" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="D29">
         <v>1</v>
       </c>
       <c r="E29">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G29">
-        <v>60648.75</v>
+        <v>312149.01</v>
       </c>
       <c r="H29">
-        <v>65821.22</v>
+        <v>84662.98</v>
       </c>
       <c r="I29">
-        <v>-5172.47</v>
+        <v>227486.03</v>
       </c>
       <c r="J29" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K29" t="s">
         <v>23</v>
       </c>
       <c r="L29" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
-        <v>1242</v>
+        <v>898</v>
       </c>
       <c r="B30" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C30" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D30">
+        <v>1</v>
       </c>
       <c r="E30">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G30">
-        <v>32800.0</v>
+        <v>149360.0</v>
       </c>
       <c r="H30">
-        <v>0.0</v>
+        <v>16718.89</v>
       </c>
       <c r="I30">
-        <v>32800.0</v>
+        <v>132641.11</v>
       </c>
       <c r="J30" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K30" t="s">
         <v>23</v>
       </c>
       <c r="L30" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
-        <v>1305</v>
+        <v>1126</v>
       </c>
       <c r="B31" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C31" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="D31">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E31">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G31">
-        <v>1892000.99</v>
+        <v>0.2</v>
       </c>
       <c r="H31">
-        <v>355000.0</v>
+        <v>37012.84</v>
       </c>
       <c r="I31">
-        <v>1537000.99</v>
+        <v>-37012.64</v>
       </c>
       <c r="J31" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="K31" t="s">
         <v>23</v>
       </c>
       <c r="L31" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
-        <v>1408</v>
+        <v>1274</v>
       </c>
       <c r="B32" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="C32" t="s">
-        <v>75</v>
-[...4 lines deleted...]
-      <c r="E32">
+        <v>80</v>
+      </c>
+      <c r="F32">
         <v>0</v>
       </c>
       <c r="G32">
-        <v>50412.49</v>
+        <v>93479.89</v>
       </c>
       <c r="H32">
         <v>0.0</v>
       </c>
       <c r="I32">
-        <v>50412.49</v>
+        <v>93479.89</v>
       </c>
       <c r="J32" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="K32" t="s">
         <v>23</v>
       </c>
       <c r="L32" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
-        <v>435</v>
+        <v>1369</v>
       </c>
       <c r="B33" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C33" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>83</v>
       </c>
       <c r="G33">
-        <v>312149.01</v>
+        <v>7511.08</v>
       </c>
       <c r="H33">
-        <v>84662.98</v>
+        <v>11700.0</v>
       </c>
       <c r="I33">
-        <v>227486.03</v>
+        <v>-4188.92</v>
       </c>
       <c r="J33" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
       <c r="K33" t="s">
         <v>23</v>
       </c>
       <c r="L33" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
-        <v>898</v>
+        <v>860</v>
       </c>
       <c r="B34" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C34" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D34">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E34">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G34">
-        <v>149360.0</v>
+        <v>461942.27</v>
       </c>
       <c r="H34">
-        <v>16718.89</v>
+        <v>105000.0</v>
       </c>
       <c r="I34">
-        <v>132641.11</v>
+        <v>356942.27</v>
       </c>
       <c r="J34" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="K34" t="s">
         <v>23</v>
       </c>
       <c r="L34" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
-        <v>1126</v>
+        <v>925</v>
       </c>
       <c r="B35" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C35" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="D35">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E35">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G35">
-        <v>0.2</v>
+        <v>60648.75</v>
       </c>
       <c r="H35">
-        <v>37012.84</v>
+        <v>65821.22</v>
       </c>
       <c r="I35">
-        <v>-37012.64</v>
+        <v>-5172.47</v>
       </c>
       <c r="J35" t="s">
-        <v>84</v>
+        <v>33</v>
       </c>
       <c r="K35" t="s">
         <v>23</v>
       </c>
       <c r="L35" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
-        <v>1274</v>
+        <v>1242</v>
       </c>
       <c r="B36" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C36" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>26</v>
+      </c>
+      <c r="E36">
+        <v>2</v>
       </c>
       <c r="G36">
-        <v>93479.89</v>
+        <v>32800.0</v>
       </c>
       <c r="H36">
         <v>0.0</v>
       </c>
       <c r="I36">
-        <v>93479.89</v>
+        <v>32800.0</v>
       </c>
       <c r="J36" t="s">
-        <v>87</v>
+        <v>41</v>
       </c>
       <c r="K36" t="s">
         <v>23</v>
       </c>
       <c r="L36" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
-        <v>1369</v>
+        <v>1305</v>
       </c>
       <c r="B37" t="s">
         <v>88</v>
       </c>
       <c r="C37" t="s">
+        <v>26</v>
+      </c>
+      <c r="D37">
+        <v>1</v>
+      </c>
+      <c r="E37">
+        <v>2</v>
+      </c>
+      <c r="G37">
+        <v>1892000.99</v>
+      </c>
+      <c r="H37">
+        <v>355000.0</v>
+      </c>
+      <c r="I37">
+        <v>1537000.99</v>
+      </c>
+      <c r="J37" t="s">
         <v>89</v>
       </c>
-      <c r="G37">
-[...10 lines deleted...]
-      </c>
       <c r="K37" t="s">
         <v>23</v>
       </c>
       <c r="L37" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
-        <v>512</v>
+        <v>1411</v>
       </c>
       <c r="B38" t="s">
         <v>90</v>
       </c>
       <c r="C38" t="s">
         <v>91</v>
       </c>
       <c r="D38">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="E38">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G38">
-        <v>689195.85</v>
+        <v>114580.0</v>
       </c>
       <c r="H38">
-        <v>11769.69</v>
+        <v>58000.0</v>
       </c>
       <c r="I38">
-        <v>677426.16</v>
+        <v>56580.0</v>
       </c>
       <c r="J38" t="s">
-        <v>27</v>
+        <v>92</v>
       </c>
       <c r="K38" t="s">
         <v>23</v>
       </c>
       <c r="L38" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
-        <v>909</v>
+        <v>25</v>
       </c>
       <c r="B39" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C39" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="D39">
+        <v>3</v>
+      </c>
+      <c r="E39">
+        <v>1</v>
       </c>
       <c r="G39">
-        <v>146519.85</v>
+        <v>194793.59</v>
       </c>
       <c r="H39">
-        <v>0.0</v>
+        <v>4583.0</v>
       </c>
       <c r="I39">
-        <v>146519.85</v>
+        <v>190210.59</v>
       </c>
       <c r="J39" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="K39" t="s">
         <v>23</v>
       </c>
       <c r="L39" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
-        <v>1217</v>
+        <v>872</v>
       </c>
       <c r="B40" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C40" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="G40">
-        <v>236058.48</v>
+        <v>200290.59</v>
       </c>
       <c r="H40">
-        <v>0.0</v>
+        <v>43760.39</v>
       </c>
       <c r="I40">
-        <v>236058.48</v>
+        <v>156530.2</v>
       </c>
       <c r="J40" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="K40" t="s">
         <v>23</v>
       </c>
       <c r="L40" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
-        <v>1286</v>
+        <v>981</v>
       </c>
       <c r="B41" t="s">
         <v>95</v>
       </c>
       <c r="C41" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>44</v>
       </c>
       <c r="E41">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G41">
-        <v>431047.48</v>
+        <v>5112593.08</v>
       </c>
       <c r="H41">
-        <v>39018.47</v>
+        <v>46487.93</v>
       </c>
       <c r="I41">
-        <v>392029.01</v>
+        <v>5066105.15</v>
       </c>
       <c r="J41" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="K41" t="s">
         <v>23</v>
       </c>
       <c r="L41" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
-        <v>1389</v>
+        <v>1256</v>
       </c>
       <c r="B42" t="s">
         <v>96</v>
       </c>
       <c r="C42" t="s">
         <v>97</v>
       </c>
       <c r="D42">
         <v>1</v>
       </c>
-      <c r="E42">
-[...1 lines deleted...]
-      </c>
       <c r="G42">
-        <v>72387.61</v>
+        <v>1502850.0</v>
       </c>
       <c r="H42">
-        <v>0.0</v>
+        <v>840186.0</v>
       </c>
       <c r="I42">
-        <v>72387.61</v>
+        <v>662664.0</v>
       </c>
       <c r="J42" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="K42" t="s">
         <v>23</v>
       </c>
       <c r="L42" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
-        <v>25</v>
+        <v>1325</v>
       </c>
       <c r="B43" t="s">
+        <v>98</v>
+      </c>
+      <c r="C43" t="s">
         <v>99</v>
       </c>
-      <c r="C43" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G43">
-        <v>194793.59</v>
+        <v>21000.0</v>
       </c>
       <c r="H43">
-        <v>4583.0</v>
+        <v>0.0</v>
       </c>
       <c r="I43">
-        <v>190210.59</v>
+        <v>21000.0</v>
       </c>
       <c r="J43" t="s">
-        <v>56</v>
+        <v>100</v>
       </c>
       <c r="K43" t="s">
         <v>23</v>
       </c>
       <c r="L43" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
-        <v>872</v>
+        <v>1425</v>
       </c>
       <c r="B44" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C44" t="s">
-        <v>64</v>
+        <v>102</v>
+      </c>
+      <c r="D44">
+        <v>0</v>
+      </c>
+      <c r="E44">
+        <v>1</v>
       </c>
       <c r="G44">
-        <v>200290.59</v>
+        <v>33100.0</v>
       </c>
       <c r="H44">
-        <v>43760.39</v>
+        <v>0.0</v>
       </c>
       <c r="I44">
-        <v>156530.2</v>
+        <v>33100.0</v>
       </c>
       <c r="J44" t="s">
-        <v>51</v>
+        <v>103</v>
       </c>
       <c r="K44" t="s">
         <v>23</v>
       </c>
       <c r="L44" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
-        <v>981</v>
+        <v>512</v>
       </c>
       <c r="B45" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C45" t="s">
-        <v>75</v>
+        <v>105</v>
+      </c>
+      <c r="D45">
+        <v>10</v>
       </c>
       <c r="E45">
         <v>1</v>
       </c>
+      <c r="F45">
+        <v>0</v>
+      </c>
       <c r="G45">
-        <v>5112593.08</v>
+        <v>689195.85</v>
       </c>
       <c r="H45">
-        <v>46487.93</v>
+        <v>11769.69</v>
       </c>
       <c r="I45">
-        <v>5066105.15</v>
+        <v>677426.16</v>
       </c>
       <c r="J45" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="K45" t="s">
         <v>23</v>
       </c>
       <c r="L45" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
-        <v>1256</v>
+        <v>909</v>
       </c>
       <c r="B46" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C46" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G46">
-        <v>1502850.0</v>
+        <v>146519.85</v>
       </c>
       <c r="H46">
-        <v>840186.0</v>
+        <v>0.0</v>
       </c>
       <c r="I46">
-        <v>662664.0</v>
+        <v>146519.85</v>
       </c>
       <c r="J46" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="K46" t="s">
         <v>23</v>
       </c>
       <c r="L46" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
-        <v>1325</v>
+        <v>1217</v>
       </c>
       <c r="B47" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C47" t="s">
-        <v>105</v>
+        <v>108</v>
+      </c>
+      <c r="D47">
+        <v>1</v>
+      </c>
+      <c r="E47">
+        <v>2</v>
       </c>
       <c r="G47">
-        <v>21000.0</v>
+        <v>236058.48</v>
       </c>
       <c r="H47">
         <v>0.0</v>
       </c>
       <c r="I47">
-        <v>21000.0</v>
+        <v>236058.48</v>
       </c>
       <c r="J47" t="s">
-        <v>106</v>
+        <v>47</v>
       </c>
       <c r="K47" t="s">
         <v>23</v>
       </c>
       <c r="L47" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
-        <v>1423</v>
+        <v>1286</v>
       </c>
       <c r="B48" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C48" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="D48">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E48">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G48">
-        <v>116431.29</v>
+        <v>431047.48</v>
       </c>
       <c r="H48">
-        <v>74000.0</v>
+        <v>39018.47</v>
       </c>
       <c r="I48">
-        <v>42431.29</v>
+        <v>392029.01</v>
       </c>
       <c r="J48" t="s">
-        <v>109</v>
+        <v>49</v>
       </c>
       <c r="K48" t="s">
         <v>23</v>
       </c>
       <c r="L48" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
-        <v>174</v>
+        <v>1391</v>
       </c>
       <c r="B49" t="s">
         <v>110</v>
       </c>
       <c r="C49" t="s">
-        <v>21</v>
+        <v>111</v>
       </c>
       <c r="D49">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E49">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G49">
-        <v>664566.67</v>
+        <v>125300.0</v>
       </c>
       <c r="H49">
-        <v>309599.06</v>
+        <v>0.0</v>
       </c>
       <c r="I49">
-        <v>354967.61</v>
+        <v>125300.0</v>
       </c>
       <c r="J49" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
       <c r="K49" t="s">
         <v>23</v>
       </c>
       <c r="L49" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
-        <v>892</v>
+        <v>838</v>
       </c>
       <c r="B50" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C50" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G50">
-        <v>105462.73</v>
+        <v>174500.0</v>
       </c>
       <c r="H50">
-        <v>47594.34</v>
+        <v>55600.0</v>
       </c>
       <c r="I50">
-        <v>57868.39</v>
+        <v>118900.0</v>
       </c>
       <c r="J50" t="s">
-        <v>112</v>
+        <v>27</v>
       </c>
       <c r="K50" t="s">
         <v>23</v>
       </c>
       <c r="L50" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
-        <v>1071</v>
+        <v>918</v>
       </c>
       <c r="B51" t="s">
         <v>113</v>
       </c>
       <c r="C51" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D51">
+        <v>2</v>
       </c>
       <c r="G51">
-        <v>4547.66</v>
+        <v>83604.54</v>
       </c>
       <c r="H51">
-        <v>0.0</v>
+        <v>2675.81</v>
       </c>
       <c r="I51">
-        <v>4547.66</v>
+        <v>80928.73</v>
       </c>
       <c r="J51" t="s">
-        <v>58</v>
+        <v>114</v>
       </c>
       <c r="K51" t="s">
         <v>23</v>
       </c>
       <c r="L51" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
-        <v>1267</v>
+        <v>1234</v>
       </c>
       <c r="B52" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C52" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E52">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G52">
-        <v>275289.35</v>
+        <v>123988.64</v>
       </c>
       <c r="H52">
-        <v>13372.01</v>
+        <v>30000.0</v>
       </c>
       <c r="I52">
-        <v>261917.34</v>
+        <v>93988.64</v>
       </c>
       <c r="J52" t="s">
-        <v>54</v>
+        <v>116</v>
       </c>
       <c r="K52" t="s">
         <v>23</v>
       </c>
       <c r="L52" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
-        <v>1360</v>
+        <v>1299</v>
       </c>
       <c r="B53" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C53" t="s">
-        <v>116</v>
+        <v>26</v>
       </c>
       <c r="D53">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E53">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G53">
-        <v>1455384.19</v>
+        <v>720122.77</v>
       </c>
       <c r="H53">
-        <v>110565.18</v>
+        <v>198280.0</v>
       </c>
       <c r="I53">
-        <v>1344819.01</v>
+        <v>521842.77</v>
       </c>
       <c r="J53" t="s">
-        <v>51</v>
+        <v>114</v>
       </c>
       <c r="K53" t="s">
         <v>23</v>
       </c>
       <c r="L53" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
-        <v>838</v>
+        <v>1404</v>
       </c>
       <c r="B54" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C54" t="s">
-        <v>64</v>
+        <v>119</v>
+      </c>
+      <c r="D54">
+        <v>1</v>
+      </c>
+      <c r="E54">
+        <v>3</v>
       </c>
       <c r="G54">
-        <v>174500.0</v>
+        <v>756557.57</v>
       </c>
       <c r="H54">
-        <v>55600.0</v>
+        <v>5083.88</v>
       </c>
       <c r="I54">
-        <v>118900.0</v>
+        <v>751473.69</v>
       </c>
       <c r="J54" t="s">
-        <v>39</v>
+        <v>120</v>
       </c>
       <c r="K54" t="s">
         <v>23</v>
       </c>
       <c r="L54" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
-        <v>918</v>
+        <v>174</v>
       </c>
       <c r="B55" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C55" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D55">
+        <v>3</v>
+      </c>
+      <c r="E55">
         <v>2</v>
       </c>
       <c r="G55">
-        <v>83604.54</v>
+        <v>664566.67</v>
       </c>
       <c r="H55">
-        <v>2675.81</v>
+        <v>309599.06</v>
       </c>
       <c r="I55">
-        <v>80928.73</v>
+        <v>354967.61</v>
       </c>
       <c r="J55" t="s">
-        <v>119</v>
+        <v>31</v>
       </c>
       <c r="K55" t="s">
         <v>23</v>
       </c>
       <c r="L55" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
-        <v>1234</v>
+        <v>892</v>
       </c>
       <c r="B56" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C56" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D56">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G56">
-        <v>123988.64</v>
+        <v>105462.73</v>
       </c>
       <c r="H56">
-        <v>30000.0</v>
+        <v>47594.34</v>
       </c>
       <c r="I56">
-        <v>93988.64</v>
+        <v>57868.39</v>
       </c>
       <c r="J56" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="K56" t="s">
         <v>23</v>
       </c>
       <c r="L56" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
-        <v>1299</v>
+        <v>1071</v>
       </c>
       <c r="B57" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C57" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G57">
-        <v>720122.77</v>
+        <v>4547.66</v>
       </c>
       <c r="H57">
-        <v>198280.0</v>
+        <v>0.0</v>
       </c>
       <c r="I57">
-        <v>521842.77</v>
+        <v>4547.66</v>
       </c>
       <c r="J57" t="s">
-        <v>119</v>
+        <v>49</v>
       </c>
       <c r="K57" t="s">
         <v>23</v>
       </c>
       <c r="L57" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
-        <v>1402</v>
+        <v>1267</v>
       </c>
       <c r="B58" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C58" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="D58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E58">
         <v>1</v>
       </c>
       <c r="G58">
-        <v>138274.0</v>
+        <v>275289.35</v>
       </c>
       <c r="H58">
-        <v>34797.85</v>
+        <v>13372.01</v>
       </c>
       <c r="I58">
-        <v>103476.15</v>
+        <v>261917.34</v>
       </c>
       <c r="J58" t="s">
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="K58" t="s">
         <v>23</v>
       </c>
       <c r="L58" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
-        <v>1382</v>
+        <v>1360</v>
       </c>
       <c r="B59" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C59" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="D59">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E59">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G59">
-        <v>465743.39</v>
+        <v>1455384.19</v>
       </c>
       <c r="H59">
-        <v>4000.0</v>
+        <v>110565.18</v>
       </c>
       <c r="I59">
-        <v>461743.39</v>
+        <v>1344819.01</v>
       </c>
       <c r="J59" t="s">
-        <v>126</v>
+        <v>67</v>
       </c>
       <c r="K59" t="s">
         <v>23</v>
       </c>
       <c r="L59" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
-        <v>868</v>
+        <v>1454</v>
       </c>
       <c r="B60" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C60" t="s">
-        <v>64</v>
+        <v>129</v>
+      </c>
+      <c r="D60">
+        <v>0</v>
+      </c>
+      <c r="E60">
+        <v>2</v>
       </c>
       <c r="G60">
-        <v>292698.82</v>
+        <v>54740.0</v>
       </c>
       <c r="H60">
-        <v>17200.0</v>
+        <v>3485.0</v>
       </c>
       <c r="I60">
-        <v>275498.82</v>
+        <v>51255.0</v>
       </c>
       <c r="J60" t="s">
-        <v>22</v>
+        <v>103</v>
       </c>
       <c r="K60" t="s">
         <v>23</v>
       </c>
       <c r="L60" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
-        <v>952</v>
+        <v>1418</v>
       </c>
       <c r="B61" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C61" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="D61">
         <v>1</v>
       </c>
       <c r="E61">
         <v>1</v>
       </c>
       <c r="G61">
-        <v>177855.58</v>
+        <v>103405.84</v>
       </c>
       <c r="H61">
-        <v>53280.0</v>
+        <v>78800.0</v>
       </c>
       <c r="I61">
-        <v>124575.58</v>
+        <v>24605.84</v>
       </c>
       <c r="J61" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="K61" t="s">
         <v>23</v>
       </c>
       <c r="L61" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
-        <v>1255</v>
+        <v>494</v>
       </c>
       <c r="B62" t="s">
-        <v>129</v>
+        <v>20</v>
       </c>
       <c r="C62" t="s">
         <v>21</v>
       </c>
       <c r="D62">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E62">
+        <v>2</v>
+      </c>
+      <c r="F62">
+        <v>0</v>
       </c>
       <c r="G62">
-        <v>240631.79</v>
+        <v>184156.52</v>
       </c>
       <c r="H62">
-        <v>99131.79</v>
+        <v>15692.84</v>
       </c>
       <c r="I62">
-        <v>141500.0</v>
+        <v>168463.68</v>
       </c>
       <c r="J62" t="s">
         <v>22</v>
       </c>
       <c r="K62" t="s">
         <v>23</v>
       </c>
       <c r="L62" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
-        <v>1312</v>
+        <v>903</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C63" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>54</v>
       </c>
       <c r="G63">
-        <v>198130.0</v>
+        <v>448573.94</v>
       </c>
       <c r="H63">
-        <v>63760.0</v>
+        <v>18448.24</v>
       </c>
       <c r="I63">
-        <v>134370.0</v>
+        <v>430125.7</v>
       </c>
       <c r="J63" t="s">
-        <v>131</v>
+        <v>47</v>
       </c>
       <c r="K63" t="s">
         <v>23</v>
       </c>
       <c r="L63" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
-        <v>1416</v>
+        <v>1177</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>29</v>
       </c>
       <c r="C64" t="s">
-        <v>133</v>
+        <v>26</v>
       </c>
       <c r="D64">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="E64">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G64">
-        <v>42040.49</v>
+        <v>954402.59</v>
       </c>
       <c r="H64">
-        <v>18000.0</v>
+        <v>30000.0</v>
       </c>
       <c r="I64">
-        <v>24040.49</v>
+        <v>924402.59</v>
       </c>
       <c r="J64" t="s">
-        <v>134</v>
+        <v>31</v>
       </c>
       <c r="K64" t="s">
         <v>23</v>
       </c>
       <c r="L64" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
-        <v>494</v>
+        <v>1280</v>
       </c>
       <c r="B65" t="s">
-        <v>36</v>
+        <v>133</v>
       </c>
       <c r="C65" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="D65">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G65">
-        <v>184156.52</v>
+        <v>3720.0</v>
       </c>
       <c r="H65">
-        <v>15692.84</v>
+        <v>0.0</v>
       </c>
       <c r="I65">
-        <v>168463.68</v>
+        <v>3720.0</v>
       </c>
       <c r="J65" t="s">
-        <v>27</v>
+        <v>134</v>
       </c>
       <c r="K65" t="s">
         <v>23</v>
       </c>
       <c r="L65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
-        <v>903</v>
+        <v>1382</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66" t="s">
-        <v>64</v>
+        <v>44</v>
+      </c>
+      <c r="D66">
+        <v>5</v>
+      </c>
+      <c r="E66">
+        <v>1</v>
       </c>
       <c r="G66">
-        <v>448573.94</v>
+        <v>465743.39</v>
       </c>
       <c r="H66">
-        <v>18448.24</v>
+        <v>4000.0</v>
       </c>
       <c r="I66">
-        <v>430125.7</v>
+        <v>461743.39</v>
       </c>
       <c r="J66" t="s">
-        <v>56</v>
+        <v>136</v>
       </c>
       <c r="K66" t="s">
         <v>23</v>
       </c>
       <c r="L66" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
-        <v>1177</v>
+        <v>868</v>
       </c>
       <c r="B67" t="s">
-        <v>40</v>
+        <v>137</v>
       </c>
       <c r="C67" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="G67">
-        <v>954402.59</v>
+        <v>292698.82</v>
       </c>
       <c r="H67">
-        <v>30000.0</v>
+        <v>17200.0</v>
       </c>
       <c r="I67">
-        <v>924402.59</v>
+        <v>275498.82</v>
       </c>
       <c r="J67" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="K67" t="s">
         <v>23</v>
       </c>
       <c r="L67" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
-        <v>1280</v>
+        <v>952</v>
       </c>
       <c r="B68" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C68" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="D68">
         <v>1</v>
       </c>
+      <c r="E68">
+        <v>1</v>
+      </c>
       <c r="G68">
-        <v>3720.0</v>
+        <v>177855.58</v>
       </c>
       <c r="H68">
-        <v>0.0</v>
+        <v>53280.0</v>
       </c>
       <c r="I68">
-        <v>3720.0</v>
+        <v>124575.58</v>
       </c>
       <c r="J68" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="K68" t="s">
         <v>23</v>
       </c>
       <c r="L68" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
-        <v>1067</v>
+        <v>1255</v>
       </c>
       <c r="B69" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C69" t="s">
-        <v>138</v>
+        <v>26</v>
+      </c>
+      <c r="D69">
+        <v>3</v>
       </c>
       <c r="G69">
-        <v>48456.0</v>
+        <v>240631.79</v>
       </c>
       <c r="H69">
-        <v>11500.0</v>
+        <v>99131.79</v>
       </c>
       <c r="I69">
-        <v>36956.0</v>
+        <v>141500.0</v>
       </c>
       <c r="J69" t="s">
-        <v>139</v>
+        <v>33</v>
       </c>
       <c r="K69" t="s">
         <v>23</v>
       </c>
       <c r="L69" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
-        <v>1261</v>
+        <v>1312</v>
       </c>
       <c r="B70" t="s">
         <v>140</v>
       </c>
       <c r="C70" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>26</v>
+      </c>
+      <c r="D70">
+        <v>3</v>
       </c>
       <c r="G70">
-        <v>64490.0</v>
+        <v>198130.0</v>
       </c>
       <c r="H70">
-        <v>1842.76</v>
+        <v>63760.0</v>
       </c>
       <c r="I70">
-        <v>62647.24</v>
+        <v>134370.0</v>
       </c>
       <c r="J70" t="s">
-        <v>42</v>
+        <v>134</v>
       </c>
       <c r="K70" t="s">
         <v>23</v>
       </c>
       <c r="L70" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
-        <v>1343</v>
+        <v>913</v>
       </c>
       <c r="B71" t="s">
-        <v>141</v>
+        <v>68</v>
       </c>
       <c r="C71" t="s">
-        <v>142</v>
+        <v>26</v>
       </c>
       <c r="D71">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E71">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G71">
-        <v>324855.77</v>
+        <v>507164.54</v>
       </c>
       <c r="H71">
-        <v>57406.24</v>
+        <v>21951.0</v>
       </c>
       <c r="I71">
-        <v>267449.53</v>
+        <v>485213.54</v>
       </c>
       <c r="J71" t="s">
-        <v>143</v>
+        <v>70</v>
       </c>
       <c r="K71" t="s">
         <v>23</v>
       </c>
       <c r="L71" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
-        <v>694</v>
+        <v>1228</v>
       </c>
       <c r="B72" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C72" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="D72">
+        <v>5</v>
+      </c>
+      <c r="E72">
+        <v>2</v>
       </c>
       <c r="G72">
-        <v>34900.0</v>
+        <v>403399.01</v>
       </c>
       <c r="H72">
-        <v>0.0</v>
+        <v>19146.46</v>
       </c>
       <c r="I72">
-        <v>34900.0</v>
+        <v>384252.55</v>
       </c>
       <c r="J72" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="K72" t="s">
         <v>23</v>
       </c>
       <c r="L72" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
-        <v>913</v>
+        <v>1293</v>
       </c>
       <c r="B73" t="s">
-        <v>52</v>
+        <v>142</v>
       </c>
       <c r="C73" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D73">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E73">
         <v>1</v>
       </c>
       <c r="G73">
-        <v>507164.54</v>
+        <v>154770.11</v>
       </c>
       <c r="H73">
-        <v>21951.0</v>
+        <v>5081.51</v>
       </c>
       <c r="I73">
-        <v>485213.54</v>
+        <v>149688.6</v>
       </c>
       <c r="J73" t="s">
-        <v>54</v>
+        <v>81</v>
       </c>
       <c r="K73" t="s">
         <v>23</v>
       </c>
       <c r="L73" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
-        <v>1228</v>
+        <v>1398</v>
       </c>
       <c r="B74" t="s">
+        <v>143</v>
+      </c>
+      <c r="C74" t="s">
+        <v>144</v>
+      </c>
+      <c r="D74">
+        <v>1</v>
+      </c>
+      <c r="E74">
+        <v>1</v>
+      </c>
+      <c r="G74">
+        <v>207981.53</v>
+      </c>
+      <c r="H74">
+        <v>101898.84</v>
+      </c>
+      <c r="I74">
+        <v>106082.69</v>
+      </c>
+      <c r="J74" t="s">
         <v>145</v>
       </c>
-      <c r="C74" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K74" t="s">
         <v>23</v>
       </c>
       <c r="L74" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
-        <v>1293</v>
+        <v>79</v>
       </c>
       <c r="B75" t="s">
         <v>146</v>
       </c>
       <c r="C75" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D75">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E75">
         <v>1</v>
       </c>
       <c r="G75">
-        <v>154770.11</v>
+        <v>129656.5</v>
       </c>
       <c r="H75">
-        <v>5081.51</v>
+        <v>23665.75</v>
       </c>
       <c r="I75">
-        <v>149688.6</v>
+        <v>105990.75</v>
       </c>
       <c r="J75" t="s">
-        <v>87</v>
+        <v>47</v>
       </c>
       <c r="K75" t="s">
         <v>23</v>
       </c>
       <c r="L75" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
-        <v>1396</v>
+        <v>883</v>
       </c>
       <c r="B76" t="s">
+        <v>53</v>
+      </c>
+      <c r="C76" t="s">
+        <v>54</v>
+      </c>
+      <c r="G76">
+        <v>70452.0</v>
+      </c>
+      <c r="H76">
+        <v>4000.0</v>
+      </c>
+      <c r="I76">
+        <v>66452.0</v>
+      </c>
+      <c r="J76" t="s">
         <v>147</v>
       </c>
-      <c r="C76" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K76" t="s">
         <v>23</v>
       </c>
       <c r="L76" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
-        <v>79</v>
+        <v>1067</v>
       </c>
       <c r="B77" t="s">
+        <v>148</v>
+      </c>
+      <c r="C77" t="s">
         <v>149</v>
       </c>
-      <c r="C77" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G77">
-        <v>129656.5</v>
+        <v>48456.0</v>
       </c>
       <c r="H77">
-        <v>23665.75</v>
+        <v>11500.0</v>
       </c>
       <c r="I77">
-        <v>105990.75</v>
+        <v>36956.0</v>
       </c>
       <c r="J77" t="s">
-        <v>56</v>
+        <v>150</v>
       </c>
       <c r="K77" t="s">
         <v>23</v>
       </c>
       <c r="L77" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
-        <v>883</v>
+        <v>1261</v>
       </c>
       <c r="B78" t="s">
-        <v>63</v>
+        <v>151</v>
       </c>
       <c r="C78" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="E78">
+        <v>1</v>
       </c>
       <c r="G78">
-        <v>70452.0</v>
+        <v>64490.0</v>
       </c>
       <c r="H78">
-        <v>4000.0</v>
+        <v>1842.76</v>
       </c>
       <c r="I78">
-        <v>66452.0</v>
+        <v>62647.24</v>
       </c>
       <c r="J78" t="s">
-        <v>150</v>
+        <v>31</v>
       </c>
       <c r="K78" t="s">
         <v>23</v>
       </c>
       <c r="L78" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
-        <v>862</v>
+        <v>1343</v>
       </c>
       <c r="B79" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C79" t="s">
-        <v>64</v>
+        <v>153</v>
+      </c>
+      <c r="D79">
+        <v>2</v>
+      </c>
+      <c r="E79">
+        <v>2</v>
       </c>
       <c r="G79">
-        <v>276515.35</v>
+        <v>324855.77</v>
       </c>
       <c r="H79">
-        <v>65049.76</v>
+        <v>57406.24</v>
       </c>
       <c r="I79">
-        <v>211465.59</v>
+        <v>267449.53</v>
       </c>
       <c r="J79" t="s">
-        <v>69</v>
+        <v>154</v>
       </c>
       <c r="K79" t="s">
         <v>23</v>
       </c>
       <c r="L79" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
-        <v>928</v>
+        <v>1434</v>
       </c>
       <c r="B80" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C80" t="s">
-        <v>64</v>
+        <v>63</v>
+      </c>
+      <c r="D80">
+        <v>0</v>
+      </c>
+      <c r="E80">
+        <v>1</v>
       </c>
       <c r="G80">
-        <v>2076113.75</v>
+        <v>32570.07</v>
       </c>
       <c r="H80">
-        <v>111800.0</v>
+        <v>34719.7</v>
       </c>
       <c r="I80">
-        <v>1964313.75</v>
+        <v>-2149.63</v>
       </c>
       <c r="J80" t="s">
-        <v>42</v>
+        <v>156</v>
       </c>
       <c r="K80" t="s">
         <v>23</v>
       </c>
       <c r="L80" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
-        <v>1249</v>
+        <v>694</v>
       </c>
       <c r="B81" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C81" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>54</v>
       </c>
       <c r="G81">
-        <v>116197.0</v>
+        <v>34900.0</v>
       </c>
       <c r="H81">
         <v>0.0</v>
       </c>
       <c r="I81">
-        <v>116197.0</v>
+        <v>34900.0</v>
       </c>
       <c r="J81" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="K81" t="s">
         <v>23</v>
       </c>
       <c r="L81" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
-        <v>1306</v>
+        <v>435</v>
       </c>
       <c r="B82" t="s">
-        <v>154</v>
+        <v>71</v>
       </c>
       <c r="C82" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="D82">
         <v>1</v>
       </c>
+      <c r="E82">
+        <v>2</v>
+      </c>
       <c r="G82">
-        <v>158200.0</v>
+        <v>312149.01</v>
       </c>
       <c r="H82">
-        <v>18000.0</v>
+        <v>84662.98</v>
       </c>
       <c r="I82">
-        <v>140200.0</v>
+        <v>227486.03</v>
       </c>
       <c r="J82" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="K82" t="s">
         <v>23</v>
       </c>
       <c r="L82" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
-        <v>1409</v>
+        <v>899</v>
       </c>
       <c r="B83" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C83" t="s">
-        <v>156</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="G83">
-        <v>764425.31</v>
+        <v>356142.93</v>
       </c>
       <c r="H83">
-        <v>237000.0</v>
+        <v>25949.85</v>
       </c>
       <c r="I83">
-        <v>527425.31</v>
+        <v>330193.08</v>
       </c>
       <c r="J83" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="K83" t="s">
         <v>23</v>
       </c>
       <c r="L83" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
-        <v>435</v>
+        <v>1128</v>
       </c>
       <c r="B84" t="s">
-        <v>77</v>
+        <v>160</v>
       </c>
       <c r="C84" t="s">
+        <v>161</v>
+      </c>
+      <c r="D84">
+        <v>0</v>
+      </c>
+      <c r="E84">
+        <v>3</v>
+      </c>
+      <c r="G84">
+        <v>170806.57</v>
+      </c>
+      <c r="H84">
+        <v>7166.67</v>
+      </c>
+      <c r="I84">
+        <v>163639.9</v>
+      </c>
+      <c r="J84" t="s">
         <v>78</v>
       </c>
-      <c r="D84">
-[...16 lines deleted...]
-      </c>
       <c r="K84" t="s">
         <v>23</v>
       </c>
       <c r="L84" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
-        <v>899</v>
+        <v>1274</v>
       </c>
       <c r="B85" t="s">
-        <v>158</v>
+        <v>79</v>
       </c>
       <c r="C85" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="E85">
+        <v>1</v>
       </c>
       <c r="G85">
-        <v>356142.93</v>
+        <v>62073.89</v>
       </c>
       <c r="H85">
-        <v>25949.85</v>
+        <v>21665.33</v>
       </c>
       <c r="I85">
-        <v>330193.08</v>
+        <v>40408.56</v>
       </c>
       <c r="J85" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="K85" t="s">
         <v>23</v>
       </c>
       <c r="L85" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
-        <v>1128</v>
+        <v>1370</v>
       </c>
       <c r="B86" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C86" t="s">
-        <v>160</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>163</v>
       </c>
       <c r="G86">
-        <v>170806.57</v>
+        <v>8400.0</v>
       </c>
       <c r="H86">
-        <v>7166.67</v>
+        <v>12390.0</v>
       </c>
       <c r="I86">
-        <v>163639.9</v>
+        <v>-3990.0</v>
       </c>
       <c r="J86" t="s">
-        <v>84</v>
+        <v>35</v>
       </c>
       <c r="K86" t="s">
         <v>23</v>
       </c>
       <c r="L86" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
-        <v>1274</v>
+        <v>862</v>
       </c>
       <c r="B87" t="s">
+        <v>164</v>
+      </c>
+      <c r="C87" t="s">
+        <v>54</v>
+      </c>
+      <c r="G87">
+        <v>276515.35</v>
+      </c>
+      <c r="H87">
+        <v>65049.76</v>
+      </c>
+      <c r="I87">
+        <v>211465.59</v>
+      </c>
+      <c r="J87" t="s">
         <v>85</v>
       </c>
-      <c r="C87" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K87" t="s">
         <v>23</v>
       </c>
       <c r="L87" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
-        <v>1370</v>
+        <v>928</v>
       </c>
       <c r="B88" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C88" t="s">
-        <v>162</v>
+        <v>54</v>
       </c>
       <c r="G88">
-        <v>8400.0</v>
+        <v>2076113.75</v>
       </c>
       <c r="H88">
-        <v>12390.0</v>
+        <v>111800.0</v>
       </c>
       <c r="I88">
-        <v>-3990.0</v>
+        <v>1964313.75</v>
       </c>
       <c r="J88" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="K88" t="s">
         <v>23</v>
       </c>
       <c r="L88" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
-        <v>574</v>
+        <v>1249</v>
       </c>
       <c r="B89" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C89" t="s">
-        <v>164</v>
+        <v>26</v>
       </c>
       <c r="D89">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E89">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G89">
-        <v>180289.37</v>
+        <v>116197.0</v>
       </c>
       <c r="H89">
-        <v>3700.0</v>
+        <v>0.0</v>
       </c>
       <c r="I89">
-        <v>176589.37</v>
+        <v>116197.0</v>
       </c>
       <c r="J89" t="s">
-        <v>165</v>
+        <v>47</v>
       </c>
       <c r="K89" t="s">
         <v>23</v>
       </c>
       <c r="L89" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
-        <v>909</v>
+        <v>1306</v>
       </c>
       <c r="B90" t="s">
-        <v>92</v>
+        <v>167</v>
       </c>
       <c r="C90" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D90">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="E90">
         <v>1</v>
       </c>
       <c r="G90">
-        <v>172474.41</v>
+        <v>158200.0</v>
       </c>
       <c r="H90">
-        <v>7604.91</v>
+        <v>18000.0</v>
       </c>
       <c r="I90">
-        <v>164869.5</v>
+        <v>140200.0</v>
       </c>
       <c r="J90" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K90" t="s">
         <v>23</v>
       </c>
       <c r="L90" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
-        <v>1217</v>
+        <v>1412</v>
       </c>
       <c r="B91" t="s">
-        <v>93</v>
+        <v>168</v>
       </c>
       <c r="C91" t="s">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="D91">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E91">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G91">
-        <v>312643.32</v>
+        <v>164748.0</v>
       </c>
       <c r="H91">
         <v>0.0</v>
       </c>
       <c r="I91">
-        <v>312643.32</v>
+        <v>164748.0</v>
       </c>
       <c r="J91" t="s">
-        <v>56</v>
+        <v>170</v>
       </c>
       <c r="K91" t="s">
         <v>23</v>
       </c>
       <c r="L91" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
-        <v>1287</v>
+        <v>58</v>
       </c>
       <c r="B92" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C92" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="D92">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E92">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="F92">
+        <v>0</v>
       </c>
       <c r="G92">
-        <v>182624.54</v>
+        <v>493522.14</v>
       </c>
       <c r="H92">
-        <v>20000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I92">
-        <v>162624.54</v>
+        <v>493522.14</v>
       </c>
       <c r="J92" t="s">
-        <v>58</v>
+        <v>172</v>
       </c>
       <c r="K92" t="s">
         <v>23</v>
       </c>
       <c r="L92" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
-        <v>1390</v>
+        <v>872</v>
       </c>
       <c r="B93" t="s">
-        <v>168</v>
+        <v>94</v>
       </c>
       <c r="C93" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D93">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E93">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G93">
-        <v>113120.0</v>
+        <v>80062.83</v>
       </c>
       <c r="H93">
-        <v>16366.0</v>
+        <v>37450.67</v>
       </c>
       <c r="I93">
-        <v>96754.0</v>
+        <v>42612.16</v>
       </c>
       <c r="J93" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="K93" t="s">
         <v>23</v>
       </c>
       <c r="L93" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
-        <v>58</v>
+        <v>1005</v>
       </c>
       <c r="B94" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C94" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="D94">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="E94">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G94">
-        <v>493522.14</v>
+        <v>1250141.01</v>
       </c>
       <c r="H94">
-        <v>0.0</v>
+        <v>187902.56</v>
       </c>
       <c r="I94">
-        <v>493522.14</v>
+        <v>1062238.45</v>
       </c>
       <c r="J94" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="K94" t="s">
         <v>23</v>
       </c>
       <c r="L94" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
-        <v>872</v>
+        <v>1256</v>
       </c>
       <c r="B95" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C95" t="s">
-        <v>172</v>
+        <v>44</v>
       </c>
       <c r="D95">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G95">
-        <v>80062.83</v>
+        <v>1504765.65</v>
       </c>
       <c r="H95">
-        <v>37450.67</v>
+        <v>811503.2</v>
       </c>
       <c r="I95">
-        <v>42612.16</v>
+        <v>693262.45</v>
       </c>
       <c r="J95" t="s">
-        <v>51</v>
+        <v>176</v>
       </c>
       <c r="K95" t="s">
         <v>23</v>
       </c>
       <c r="L95" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
-        <v>1005</v>
+        <v>1330</v>
       </c>
       <c r="B96" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C96" t="s">
-        <v>37</v>
+        <v>178</v>
       </c>
       <c r="D96">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E96">
         <v>2</v>
       </c>
       <c r="G96">
-        <v>1250141.01</v>
+        <v>529317.01</v>
       </c>
       <c r="H96">
-        <v>187902.56</v>
+        <v>415668.33</v>
       </c>
       <c r="I96">
-        <v>1062238.45</v>
+        <v>113648.68</v>
       </c>
       <c r="J96" t="s">
-        <v>174</v>
+        <v>145</v>
       </c>
       <c r="K96" t="s">
         <v>23</v>
       </c>
       <c r="L96" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
-        <v>1256</v>
+        <v>1426</v>
       </c>
       <c r="B97" t="s">
-        <v>102</v>
+        <v>179</v>
       </c>
       <c r="C97" t="s">
-        <v>75</v>
+        <v>180</v>
       </c>
       <c r="D97">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="E97">
+        <v>0</v>
       </c>
       <c r="G97">
-        <v>1504765.65</v>
+        <v>7669.9</v>
       </c>
       <c r="H97">
-        <v>811503.2</v>
+        <v>3500.0</v>
       </c>
       <c r="I97">
-        <v>693262.45</v>
+        <v>4169.9</v>
       </c>
       <c r="J97" t="s">
-        <v>175</v>
+        <v>103</v>
       </c>
       <c r="K97" t="s">
         <v>23</v>
       </c>
       <c r="L97" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
-        <v>1330</v>
+        <v>574</v>
       </c>
       <c r="B98" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C98" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="D98">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G98">
-        <v>529317.01</v>
+        <v>180289.37</v>
       </c>
       <c r="H98">
-        <v>415668.33</v>
+        <v>3700.0</v>
       </c>
       <c r="I98">
-        <v>113648.68</v>
+        <v>176589.37</v>
       </c>
       <c r="J98" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="K98" t="s">
         <v>23</v>
       </c>
       <c r="L98" t="s">
-        <v>35</v>
+        <v>157</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
-        <v>1423</v>
+        <v>909</v>
       </c>
       <c r="B99" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C99" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="D99">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E99">
         <v>1</v>
       </c>
       <c r="G99">
-        <v>2160200.42</v>
+        <v>172474.41</v>
       </c>
       <c r="H99">
-        <v>110000.0</v>
+        <v>7604.91</v>
       </c>
       <c r="I99">
-        <v>2050200.42</v>
+        <v>164869.5</v>
       </c>
       <c r="J99" t="s">
-        <v>109</v>
+        <v>31</v>
       </c>
       <c r="K99" t="s">
         <v>23</v>
       </c>
       <c r="L99" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
-        <v>316</v>
+        <v>1217</v>
       </c>
       <c r="B100" t="s">
-        <v>179</v>
+        <v>107</v>
       </c>
       <c r="C100" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="D100">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E100">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G100">
-        <v>341700.37</v>
+        <v>312643.32</v>
       </c>
       <c r="H100">
-        <v>131497.33</v>
+        <v>0.0</v>
       </c>
       <c r="I100">
-        <v>210203.04</v>
+        <v>312643.32</v>
       </c>
       <c r="J100" t="s">
-        <v>181</v>
+        <v>47</v>
       </c>
       <c r="K100" t="s">
         <v>23</v>
       </c>
       <c r="L100" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
-        <v>894</v>
+        <v>1287</v>
       </c>
       <c r="B101" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C101" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="D101">
+        <v>1</v>
+      </c>
+      <c r="E101">
+        <v>1</v>
       </c>
       <c r="G101">
-        <v>412056.58</v>
+        <v>182624.54</v>
       </c>
       <c r="H101">
-        <v>91077.75</v>
+        <v>20000.0</v>
       </c>
       <c r="I101">
-        <v>320978.83</v>
+        <v>162624.54</v>
       </c>
       <c r="J101" t="s">
-        <v>171</v>
+        <v>49</v>
       </c>
       <c r="K101" t="s">
         <v>23</v>
       </c>
       <c r="L101" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
-        <v>1085</v>
+        <v>1392</v>
       </c>
       <c r="B102" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C102" t="s">
-        <v>160</v>
+        <v>186</v>
       </c>
       <c r="D102">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E102">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G102">
-        <v>195076.86</v>
+        <v>10672.49</v>
       </c>
       <c r="H102">
-        <v>76133.92</v>
+        <v>0.0</v>
       </c>
       <c r="I102">
-        <v>118942.94</v>
+        <v>10672.49</v>
       </c>
       <c r="J102" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
       <c r="K102" t="s">
         <v>23</v>
       </c>
       <c r="L102" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
-        <v>1268</v>
+        <v>838</v>
       </c>
       <c r="B103" t="s">
-        <v>184</v>
+        <v>112</v>
       </c>
       <c r="C103" t="s">
-        <v>21</v>
+        <v>173</v>
       </c>
       <c r="D103">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E103">
         <v>1</v>
       </c>
       <c r="G103">
-        <v>145845.0</v>
+        <v>198500.0</v>
       </c>
       <c r="H103">
-        <v>166672.83</v>
+        <v>41000.0</v>
       </c>
       <c r="I103">
-        <v>-20827.83</v>
+        <v>157500.0</v>
       </c>
       <c r="J103" t="s">
-        <v>185</v>
+        <v>27</v>
       </c>
       <c r="K103" t="s">
         <v>23</v>
       </c>
       <c r="L103" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
-        <v>1361</v>
+        <v>919</v>
       </c>
       <c r="B104" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C104" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G104">
-        <v>68297.12</v>
+        <v>6288.08</v>
       </c>
       <c r="H104">
-        <v>36736.96</v>
+        <v>0.0</v>
       </c>
       <c r="I104">
-        <v>31560.16</v>
+        <v>6288.08</v>
       </c>
       <c r="J104" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="K104" t="s">
         <v>23</v>
       </c>
       <c r="L104" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
-        <v>838</v>
+        <v>1235</v>
       </c>
       <c r="B105" t="s">
-        <v>117</v>
+        <v>188</v>
       </c>
       <c r="C105" t="s">
-        <v>172</v>
+        <v>26</v>
       </c>
       <c r="D105">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="E105">
         <v>1</v>
       </c>
       <c r="G105">
-        <v>198500.0</v>
+        <v>44147.0</v>
       </c>
       <c r="H105">
-        <v>41000.0</v>
+        <v>17180.0</v>
       </c>
       <c r="I105">
-        <v>157500.0</v>
+        <v>26967.0</v>
       </c>
       <c r="J105" t="s">
-        <v>39</v>
+        <v>116</v>
       </c>
       <c r="K105" t="s">
         <v>23</v>
       </c>
       <c r="L105" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
-        <v>919</v>
+        <v>1300</v>
       </c>
       <c r="B106" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C106" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="D106">
+        <v>5</v>
+      </c>
+      <c r="E106">
+        <v>5</v>
       </c>
       <c r="G106">
-        <v>6288.08</v>
+        <v>1985000.9</v>
       </c>
       <c r="H106">
-        <v>0.0</v>
+        <v>71115.29</v>
       </c>
       <c r="I106">
-        <v>6288.08</v>
+        <v>1913885.61</v>
       </c>
       <c r="J106" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="K106" t="s">
         <v>23</v>
       </c>
       <c r="L106" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
-        <v>1235</v>
+        <v>1405</v>
       </c>
       <c r="B107" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C107" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="D107">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="E107">
+        <v>0</v>
       </c>
       <c r="G107">
-        <v>44147.0</v>
+        <v>475909.0</v>
       </c>
       <c r="H107">
-        <v>17180.0</v>
+        <v>20000.0</v>
       </c>
       <c r="I107">
-        <v>26967.0</v>
+        <v>455909.0</v>
       </c>
       <c r="J107" t="s">
-        <v>121</v>
+        <v>192</v>
       </c>
       <c r="K107" t="s">
         <v>23</v>
       </c>
       <c r="L107" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
-        <v>1300</v>
+        <v>316</v>
       </c>
       <c r="B108" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C108" t="s">
-        <v>21</v>
+        <v>194</v>
       </c>
       <c r="D108">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E108">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G108">
-        <v>1985000.9</v>
+        <v>341700.37</v>
       </c>
       <c r="H108">
-        <v>71115.29</v>
+        <v>131497.33</v>
       </c>
       <c r="I108">
-        <v>1913885.61</v>
+        <v>210203.04</v>
       </c>
       <c r="J108" t="s">
-        <v>65</v>
+        <v>195</v>
       </c>
       <c r="K108" t="s">
         <v>23</v>
       </c>
       <c r="L108" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
-        <v>1403</v>
+        <v>894</v>
       </c>
       <c r="B109" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C109" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>54</v>
       </c>
       <c r="G109">
-        <v>28589909.55</v>
+        <v>412056.58</v>
       </c>
       <c r="H109">
-        <v>482263.43</v>
+        <v>91077.75</v>
       </c>
       <c r="I109">
-        <v>28107646.12</v>
+        <v>320978.83</v>
       </c>
       <c r="J109" t="s">
-        <v>191</v>
+        <v>172</v>
       </c>
       <c r="K109" t="s">
         <v>23</v>
       </c>
       <c r="L109" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
-        <v>1281</v>
+        <v>1085</v>
       </c>
       <c r="B110" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C110" t="s">
-        <v>21</v>
+        <v>161</v>
       </c>
       <c r="D110">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E110">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G110">
-        <v>92937.58</v>
+        <v>195076.86</v>
       </c>
       <c r="H110">
-        <v>70379.57</v>
+        <v>76133.92</v>
       </c>
       <c r="I110">
-        <v>22558.01</v>
+        <v>118942.94</v>
       </c>
       <c r="J110" t="s">
-        <v>193</v>
+        <v>31</v>
       </c>
       <c r="K110" t="s">
         <v>23</v>
       </c>
       <c r="L110" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
-        <v>1383</v>
+        <v>1268</v>
       </c>
       <c r="B111" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C111" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="D111">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="E111">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G111">
-        <v>1506433.33</v>
+        <v>145845.0</v>
       </c>
       <c r="H111">
-        <v>160327.4</v>
+        <v>166672.83</v>
       </c>
       <c r="I111">
-        <v>1346105.93</v>
+        <v>-20827.83</v>
       </c>
       <c r="J111" t="s">
-        <v>126</v>
+        <v>199</v>
       </c>
       <c r="K111" t="s">
         <v>23</v>
       </c>
       <c r="L111" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
-        <v>868</v>
+        <v>1361</v>
       </c>
       <c r="B112" t="s">
-        <v>127</v>
+        <v>200</v>
       </c>
       <c r="C112" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="D112">
-        <v>5</v>
+        <v>1</v>
+      </c>
+      <c r="E112">
+        <v>1</v>
       </c>
       <c r="G112">
-        <v>209818.0</v>
+        <v>68297.12</v>
       </c>
       <c r="H112">
-        <v>0.0</v>
+        <v>36736.96</v>
       </c>
       <c r="I112">
-        <v>209818.0</v>
+        <v>31560.16</v>
       </c>
       <c r="J112" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="K112" t="s">
         <v>23</v>
       </c>
       <c r="L112" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
-        <v>964</v>
+        <v>1456</v>
       </c>
       <c r="B113" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="C113" t="s">
-        <v>196</v>
+        <v>129</v>
       </c>
       <c r="D113">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E113">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G113">
-        <v>200024.0</v>
+        <v>4018.61</v>
       </c>
       <c r="H113">
-        <v>112300.0</v>
+        <v>0.0</v>
       </c>
       <c r="I113">
-        <v>87724.0</v>
+        <v>4018.61</v>
       </c>
       <c r="J113" t="s">
-        <v>197</v>
+        <v>103</v>
       </c>
       <c r="K113" t="s">
         <v>23</v>
       </c>
       <c r="L113" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
         <v>1256</v>
       </c>
       <c r="B114" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="C114" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="G114">
         <v>1525000.0</v>
       </c>
       <c r="H114">
         <v>655320.0</v>
       </c>
       <c r="I114">
         <v>869680.0</v>
       </c>
       <c r="J114" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="K114" t="s">
         <v>23</v>
       </c>
       <c r="L114" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
         <v>1313</v>
       </c>
       <c r="B115" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C115" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D115">
         <v>2</v>
       </c>
       <c r="G115">
         <v>158000.0</v>
       </c>
       <c r="H115">
         <v>51863.0</v>
       </c>
       <c r="I115">
         <v>106137.0</v>
       </c>
       <c r="J115" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="K115" t="s">
         <v>23</v>
       </c>
       <c r="L115" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="B116" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="C116" t="s">
-        <v>75</v>
+        <v>204</v>
       </c>
       <c r="D116">
         <v>0</v>
       </c>
       <c r="E116">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G116">
-        <v>90058.91</v>
+        <v>63.0</v>
       </c>
       <c r="H116">
-        <v>0.0</v>
+        <v>6300.0</v>
       </c>
       <c r="I116">
-        <v>90058.91</v>
+        <v>-6237.0</v>
       </c>
       <c r="J116" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="K116" t="s">
         <v>23</v>
       </c>
       <c r="L116" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
         <v>498</v>
       </c>
       <c r="B117" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C117" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D117">
         <v>2</v>
       </c>
       <c r="E117">
         <v>3</v>
       </c>
       <c r="F117">
         <v>0</v>
       </c>
       <c r="G117">
         <v>673600.0</v>
       </c>
       <c r="H117">
         <v>220000.0</v>
       </c>
       <c r="I117">
         <v>453600.0</v>
       </c>
       <c r="J117" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="K117" t="s">
         <v>23</v>
       </c>
       <c r="L117" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
         <v>903</v>
       </c>
       <c r="B118" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C118" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D118">
         <v>8</v>
       </c>
       <c r="E118">
         <v>2</v>
       </c>
       <c r="G118">
         <v>380441.44</v>
       </c>
       <c r="H118">
         <v>11000.0</v>
       </c>
       <c r="I118">
         <v>369441.44</v>
       </c>
       <c r="J118" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="K118" t="s">
         <v>23</v>
       </c>
       <c r="L118" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
         <v>1202</v>
       </c>
       <c r="B119" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C119" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="D119">
         <v>1</v>
       </c>
       <c r="E119">
         <v>1</v>
       </c>
       <c r="G119">
         <v>216463.36</v>
       </c>
       <c r="H119">
         <v>9452.0</v>
       </c>
       <c r="I119">
         <v>207011.36</v>
       </c>
       <c r="J119" t="s">
-        <v>61</v>
+        <v>208</v>
       </c>
       <c r="K119" t="s">
         <v>23</v>
       </c>
       <c r="L119" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
-        <v>79</v>
+        <v>1281</v>
       </c>
       <c r="B120" t="s">
-        <v>149</v>
+        <v>209</v>
       </c>
       <c r="C120" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D120">
         <v>1</v>
       </c>
       <c r="E120">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G120">
-        <v>129656.5</v>
+        <v>92937.58</v>
       </c>
       <c r="H120">
-        <v>23665.75</v>
+        <v>70379.57</v>
       </c>
       <c r="I120">
-        <v>105990.75</v>
+        <v>22558.01</v>
       </c>
       <c r="J120" t="s">
-        <v>58</v>
+        <v>210</v>
       </c>
       <c r="K120" t="s">
         <v>23</v>
       </c>
       <c r="L120" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
-        <v>883</v>
+        <v>1383</v>
       </c>
       <c r="B121" t="s">
-        <v>63</v>
+        <v>211</v>
       </c>
       <c r="C121" t="s">
-        <v>21</v>
+        <v>44</v>
+      </c>
+      <c r="D121">
+        <v>11</v>
+      </c>
+      <c r="E121">
+        <v>4</v>
       </c>
       <c r="G121">
-        <v>128045.78</v>
+        <v>1506433.33</v>
       </c>
       <c r="H121">
-        <v>3721.71</v>
+        <v>160327.4</v>
       </c>
       <c r="I121">
-        <v>124324.07</v>
+        <v>1346105.93</v>
       </c>
       <c r="J121" t="s">
-        <v>65</v>
+        <v>136</v>
       </c>
       <c r="K121" t="s">
         <v>23</v>
       </c>
       <c r="L121" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
-        <v>1069</v>
+        <v>868</v>
       </c>
       <c r="B122" t="s">
-        <v>203</v>
+        <v>137</v>
       </c>
       <c r="C122" t="s">
-        <v>204</v>
+        <v>26</v>
+      </c>
+      <c r="D122">
+        <v>5</v>
       </c>
       <c r="G122">
-        <v>1981708.36</v>
+        <v>209818.0</v>
       </c>
       <c r="H122">
-        <v>749946.26</v>
+        <v>0.0</v>
       </c>
       <c r="I122">
-        <v>1231762.1</v>
+        <v>209818.0</v>
       </c>
       <c r="J122" t="s">
-        <v>205</v>
+        <v>33</v>
       </c>
       <c r="K122" t="s">
         <v>23</v>
       </c>
       <c r="L122" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
-        <v>1262</v>
+        <v>964</v>
       </c>
       <c r="B123" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="C123" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="D123">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E123">
+        <v>1</v>
       </c>
       <c r="G123">
-        <v>53240.31</v>
+        <v>200024.0</v>
       </c>
       <c r="H123">
-        <v>19500.0</v>
+        <v>112300.0</v>
       </c>
       <c r="I123">
-        <v>33740.31</v>
+        <v>87724.0</v>
       </c>
       <c r="J123" t="s">
-        <v>42</v>
+        <v>214</v>
       </c>
       <c r="K123" t="s">
         <v>23</v>
       </c>
       <c r="L123" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
-        <v>1351</v>
+        <v>694</v>
       </c>
       <c r="B124" t="s">
-        <v>208</v>
+        <v>158</v>
       </c>
       <c r="C124" t="s">
-        <v>21</v>
+        <v>173</v>
       </c>
       <c r="D124">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E124">
         <v>2</v>
       </c>
       <c r="G124">
-        <v>364890.0</v>
+        <v>29724.05</v>
       </c>
       <c r="H124">
-        <v>0.0</v>
+        <v>15634.08</v>
       </c>
       <c r="I124">
-        <v>364890.0</v>
+        <v>14089.97</v>
       </c>
       <c r="J124" t="s">
-        <v>209</v>
+        <v>47</v>
       </c>
       <c r="K124" t="s">
         <v>23</v>
       </c>
       <c r="L124" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
-        <v>694</v>
+        <v>914</v>
       </c>
       <c r="B125" t="s">
-        <v>144</v>
+        <v>215</v>
       </c>
       <c r="C125" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="G125">
-        <v>29724.05</v>
+        <v>18860.97</v>
       </c>
       <c r="H125">
-        <v>15634.08</v>
+        <v>16551.99</v>
       </c>
       <c r="I125">
-        <v>14089.97</v>
+        <v>2308.98</v>
       </c>
       <c r="J125" t="s">
-        <v>56</v>
+        <v>199</v>
       </c>
       <c r="K125" t="s">
         <v>23</v>
       </c>
       <c r="L125" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
-        <v>914</v>
+        <v>1229</v>
       </c>
       <c r="B126" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="C126" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="E126">
+        <v>1</v>
       </c>
       <c r="G126">
-        <v>18860.97</v>
+        <v>24216.93</v>
       </c>
       <c r="H126">
-        <v>16551.99</v>
+        <v>11500.0</v>
       </c>
       <c r="I126">
-        <v>2308.98</v>
+        <v>12716.93</v>
       </c>
       <c r="J126" t="s">
-        <v>185</v>
+        <v>47</v>
       </c>
       <c r="K126" t="s">
         <v>23</v>
       </c>
       <c r="L126" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
-        <v>1229</v>
+        <v>1294</v>
       </c>
       <c r="B127" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="C127" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D127">
+        <v>2</v>
       </c>
       <c r="E127">
         <v>1</v>
       </c>
       <c r="G127">
-        <v>24216.93</v>
+        <v>256310.0</v>
       </c>
       <c r="H127">
-        <v>11500.0</v>
+        <v>63680.0</v>
       </c>
       <c r="I127">
-        <v>12716.93</v>
+        <v>192630.0</v>
       </c>
       <c r="J127" t="s">
-        <v>56</v>
+        <v>218</v>
       </c>
       <c r="K127" t="s">
         <v>23</v>
       </c>
       <c r="L127" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
-        <v>1294</v>
+        <v>1399</v>
       </c>
       <c r="B128" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="C128" t="s">
-        <v>21</v>
+        <v>220</v>
       </c>
       <c r="D128">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E128">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G128">
-        <v>256310.0</v>
+        <v>1170686.16</v>
       </c>
       <c r="H128">
-        <v>63680.0</v>
+        <v>128800.0</v>
       </c>
       <c r="I128">
-        <v>192630.0</v>
+        <v>1041886.16</v>
       </c>
       <c r="J128" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="K128" t="s">
         <v>23</v>
       </c>
       <c r="L128" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
-        <v>1397</v>
+        <v>79</v>
       </c>
       <c r="B129" t="s">
-        <v>214</v>
+        <v>146</v>
       </c>
       <c r="C129" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="D129">
         <v>1</v>
       </c>
       <c r="E129">
         <v>1</v>
       </c>
       <c r="G129">
-        <v>237121.7</v>
+        <v>129656.5</v>
       </c>
       <c r="H129">
-        <v>112392.86</v>
+        <v>23665.75</v>
       </c>
       <c r="I129">
-        <v>124728.84</v>
+        <v>105990.75</v>
       </c>
       <c r="J129" t="s">
-        <v>215</v>
+        <v>49</v>
       </c>
       <c r="K129" t="s">
         <v>23</v>
       </c>
       <c r="L129" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
-        <v>862</v>
+        <v>883</v>
       </c>
       <c r="B130" t="s">
-        <v>151</v>
+        <v>53</v>
       </c>
       <c r="C130" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G130">
-        <v>282494.5</v>
+        <v>128045.78</v>
       </c>
       <c r="H130">
-        <v>51606.4</v>
+        <v>3721.71</v>
       </c>
       <c r="I130">
-        <v>230888.1</v>
+        <v>124324.07</v>
       </c>
       <c r="J130" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="K130" t="s">
         <v>23</v>
       </c>
       <c r="L130" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
-        <v>928</v>
+        <v>1069</v>
       </c>
       <c r="B131" t="s">
-        <v>152</v>
+        <v>222</v>
       </c>
       <c r="C131" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>223</v>
       </c>
       <c r="G131">
-        <v>2603140.84</v>
+        <v>1981708.36</v>
       </c>
       <c r="H131">
-        <v>186831.29</v>
+        <v>749946.26</v>
       </c>
       <c r="I131">
-        <v>2416309.55</v>
+        <v>1231762.1</v>
       </c>
       <c r="J131" t="s">
-        <v>42</v>
+        <v>224</v>
       </c>
       <c r="K131" t="s">
         <v>23</v>
       </c>
       <c r="L131" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
-        <v>1250</v>
+        <v>1262</v>
       </c>
       <c r="B132" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="C132" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>226</v>
+      </c>
+      <c r="D132">
+        <v>3</v>
       </c>
       <c r="G132">
-        <v>9622.34</v>
+        <v>53240.31</v>
       </c>
       <c r="H132">
-        <v>0.0</v>
+        <v>19500.0</v>
       </c>
       <c r="I132">
-        <v>9622.34</v>
+        <v>33740.31</v>
       </c>
       <c r="J132" t="s">
-        <v>217</v>
+        <v>31</v>
       </c>
       <c r="K132" t="s">
         <v>23</v>
       </c>
       <c r="L132" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
-        <v>1307</v>
+        <v>1351</v>
       </c>
       <c r="B133" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="C133" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D133">
+        <v>4</v>
       </c>
       <c r="E133">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G133">
-        <v>73000.0</v>
+        <v>364890.0</v>
       </c>
       <c r="H133">
         <v>0.0</v>
       </c>
       <c r="I133">
-        <v>73000.0</v>
+        <v>364890.0</v>
       </c>
       <c r="J133" t="s">
-        <v>69</v>
+        <v>228</v>
       </c>
       <c r="K133" t="s">
         <v>23</v>
       </c>
       <c r="L133" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
-        <v>1411</v>
+        <v>1435</v>
       </c>
       <c r="B134" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="C134" t="s">
-        <v>220</v>
+        <v>63</v>
       </c>
       <c r="D134">
         <v>1</v>
       </c>
       <c r="E134">
         <v>2</v>
       </c>
       <c r="G134">
-        <v>114580.0</v>
+        <v>65086.17</v>
       </c>
       <c r="H134">
-        <v>58000.0</v>
+        <v>55895.77</v>
       </c>
       <c r="I134">
-        <v>56580.0</v>
+        <v>9190.4</v>
       </c>
       <c r="J134" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="K134" t="s">
         <v>23</v>
       </c>
       <c r="L134" t="s">
-        <v>35</v>
+        <v>157</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
         <v>452</v>
       </c>
       <c r="B135" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="C135" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D135">
         <v>4</v>
       </c>
       <c r="E135">
         <v>1</v>
       </c>
       <c r="F135">
         <v>0</v>
       </c>
       <c r="G135">
         <v>189136.61</v>
       </c>
       <c r="H135">
         <v>17044.0</v>
       </c>
       <c r="I135">
         <v>172092.61</v>
       </c>
       <c r="J135" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="K135" t="s">
         <v>23</v>
       </c>
       <c r="L135" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
         <v>899</v>
       </c>
       <c r="B136" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C136" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D136">
         <v>3</v>
       </c>
       <c r="G136">
         <v>872790.0</v>
       </c>
       <c r="H136">
         <v>28243.83</v>
       </c>
       <c r="I136">
         <v>844546.17</v>
       </c>
       <c r="J136" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="K136" t="s">
         <v>23</v>
       </c>
       <c r="L136" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
         <v>1129</v>
       </c>
       <c r="B137" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="C137" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="D137">
         <v>4</v>
       </c>
       <c r="E137">
         <v>1</v>
       </c>
       <c r="G137">
         <v>340868.0</v>
       </c>
       <c r="H137">
         <v>13250.0</v>
       </c>
       <c r="I137">
         <v>327618.0</v>
       </c>
       <c r="J137" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="K137" t="s">
         <v>23</v>
       </c>
       <c r="L137" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
         <v>1275</v>
       </c>
       <c r="B138" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="C138" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E138">
         <v>1</v>
       </c>
       <c r="G138">
         <v>36800.0</v>
       </c>
       <c r="H138">
         <v>8799.92</v>
       </c>
       <c r="I138">
         <v>28000.08</v>
       </c>
       <c r="J138" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="K138" t="s">
         <v>23</v>
       </c>
       <c r="L138" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
         <v>1371</v>
       </c>
       <c r="B139" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="C139" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="G139">
         <v>0.0</v>
       </c>
       <c r="H139">
         <v>114000.0</v>
       </c>
       <c r="I139">
         <v>-114000.0</v>
       </c>
       <c r="J139" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="K139" t="s">
         <v>23</v>
       </c>
       <c r="L139" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
-        <v>577</v>
+        <v>862</v>
       </c>
       <c r="B140" t="s">
-        <v>230</v>
+        <v>164</v>
       </c>
       <c r="C140" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="D140">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E140">
         <v>1</v>
       </c>
-      <c r="F140">
-[...1 lines deleted...]
-      </c>
       <c r="G140">
-        <v>200823.81</v>
+        <v>282494.5</v>
       </c>
       <c r="H140">
-        <v>184959.0</v>
+        <v>51606.4</v>
       </c>
       <c r="I140">
-        <v>15864.81</v>
+        <v>230888.1</v>
       </c>
       <c r="J140" t="s">
-        <v>165</v>
+        <v>85</v>
       </c>
       <c r="K140" t="s">
         <v>23</v>
       </c>
       <c r="L140" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
-        <v>911</v>
+        <v>928</v>
       </c>
       <c r="B141" t="s">
-        <v>231</v>
+        <v>165</v>
       </c>
       <c r="C141" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="D141">
+        <v>9</v>
+      </c>
+      <c r="E141">
+        <v>3</v>
       </c>
       <c r="G141">
-        <v>98512.0</v>
+        <v>2603140.84</v>
       </c>
       <c r="H141">
-        <v>5585.82</v>
+        <v>186831.29</v>
       </c>
       <c r="I141">
-        <v>92926.18</v>
+        <v>2416309.55</v>
       </c>
       <c r="J141" t="s">
-        <v>217</v>
+        <v>31</v>
       </c>
       <c r="K141" t="s">
         <v>23</v>
       </c>
       <c r="L141" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
-        <v>1219</v>
+        <v>1250</v>
       </c>
       <c r="B142" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="C142" t="s">
-        <v>37</v>
+        <v>26</v>
+      </c>
+      <c r="E142">
+        <v>1</v>
       </c>
       <c r="G142">
-        <v>10000.0</v>
+        <v>9622.34</v>
       </c>
       <c r="H142">
         <v>0.0</v>
       </c>
       <c r="I142">
-        <v>10000.0</v>
+        <v>9622.34</v>
       </c>
       <c r="J142" t="s">
-        <v>56</v>
+        <v>240</v>
       </c>
       <c r="K142" t="s">
         <v>23</v>
       </c>
       <c r="L142" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
-        <v>1288</v>
+        <v>1307</v>
       </c>
       <c r="B143" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C143" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="E143">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G143">
-        <v>757706.57</v>
+        <v>73000.0</v>
       </c>
       <c r="H143">
-        <v>154904.29</v>
+        <v>0.0</v>
       </c>
       <c r="I143">
-        <v>602802.28</v>
+        <v>73000.0</v>
       </c>
       <c r="J143" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="K143" t="s">
         <v>23</v>
       </c>
       <c r="L143" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
-        <v>1391</v>
+        <v>1413</v>
       </c>
       <c r="B144" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="C144" t="s">
-        <v>235</v>
+        <v>169</v>
       </c>
       <c r="D144">
         <v>1</v>
       </c>
       <c r="E144">
         <v>0</v>
       </c>
       <c r="G144">
-        <v>125300.0</v>
+        <v>65730.0</v>
       </c>
       <c r="H144">
-        <v>0.0</v>
+        <v>60000.0</v>
       </c>
       <c r="I144">
-        <v>125300.0</v>
+        <v>5730.0</v>
       </c>
       <c r="J144" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="K144" t="s">
         <v>23</v>
       </c>
       <c r="L144" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
         <v>58</v>
       </c>
       <c r="B145" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C145" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D145">
         <v>3</v>
       </c>
       <c r="E145">
         <v>1</v>
       </c>
       <c r="G145">
         <v>610029.42</v>
       </c>
       <c r="H145">
         <v>0.0</v>
       </c>
       <c r="I145">
         <v>610029.42</v>
       </c>
       <c r="J145" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K145" t="s">
         <v>23</v>
       </c>
       <c r="L145" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
         <v>873</v>
       </c>
       <c r="B146" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="C146" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="G146">
         <v>163600.0</v>
       </c>
       <c r="H146">
         <v>58696.64</v>
       </c>
       <c r="I146">
         <v>104903.36</v>
       </c>
       <c r="J146" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="K146" t="s">
         <v>23</v>
       </c>
       <c r="L146" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
         <v>1256</v>
       </c>
       <c r="B147" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="C147" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="D147">
         <v>1</v>
       </c>
       <c r="G147">
         <v>1504765.65</v>
       </c>
       <c r="H147">
         <v>811503.2</v>
       </c>
       <c r="I147">
         <v>693262.45</v>
       </c>
       <c r="J147" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="K147" t="s">
         <v>23</v>
       </c>
       <c r="L147" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
         <v>1332</v>
       </c>
       <c r="B148" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="C148" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="D148">
         <v>2</v>
       </c>
       <c r="E148">
         <v>1</v>
       </c>
       <c r="G148">
         <v>405408.0</v>
       </c>
       <c r="H148">
         <v>45980.45</v>
       </c>
       <c r="I148">
         <v>359427.55</v>
       </c>
       <c r="J148" t="s">
-        <v>157</v>
+        <v>246</v>
       </c>
       <c r="K148" t="s">
         <v>23</v>
       </c>
       <c r="L148" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="B149" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="C149" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="D149">
         <v>0</v>
       </c>
       <c r="E149">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G149">
-        <v>33100.0</v>
+        <v>10744.89</v>
       </c>
       <c r="H149">
-        <v>0.0</v>
+        <v>14310.21</v>
       </c>
       <c r="I149">
-        <v>33100.0</v>
+        <v>-3565.32</v>
       </c>
       <c r="J149" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="K149" t="s">
         <v>23</v>
       </c>
       <c r="L149" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
-        <v>1404</v>
+        <v>577</v>
       </c>
       <c r="B150" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="C150" t="s">
-        <v>242</v>
+        <v>21</v>
       </c>
       <c r="D150">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E150">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="F150">
+        <v>0</v>
       </c>
       <c r="G150">
-        <v>756557.57</v>
+        <v>200823.81</v>
       </c>
       <c r="H150">
-        <v>5083.88</v>
+        <v>184959.0</v>
       </c>
       <c r="I150">
-        <v>751473.69</v>
+        <v>15864.81</v>
       </c>
       <c r="J150" t="s">
-        <v>243</v>
+        <v>183</v>
       </c>
       <c r="K150" t="s">
         <v>23</v>
       </c>
       <c r="L150" t="s">
-        <v>35</v>
+        <v>157</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151">
-        <v>404</v>
+        <v>911</v>
       </c>
       <c r="B151" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C151" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="G151">
-        <v>206444.44</v>
+        <v>98512.0</v>
       </c>
       <c r="H151">
-        <v>13922.94</v>
+        <v>5585.82</v>
       </c>
       <c r="I151">
-        <v>192521.5</v>
+        <v>92926.18</v>
       </c>
       <c r="J151" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="K151" t="s">
         <v>23</v>
       </c>
       <c r="L151" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152">
-        <v>894</v>
+        <v>1219</v>
       </c>
       <c r="B152" t="s">
-        <v>182</v>
+        <v>251</v>
       </c>
       <c r="C152" t="s">
         <v>21</v>
       </c>
-      <c r="D152">
-[...4 lines deleted...]
-      </c>
       <c r="G152">
-        <v>445343.17</v>
+        <v>10000.0</v>
       </c>
       <c r="H152">
-        <v>82157.14</v>
+        <v>0.0</v>
       </c>
       <c r="I152">
-        <v>363186.03</v>
+        <v>10000.0</v>
       </c>
       <c r="J152" t="s">
-        <v>171</v>
+        <v>47</v>
       </c>
       <c r="K152" t="s">
         <v>23</v>
       </c>
       <c r="L152" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153">
-        <v>1085</v>
+        <v>1288</v>
       </c>
       <c r="B153" t="s">
-        <v>183</v>
+        <v>252</v>
       </c>
       <c r="C153" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D153">
+        <v>2</v>
+      </c>
+      <c r="E153">
         <v>4</v>
       </c>
-      <c r="E153">
-[...1 lines deleted...]
-      </c>
       <c r="G153">
-        <v>198680.54</v>
+        <v>757706.57</v>
       </c>
       <c r="H153">
-        <v>72537.05</v>
+        <v>154904.29</v>
       </c>
       <c r="I153">
-        <v>126143.49</v>
+        <v>602802.28</v>
       </c>
       <c r="J153" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="K153" t="s">
         <v>23</v>
       </c>
       <c r="L153" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154">
-        <v>1269</v>
+        <v>1393</v>
       </c>
       <c r="B154" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C154" t="s">
-        <v>21</v>
+        <v>254</v>
       </c>
       <c r="D154">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E154">
         <v>1</v>
       </c>
       <c r="G154">
-        <v>1223676.82</v>
+        <v>145314.6</v>
       </c>
       <c r="H154">
-        <v>35767.15</v>
+        <v>112153.66</v>
       </c>
       <c r="I154">
-        <v>1187909.67</v>
+        <v>33160.94</v>
       </c>
       <c r="J154" t="s">
-        <v>185</v>
+        <v>103</v>
       </c>
       <c r="K154" t="s">
         <v>23</v>
       </c>
       <c r="L154" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155">
-        <v>1362</v>
+        <v>838</v>
       </c>
       <c r="B155" t="s">
-        <v>247</v>
+        <v>112</v>
       </c>
       <c r="C155" t="s">
-        <v>248</v>
+        <v>26</v>
+      </c>
+      <c r="D155">
+        <v>2</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
       <c r="G155">
-        <v>300142.01</v>
+        <v>326500.0</v>
       </c>
       <c r="H155">
-        <v>66583.24</v>
+        <v>30000.0</v>
       </c>
       <c r="I155">
-        <v>233558.77</v>
+        <v>296500.0</v>
       </c>
       <c r="J155" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="K155" t="s">
         <v>23</v>
       </c>
       <c r="L155" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156">
-        <v>838</v>
+        <v>919</v>
       </c>
       <c r="B156" t="s">
-        <v>117</v>
+        <v>187</v>
       </c>
       <c r="C156" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D156">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E156">
         <v>1</v>
       </c>
       <c r="G156">
-        <v>326500.0</v>
+        <v>139394.14</v>
       </c>
       <c r="H156">
-        <v>30000.0</v>
+        <v>58508.32</v>
       </c>
       <c r="I156">
-        <v>296500.0</v>
+        <v>80885.82</v>
       </c>
       <c r="J156" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K156" t="s">
         <v>23</v>
       </c>
       <c r="L156" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157">
-        <v>919</v>
+        <v>1238</v>
       </c>
       <c r="B157" t="s">
-        <v>187</v>
+        <v>255</v>
       </c>
       <c r="C157" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G157">
-        <v>139394.14</v>
+        <v>2015.0</v>
       </c>
       <c r="H157">
-        <v>58508.32</v>
+        <v>5100.0</v>
       </c>
       <c r="I157">
-        <v>80885.82</v>
+        <v>-3085.0</v>
       </c>
       <c r="J157" t="s">
-        <v>58</v>
+        <v>228</v>
       </c>
       <c r="K157" t="s">
         <v>23</v>
       </c>
       <c r="L157" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158">
-        <v>1238</v>
+        <v>1301</v>
       </c>
       <c r="B158" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="C158" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="E158">
+        <v>2</v>
       </c>
       <c r="G158">
-        <v>2015.0</v>
+        <v>57997.18</v>
       </c>
       <c r="H158">
-        <v>5100.0</v>
+        <v>2400.0</v>
       </c>
       <c r="I158">
-        <v>-3085.0</v>
+        <v>55597.18</v>
       </c>
       <c r="J158" t="s">
-        <v>209</v>
+        <v>257</v>
       </c>
       <c r="K158" t="s">
         <v>23</v>
       </c>
       <c r="L158" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159">
-        <v>1301</v>
+        <v>1406</v>
       </c>
       <c r="B159" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="C159" t="s">
-        <v>21</v>
+        <v>44</v>
+      </c>
+      <c r="D159">
+        <v>1</v>
       </c>
       <c r="E159">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G159">
-        <v>57997.18</v>
+        <v>635643.0</v>
       </c>
       <c r="H159">
-        <v>2400.0</v>
+        <v>203950.0</v>
       </c>
       <c r="I159">
-        <v>55597.18</v>
+        <v>431693.0</v>
       </c>
       <c r="J159" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="K159" t="s">
         <v>23</v>
       </c>
       <c r="L159" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160">
-        <v>1202</v>
+        <v>404</v>
       </c>
       <c r="B160" t="s">
-        <v>202</v>
+        <v>260</v>
       </c>
       <c r="C160" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D160">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E160">
         <v>1</v>
       </c>
+      <c r="F160">
+        <v>0</v>
+      </c>
       <c r="G160">
-        <v>216463.36</v>
+        <v>206444.44</v>
       </c>
       <c r="H160">
-        <v>9452.0</v>
+        <v>13922.94</v>
       </c>
       <c r="I160">
-        <v>207011.36</v>
+        <v>192521.5</v>
       </c>
       <c r="J160" t="s">
-        <v>51</v>
+        <v>261</v>
       </c>
       <c r="K160" t="s">
         <v>23</v>
       </c>
       <c r="L160" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161">
-        <v>1282</v>
+        <v>894</v>
       </c>
       <c r="B161" t="s">
-        <v>252</v>
+        <v>196</v>
       </c>
       <c r="C161" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D161">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="E161">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G161">
-        <v>1698070.52</v>
+        <v>445343.17</v>
       </c>
       <c r="H161">
-        <v>9360.0</v>
+        <v>82157.14</v>
       </c>
       <c r="I161">
-        <v>1688710.52</v>
+        <v>363186.03</v>
       </c>
       <c r="J161" t="s">
-        <v>193</v>
+        <v>172</v>
       </c>
       <c r="K161" t="s">
         <v>23</v>
       </c>
       <c r="L161" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162">
-        <v>1384</v>
+        <v>1085</v>
       </c>
       <c r="B162" t="s">
-        <v>253</v>
+        <v>197</v>
       </c>
       <c r="C162" t="s">
-        <v>254</v>
+        <v>26</v>
       </c>
       <c r="D162">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E162">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G162">
-        <v>28150.23</v>
+        <v>198680.54</v>
       </c>
       <c r="H162">
-        <v>43931.9</v>
+        <v>72537.05</v>
       </c>
       <c r="I162">
-        <v>-15781.67</v>
+        <v>126143.49</v>
       </c>
       <c r="J162" t="s">
-        <v>126</v>
+        <v>31</v>
       </c>
       <c r="K162" t="s">
         <v>23</v>
       </c>
       <c r="L162" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163">
-        <v>870</v>
+        <v>1269</v>
       </c>
       <c r="B163" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="C163" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="D163">
+        <v>9</v>
+      </c>
+      <c r="E163">
+        <v>1</v>
       </c>
       <c r="G163">
-        <v>2500.0</v>
+        <v>1223676.82</v>
       </c>
       <c r="H163">
-        <v>173000.0</v>
+        <v>35767.15</v>
       </c>
       <c r="I163">
-        <v>-170500.0</v>
+        <v>1187909.67</v>
       </c>
       <c r="J163" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="K163" t="s">
         <v>23</v>
       </c>
       <c r="L163" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164">
-        <v>966</v>
+        <v>1362</v>
       </c>
       <c r="B164" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="C164" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>264</v>
       </c>
       <c r="E164">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G164">
-        <v>719977.02</v>
+        <v>300142.01</v>
       </c>
       <c r="H164">
-        <v>7000.0</v>
+        <v>66583.24</v>
       </c>
       <c r="I164">
-        <v>712977.02</v>
+        <v>233558.77</v>
       </c>
       <c r="J164" t="s">
-        <v>258</v>
+        <v>67</v>
       </c>
       <c r="K164" t="s">
         <v>23</v>
       </c>
       <c r="L164" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165">
-        <v>1256</v>
+        <v>966</v>
       </c>
       <c r="B165" t="s">
-        <v>102</v>
+        <v>265</v>
       </c>
       <c r="C165" t="s">
-        <v>64</v>
+        <v>266</v>
+      </c>
+      <c r="D165">
+        <v>2</v>
+      </c>
+      <c r="E165">
+        <v>2</v>
       </c>
       <c r="G165">
-        <v>1525000.0</v>
+        <v>719977.02</v>
       </c>
       <c r="H165">
-        <v>655320.0</v>
+        <v>7000.0</v>
       </c>
       <c r="I165">
-        <v>869680.0</v>
+        <v>712977.02</v>
       </c>
       <c r="J165" t="s">
-        <v>51</v>
+        <v>267</v>
       </c>
       <c r="K165" t="s">
         <v>23</v>
       </c>
       <c r="L165" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166">
-        <v>1314</v>
+        <v>1256</v>
       </c>
       <c r="B166" t="s">
-        <v>259</v>
+        <v>96</v>
       </c>
       <c r="C166" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G166">
-        <v>328926.0</v>
+        <v>1525000.0</v>
       </c>
       <c r="H166">
-        <v>31000.0</v>
+        <v>655320.0</v>
       </c>
       <c r="I166">
-        <v>297926.0</v>
+        <v>869680.0</v>
       </c>
       <c r="J166" t="s">
-        <v>260</v>
+        <v>67</v>
       </c>
       <c r="K166" t="s">
         <v>23</v>
       </c>
       <c r="L166" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167">
-        <v>1418</v>
+        <v>1314</v>
       </c>
       <c r="B167" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="C167" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="D167">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E167">
         <v>1</v>
       </c>
       <c r="G167">
-        <v>103405.84</v>
+        <v>328926.0</v>
       </c>
       <c r="H167">
-        <v>78800.0</v>
+        <v>31000.0</v>
       </c>
       <c r="I167">
-        <v>24605.84</v>
+        <v>297926.0</v>
       </c>
       <c r="J167" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="K167" t="s">
         <v>23</v>
       </c>
       <c r="L167" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168">
-        <v>500</v>
+        <v>1420</v>
       </c>
       <c r="B168" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C168" t="s">
-        <v>37</v>
+        <v>44</v>
+      </c>
+      <c r="D168">
+        <v>2</v>
       </c>
       <c r="E168">
         <v>1</v>
       </c>
-      <c r="F168">
-[...1 lines deleted...]
-      </c>
       <c r="G168">
-        <v>118869.53</v>
+        <v>134078.09</v>
       </c>
       <c r="H168">
-        <v>33593.23</v>
+        <v>51009.02</v>
       </c>
       <c r="I168">
-        <v>85276.3</v>
+        <v>83069.07</v>
       </c>
       <c r="J168" t="s">
-        <v>27</v>
+        <v>271</v>
       </c>
       <c r="K168" t="s">
         <v>23</v>
       </c>
       <c r="L168" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169">
-        <v>905</v>
+        <v>500</v>
       </c>
       <c r="B169" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="C169" t="s">
-        <v>64</v>
+        <v>21</v>
+      </c>
+      <c r="E169">
+        <v>1</v>
+      </c>
+      <c r="F169">
+        <v>0</v>
       </c>
       <c r="G169">
-        <v>209294.68</v>
+        <v>118869.53</v>
       </c>
       <c r="H169">
-        <v>50500.0</v>
+        <v>33593.23</v>
       </c>
       <c r="I169">
-        <v>158794.68</v>
+        <v>85276.3</v>
       </c>
       <c r="J169" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="K169" t="s">
         <v>23</v>
       </c>
       <c r="L169" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170">
-        <v>97</v>
+        <v>905</v>
       </c>
       <c r="B170" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="C170" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="G170">
-        <v>110450.0</v>
+        <v>209294.68</v>
       </c>
       <c r="H170">
-        <v>138998.94</v>
+        <v>50500.0</v>
       </c>
       <c r="I170">
-        <v>-28548.94</v>
+        <v>158794.68</v>
       </c>
       <c r="J170" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="K170" t="s">
         <v>23</v>
       </c>
       <c r="L170" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
-        <v>883</v>
+        <v>1202</v>
       </c>
       <c r="B171" t="s">
-        <v>63</v>
+        <v>207</v>
       </c>
       <c r="C171" t="s">
-        <v>21</v>
+        <v>97</v>
+      </c>
+      <c r="D171">
+        <v>1</v>
+      </c>
+      <c r="E171">
+        <v>1</v>
       </c>
       <c r="G171">
-        <v>128045.78</v>
+        <v>216463.36</v>
       </c>
       <c r="H171">
-        <v>3721.71</v>
+        <v>9452.0</v>
       </c>
       <c r="I171">
-        <v>124324.07</v>
+        <v>207011.36</v>
       </c>
       <c r="J171" t="s">
-        <v>150</v>
+        <v>67</v>
       </c>
       <c r="K171" t="s">
         <v>23</v>
       </c>
       <c r="L171" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
-        <v>1069</v>
+        <v>1282</v>
       </c>
       <c r="B172" t="s">
-        <v>203</v>
+        <v>274</v>
       </c>
       <c r="C172" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D172">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="E172">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G172">
-        <v>1983182.13</v>
+        <v>1698070.52</v>
       </c>
       <c r="H172">
-        <v>750036.26</v>
+        <v>9360.0</v>
       </c>
       <c r="I172">
-        <v>1233145.87</v>
+        <v>1688710.52</v>
       </c>
       <c r="J172" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="K172" t="s">
         <v>23</v>
       </c>
       <c r="L172" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173">
-        <v>1263</v>
+        <v>1384</v>
       </c>
       <c r="B173" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="C173" t="s">
-        <v>21</v>
+        <v>276</v>
       </c>
       <c r="D173">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E173">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G173">
-        <v>97434.8</v>
+        <v>28150.23</v>
       </c>
       <c r="H173">
-        <v>27000.0</v>
+        <v>43931.9</v>
       </c>
       <c r="I173">
-        <v>70434.8</v>
+        <v>-15781.67</v>
       </c>
       <c r="J173" t="s">
-        <v>42</v>
+        <v>136</v>
       </c>
       <c r="K173" t="s">
         <v>23</v>
       </c>
       <c r="L173" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174">
-        <v>1352</v>
+        <v>870</v>
       </c>
       <c r="B174" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="C174" t="s">
-        <v>268</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>54</v>
       </c>
       <c r="G174">
-        <v>1977586.3</v>
+        <v>2500.0</v>
       </c>
       <c r="H174">
-        <v>327412.5</v>
+        <v>173000.0</v>
       </c>
       <c r="I174">
-        <v>1650173.8</v>
+        <v>-170500.0</v>
       </c>
       <c r="J174" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="K174" t="s">
         <v>23</v>
       </c>
       <c r="L174" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175">
         <v>694</v>
       </c>
       <c r="B175" t="s">
-        <v>144</v>
+        <v>158</v>
       </c>
       <c r="C175" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D175">
         <v>2</v>
       </c>
       <c r="E175">
         <v>1</v>
       </c>
       <c r="G175">
         <v>27768.34</v>
       </c>
       <c r="H175">
         <v>12498.61</v>
       </c>
       <c r="I175">
         <v>15269.73</v>
       </c>
       <c r="J175" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="K175" t="s">
         <v>23</v>
       </c>
       <c r="L175" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
         <v>914</v>
       </c>
       <c r="B176" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="C176" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D176">
         <v>3</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
       <c r="G176">
         <v>175751.35</v>
       </c>
       <c r="H176">
         <v>126586.64</v>
       </c>
       <c r="I176">
         <v>49164.71</v>
       </c>
       <c r="J176" t="s">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="K176" t="s">
         <v>23</v>
       </c>
       <c r="L176" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
         <v>1230</v>
       </c>
       <c r="B177" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="C177" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D177">
         <v>2</v>
       </c>
       <c r="E177">
         <v>2</v>
       </c>
       <c r="G177">
         <v>580234.53</v>
       </c>
       <c r="H177">
         <v>247029.73</v>
       </c>
       <c r="I177">
         <v>333204.8</v>
       </c>
       <c r="J177" t="s">
-        <v>217</v>
+        <v>240</v>
       </c>
       <c r="K177" t="s">
         <v>23</v>
       </c>
       <c r="L177" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178">
         <v>1295</v>
       </c>
       <c r="B178" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="C178" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D178">
         <v>4</v>
       </c>
       <c r="E178">
         <v>1</v>
       </c>
       <c r="G178">
         <v>91911.84</v>
       </c>
       <c r="H178">
         <v>0.0</v>
       </c>
       <c r="I178">
         <v>91911.84</v>
       </c>
       <c r="J178" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="K178" t="s">
         <v>23</v>
       </c>
       <c r="L178" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="B179" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="C179" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="D179">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E179">
         <v>1</v>
       </c>
       <c r="G179">
-        <v>207981.53</v>
+        <v>516311.12</v>
       </c>
       <c r="H179">
-        <v>101898.84</v>
+        <v>0.0</v>
       </c>
       <c r="I179">
-        <v>106082.69</v>
+        <v>516311.12</v>
       </c>
       <c r="J179" t="s">
-        <v>178</v>
+        <v>282</v>
       </c>
       <c r="K179" t="s">
         <v>23</v>
       </c>
       <c r="L179" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
-        <v>863</v>
+        <v>97</v>
       </c>
       <c r="B180" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="C180" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="G180">
-        <v>101673.07</v>
+        <v>110450.0</v>
       </c>
       <c r="H180">
-        <v>7132.0</v>
+        <v>138998.94</v>
       </c>
       <c r="I180">
-        <v>94541.07</v>
+        <v>-28548.94</v>
       </c>
       <c r="J180" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K180" t="s">
         <v>23</v>
       </c>
       <c r="L180" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181">
-        <v>930</v>
+        <v>883</v>
       </c>
       <c r="B181" t="s">
-        <v>274</v>
+        <v>53</v>
       </c>
       <c r="C181" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="G181">
-        <v>317276.0</v>
+        <v>128045.78</v>
       </c>
       <c r="H181">
-        <v>1873.0</v>
+        <v>3721.71</v>
       </c>
       <c r="I181">
-        <v>315403.0</v>
+        <v>124324.07</v>
       </c>
       <c r="J181" t="s">
-        <v>112</v>
+        <v>147</v>
       </c>
       <c r="K181" t="s">
         <v>23</v>
       </c>
       <c r="L181" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182">
-        <v>1251</v>
+        <v>1069</v>
       </c>
       <c r="B182" t="s">
-        <v>275</v>
+        <v>222</v>
       </c>
       <c r="C182" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D182">
+        <v>3</v>
+      </c>
+      <c r="E182">
         <v>1</v>
       </c>
       <c r="G182">
-        <v>112675.16</v>
+        <v>1983182.13</v>
       </c>
       <c r="H182">
-        <v>4000.0</v>
+        <v>750036.26</v>
       </c>
       <c r="I182">
-        <v>108675.16</v>
+        <v>1233145.87</v>
       </c>
       <c r="J182" t="s">
-        <v>112</v>
+        <v>224</v>
       </c>
       <c r="K182" t="s">
         <v>23</v>
       </c>
       <c r="L182" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183">
-        <v>1308</v>
+        <v>1263</v>
       </c>
       <c r="B183" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="C183" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D183">
         <v>1</v>
       </c>
       <c r="E183">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G183">
-        <v>81770.0</v>
+        <v>97434.8</v>
       </c>
       <c r="H183">
-        <v>600.0</v>
+        <v>27000.0</v>
       </c>
       <c r="I183">
-        <v>81170.0</v>
+        <v>70434.8</v>
       </c>
       <c r="J183" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K183" t="s">
         <v>23</v>
       </c>
       <c r="L183" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184">
-        <v>1412</v>
+        <v>1352</v>
       </c>
       <c r="B184" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C184" t="s">
-        <v>108</v>
+        <v>286</v>
       </c>
       <c r="D184">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E184">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G184">
-        <v>164748.0</v>
+        <v>1977586.3</v>
       </c>
       <c r="H184">
-        <v>0.0</v>
+        <v>327412.5</v>
       </c>
       <c r="I184">
-        <v>164748.0</v>
+        <v>1650173.8</v>
       </c>
       <c r="J184" t="s">
-        <v>278</v>
+        <v>92</v>
       </c>
       <c r="K184" t="s">
         <v>23</v>
       </c>
       <c r="L184" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185">
-        <v>454</v>
+        <v>1436</v>
       </c>
       <c r="B185" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="C185" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D185">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E185">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G185">
-        <v>388746.2</v>
+        <v>48500.0</v>
       </c>
       <c r="H185">
-        <v>358681.44</v>
+        <v>32558.72</v>
       </c>
       <c r="I185">
-        <v>30064.76</v>
+        <v>15941.28</v>
       </c>
       <c r="J185" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="K185" t="s">
         <v>23</v>
       </c>
       <c r="L185" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186">
-        <v>900</v>
+        <v>454</v>
       </c>
       <c r="B186" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="C186" t="s">
-        <v>64</v>
+        <v>21</v>
+      </c>
+      <c r="D186">
+        <v>2</v>
+      </c>
+      <c r="E186">
+        <v>2</v>
       </c>
       <c r="G186">
-        <v>127.0</v>
+        <v>388746.2</v>
       </c>
       <c r="H186">
-        <v>12248.0</v>
+        <v>358681.44</v>
       </c>
       <c r="I186">
-        <v>-12121.0</v>
+        <v>30064.76</v>
       </c>
       <c r="J186" t="s">
-        <v>209</v>
+        <v>290</v>
       </c>
       <c r="K186" t="s">
         <v>23</v>
       </c>
       <c r="L186" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187">
-        <v>1131</v>
+        <v>900</v>
       </c>
       <c r="B187" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="C187" t="s">
-        <v>283</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="G187">
-        <v>565793.12</v>
+        <v>127.0</v>
       </c>
       <c r="H187">
-        <v>46850.08</v>
+        <v>12248.0</v>
       </c>
       <c r="I187">
-        <v>518943.04</v>
+        <v>-12121.0</v>
       </c>
       <c r="J187" t="s">
-        <v>84</v>
+        <v>228</v>
       </c>
       <c r="K187" t="s">
         <v>23</v>
       </c>
       <c r="L187" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188">
-        <v>1276</v>
+        <v>1131</v>
       </c>
       <c r="B188" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="C188" t="s">
-        <v>103</v>
+        <v>293</v>
       </c>
       <c r="D188">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="E188">
+        <v>2</v>
       </c>
       <c r="G188">
-        <v>127992.2</v>
+        <v>565793.12</v>
       </c>
       <c r="H188">
-        <v>0.0</v>
+        <v>46850.08</v>
       </c>
       <c r="I188">
-        <v>127992.2</v>
+        <v>518943.04</v>
       </c>
       <c r="J188" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="K188" t="s">
         <v>23</v>
       </c>
       <c r="L188" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
-        <v>1373</v>
+        <v>1276</v>
       </c>
       <c r="B189" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="C189" t="s">
-        <v>286</v>
+        <v>97</v>
+      </c>
+      <c r="D189">
+        <v>1</v>
       </c>
       <c r="G189">
-        <v>0.0</v>
+        <v>127992.2</v>
       </c>
       <c r="H189">
         <v>0.0</v>
       </c>
       <c r="I189">
-        <v>0.0</v>
+        <v>127992.2</v>
       </c>
       <c r="J189" t="s">
-        <v>126</v>
+        <v>47</v>
       </c>
       <c r="K189" t="s">
         <v>23</v>
       </c>
       <c r="L189" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
-        <v>580</v>
+        <v>1373</v>
       </c>
       <c r="B190" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="C190" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>296</v>
       </c>
       <c r="G190">
-        <v>707492.32</v>
+        <v>0.0</v>
       </c>
       <c r="H190">
-        <v>120771.3</v>
+        <v>0.0</v>
       </c>
       <c r="I190">
-        <v>586721.02</v>
+        <v>0.0</v>
       </c>
       <c r="J190" t="s">
-        <v>165</v>
+        <v>136</v>
       </c>
       <c r="K190" t="s">
         <v>23</v>
       </c>
       <c r="L190" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191">
-        <v>911</v>
+        <v>863</v>
       </c>
       <c r="B191" t="s">
-        <v>231</v>
+        <v>297</v>
       </c>
       <c r="C191" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G191">
-        <v>50300.0</v>
+        <v>101673.07</v>
       </c>
       <c r="H191">
-        <v>1800.0</v>
+        <v>7132.0</v>
       </c>
       <c r="I191">
-        <v>48500.0</v>
+        <v>94541.07</v>
       </c>
       <c r="J191" t="s">
-        <v>217</v>
+        <v>33</v>
       </c>
       <c r="K191" t="s">
         <v>23</v>
       </c>
       <c r="L191" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192">
-        <v>1219</v>
+        <v>930</v>
       </c>
       <c r="B192" t="s">
-        <v>232</v>
+        <v>298</v>
       </c>
       <c r="C192" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G192">
-        <v>13000.0</v>
+        <v>317276.0</v>
       </c>
       <c r="H192">
-        <v>12500.0</v>
+        <v>1873.0</v>
       </c>
       <c r="I192">
-        <v>500.0</v>
+        <v>315403.0</v>
       </c>
       <c r="J192" t="s">
-        <v>56</v>
+        <v>123</v>
       </c>
       <c r="K192" t="s">
         <v>23</v>
       </c>
       <c r="L192" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193">
-        <v>1289</v>
+        <v>1251</v>
       </c>
       <c r="B193" t="s">
-        <v>288</v>
+        <v>299</v>
       </c>
       <c r="C193" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D193">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G193">
-        <v>377445.0</v>
+        <v>112675.16</v>
       </c>
       <c r="H193">
-        <v>23400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="I193">
-        <v>354045.0</v>
+        <v>108675.16</v>
       </c>
       <c r="J193" t="s">
-        <v>58</v>
+        <v>123</v>
       </c>
       <c r="K193" t="s">
         <v>23</v>
       </c>
       <c r="L193" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="194" spans="1:12">
       <c r="A194">
-        <v>1392</v>
+        <v>1308</v>
       </c>
       <c r="B194" t="s">
-        <v>289</v>
+        <v>300</v>
       </c>
       <c r="C194" t="s">
-        <v>290</v>
+        <v>26</v>
       </c>
       <c r="D194">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E194">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G194">
-        <v>10672.49</v>
+        <v>81770.0</v>
       </c>
       <c r="H194">
-        <v>0.0</v>
+        <v>600.0</v>
       </c>
       <c r="I194">
-        <v>10672.49</v>
+        <v>81170.0</v>
       </c>
       <c r="J194" t="s">
-        <v>98</v>
+        <v>70</v>
       </c>
       <c r="K194" t="s">
         <v>23</v>
       </c>
       <c r="L194" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="195" spans="1:12">
       <c r="A195">
-        <v>61</v>
+        <v>1414</v>
       </c>
       <c r="B195" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="C195" t="s">
-        <v>64</v>
+        <v>169</v>
       </c>
       <c r="D195">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="E195">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G195">
-        <v>10270.61</v>
+        <v>498255.76</v>
       </c>
       <c r="H195">
-        <v>8928.57</v>
+        <v>84794.29</v>
       </c>
       <c r="I195">
-        <v>1342.04</v>
+        <v>413461.47</v>
       </c>
       <c r="J195" t="s">
-        <v>227</v>
+        <v>302</v>
       </c>
       <c r="K195" t="s">
         <v>23</v>
       </c>
       <c r="L195" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="196" spans="1:12">
       <c r="A196">
-        <v>873</v>
+        <v>61</v>
       </c>
       <c r="B196" t="s">
+        <v>303</v>
+      </c>
+      <c r="C196" t="s">
+        <v>54</v>
+      </c>
+      <c r="D196">
+        <v>0</v>
+      </c>
+      <c r="E196">
+        <v>0</v>
+      </c>
+      <c r="F196">
+        <v>0</v>
+      </c>
+      <c r="G196">
+        <v>10270.61</v>
+      </c>
+      <c r="H196">
+        <v>8928.57</v>
+      </c>
+      <c r="I196">
+        <v>1342.04</v>
+      </c>
+      <c r="J196" t="s">
         <v>236</v>
       </c>
-      <c r="C196" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K196" t="s">
         <v>23</v>
       </c>
       <c r="L196" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="197" spans="1:12">
       <c r="A197">
-        <v>1257</v>
+        <v>873</v>
       </c>
       <c r="B197" t="s">
-        <v>292</v>
+        <v>243</v>
       </c>
       <c r="C197" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D197">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E197">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G197">
-        <v>141144.79</v>
+        <v>205599.0</v>
       </c>
       <c r="H197">
-        <v>97800.0</v>
+        <v>40373.0</v>
       </c>
       <c r="I197">
-        <v>43344.79</v>
+        <v>165226.0</v>
       </c>
       <c r="J197" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="K197" t="s">
         <v>23</v>
       </c>
       <c r="L197" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="198" spans="1:12">
       <c r="A198">
-        <v>1337</v>
+        <v>1257</v>
       </c>
       <c r="B198" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="C198" t="s">
-        <v>294</v>
+        <v>26</v>
+      </c>
+      <c r="D198">
+        <v>3</v>
+      </c>
+      <c r="E198">
+        <v>1</v>
       </c>
       <c r="G198">
-        <v>5000.0</v>
+        <v>141144.79</v>
       </c>
       <c r="H198">
-        <v>12000.0</v>
+        <v>97800.0</v>
       </c>
       <c r="I198">
-        <v>-7000.0</v>
+        <v>43344.79</v>
       </c>
       <c r="J198" t="s">
-        <v>295</v>
+        <v>85</v>
       </c>
       <c r="K198" t="s">
         <v>23</v>
       </c>
       <c r="L198" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
-        <v>1426</v>
+        <v>1337</v>
       </c>
       <c r="B199" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="C199" t="s">
-        <v>297</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>306</v>
       </c>
       <c r="G199">
-        <v>7669.9</v>
+        <v>5000.0</v>
       </c>
       <c r="H199">
-        <v>4200.0</v>
+        <v>12000.0</v>
       </c>
       <c r="I199">
-        <v>3469.9</v>
+        <v>-7000.0</v>
       </c>
       <c r="J199" t="s">
-        <v>98</v>
+        <v>205</v>
       </c>
       <c r="K199" t="s">
         <v>23</v>
       </c>
       <c r="L199" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
-        <v>1302</v>
+        <v>1428</v>
       </c>
       <c r="B200" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="C200" t="s">
-        <v>21</v>
+        <v>63</v>
+      </c>
+      <c r="D200">
+        <v>1</v>
+      </c>
+      <c r="E200">
+        <v>0</v>
       </c>
       <c r="G200">
-        <v>30.0</v>
+        <v>17397.99</v>
       </c>
       <c r="H200">
-        <v>0.0</v>
+        <v>2400.0</v>
       </c>
       <c r="I200">
-        <v>30.0</v>
+        <v>14997.99</v>
       </c>
       <c r="J200" t="s">
-        <v>65</v>
+        <v>308</v>
       </c>
       <c r="K200" t="s">
         <v>23</v>
       </c>
       <c r="L200" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="201" spans="1:12">
       <c r="A201">
-        <v>1405</v>
+        <v>580</v>
       </c>
       <c r="B201" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="C201" t="s">
-        <v>300</v>
+        <v>21</v>
       </c>
       <c r="D201">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="E201">
+        <v>1</v>
+      </c>
+      <c r="F201">
         <v>0</v>
       </c>
       <c r="G201">
-        <v>475909.0</v>
+        <v>707492.32</v>
       </c>
       <c r="H201">
-        <v>20000.0</v>
+        <v>120771.3</v>
       </c>
       <c r="I201">
-        <v>455909.0</v>
+        <v>586721.02</v>
       </c>
       <c r="J201" t="s">
-        <v>301</v>
+        <v>183</v>
       </c>
       <c r="K201" t="s">
         <v>23</v>
       </c>
       <c r="L201" t="s">
-        <v>35</v>
+        <v>157</v>
       </c>
     </row>
     <row r="202" spans="1:12">
       <c r="A202">
-        <v>404</v>
+        <v>911</v>
       </c>
       <c r="B202" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C202" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="E202">
         <v>1</v>
       </c>
-      <c r="F202">
-[...1 lines deleted...]
-      </c>
       <c r="G202">
-        <v>206444.44</v>
+        <v>50300.0</v>
       </c>
       <c r="H202">
-        <v>13922.94</v>
+        <v>1800.0</v>
       </c>
       <c r="I202">
-        <v>192521.5</v>
+        <v>48500.0</v>
       </c>
       <c r="J202" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="K202" t="s">
         <v>23</v>
       </c>
       <c r="L202" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="203" spans="1:12">
       <c r="A203">
-        <v>895</v>
+        <v>1219</v>
       </c>
       <c r="B203" t="s">
-        <v>302</v>
+        <v>251</v>
       </c>
       <c r="C203" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="G203">
-        <v>505000.0</v>
+        <v>13000.0</v>
       </c>
       <c r="H203">
-        <v>102075.8</v>
+        <v>12500.0</v>
       </c>
       <c r="I203">
-        <v>402924.2</v>
+        <v>500.0</v>
       </c>
       <c r="J203" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="K203" t="s">
         <v>23</v>
       </c>
       <c r="L203" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="204" spans="1:12">
       <c r="A204">
-        <v>1093</v>
+        <v>1289</v>
       </c>
       <c r="B204" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="C204" t="s">
-        <v>138</v>
+        <v>26</v>
       </c>
       <c r="D204">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E204">
         <v>2</v>
       </c>
       <c r="G204">
-        <v>242877.46</v>
+        <v>377445.0</v>
       </c>
       <c r="H204">
-        <v>63867.24</v>
+        <v>23400.0</v>
       </c>
       <c r="I204">
-        <v>179010.22</v>
+        <v>354045.0</v>
       </c>
       <c r="J204" t="s">
-        <v>217</v>
+        <v>49</v>
       </c>
       <c r="K204" t="s">
         <v>23</v>
       </c>
       <c r="L204" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="205" spans="1:12">
       <c r="A205">
-        <v>1270</v>
+        <v>1394</v>
       </c>
       <c r="B205" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="C205" t="s">
-        <v>21</v>
+        <v>312</v>
       </c>
       <c r="D205">
-        <v>70</v>
+        <v>1</v>
       </c>
       <c r="E205">
-        <v>79</v>
+        <v>1</v>
       </c>
       <c r="G205">
-        <v>68775866.45</v>
+        <v>106000.0</v>
       </c>
       <c r="H205">
-        <v>6814337.9</v>
+        <v>43000.0</v>
       </c>
       <c r="I205">
-        <v>61961528.55</v>
+        <v>63000.0</v>
       </c>
       <c r="J205" t="s">
-        <v>205</v>
+        <v>103</v>
       </c>
       <c r="K205" t="s">
         <v>23</v>
       </c>
       <c r="L205" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="206" spans="1:12">
       <c r="A206">
-        <v>1364</v>
+        <v>1270</v>
       </c>
       <c r="B206" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="C206" t="s">
-        <v>306</v>
+        <v>26</v>
       </c>
       <c r="D206">
-        <v>4</v>
+        <v>70</v>
       </c>
       <c r="E206">
-        <v>1</v>
+        <v>79</v>
       </c>
       <c r="G206">
-        <v>748987.5</v>
+        <v>68775866.45</v>
       </c>
       <c r="H206">
-        <v>222692.19</v>
+        <v>6814337.9</v>
       </c>
       <c r="I206">
-        <v>526295.31</v>
+        <v>61961528.55</v>
       </c>
       <c r="J206" t="s">
-        <v>51</v>
+        <v>224</v>
       </c>
       <c r="K206" t="s">
         <v>23</v>
       </c>
       <c r="L206" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="207" spans="1:12">
       <c r="A207">
-        <v>851</v>
+        <v>1364</v>
       </c>
       <c r="B207" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C207" t="s">
-        <v>64</v>
+        <v>315</v>
+      </c>
+      <c r="D207">
+        <v>4</v>
+      </c>
+      <c r="E207">
+        <v>1</v>
       </c>
       <c r="G207">
-        <v>261505.32</v>
+        <v>748987.5</v>
       </c>
       <c r="H207">
-        <v>17072.88</v>
+        <v>222692.19</v>
       </c>
       <c r="I207">
-        <v>244432.44</v>
+        <v>526295.31</v>
       </c>
       <c r="J207" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="K207" t="s">
         <v>23</v>
       </c>
       <c r="L207" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="208" spans="1:12">
       <c r="A208">
-        <v>920</v>
+        <v>851</v>
       </c>
       <c r="B208" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="C208" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="G208">
-        <v>8140.0</v>
+        <v>261505.32</v>
       </c>
       <c r="H208">
-        <v>13520.0</v>
+        <v>17072.88</v>
       </c>
       <c r="I208">
-        <v>-5380.0</v>
+        <v>244432.44</v>
       </c>
       <c r="J208" t="s">
-        <v>87</v>
+        <v>49</v>
       </c>
       <c r="K208" t="s">
         <v>23</v>
       </c>
       <c r="L208" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="209" spans="1:12">
       <c r="A209">
-        <v>1239</v>
+        <v>920</v>
       </c>
       <c r="B209" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="C209" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G209">
-        <v>46500.0</v>
+        <v>8140.0</v>
       </c>
       <c r="H209">
-        <v>5000.0</v>
+        <v>13520.0</v>
       </c>
       <c r="I209">
-        <v>41500.0</v>
+        <v>-5380.0</v>
       </c>
       <c r="J209" t="s">
-        <v>209</v>
+        <v>81</v>
       </c>
       <c r="K209" t="s">
         <v>23</v>
       </c>
       <c r="L209" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210">
-        <v>506</v>
+        <v>1239</v>
       </c>
       <c r="B210" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="C210" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="E210">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G210">
-        <v>1572114.72</v>
+        <v>46500.0</v>
       </c>
       <c r="H210">
-        <v>0.0</v>
+        <v>5000.0</v>
       </c>
       <c r="I210">
-        <v>1572114.72</v>
+        <v>41500.0</v>
       </c>
       <c r="J210" t="s">
-        <v>27</v>
+        <v>228</v>
       </c>
       <c r="K210" t="s">
         <v>23</v>
       </c>
       <c r="L210" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211">
-        <v>905</v>
+        <v>1302</v>
       </c>
       <c r="B211" t="s">
-        <v>264</v>
+        <v>319</v>
       </c>
       <c r="C211" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G211">
-        <v>119054.68</v>
+        <v>30.0</v>
       </c>
       <c r="H211">
-        <v>42500.0</v>
+        <v>0.0</v>
       </c>
       <c r="I211">
-        <v>76554.68</v>
+        <v>30.0</v>
       </c>
       <c r="J211" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="K211" t="s">
         <v>23</v>
       </c>
       <c r="L211" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="212" spans="1:12">
       <c r="A212">
-        <v>1210</v>
+        <v>1407</v>
       </c>
       <c r="B212" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="C212" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="D212">
+        <v>0</v>
+      </c>
+      <c r="E212">
         <v>1</v>
       </c>
       <c r="G212">
-        <v>80000.0</v>
+        <v>27427.46</v>
       </c>
       <c r="H212">
-        <v>0.0</v>
+        <v>16450.0</v>
       </c>
       <c r="I212">
-        <v>80000.0</v>
+        <v>10977.46</v>
       </c>
       <c r="J212" t="s">
-        <v>51</v>
+        <v>322</v>
       </c>
       <c r="K212" t="s">
         <v>23</v>
       </c>
       <c r="L212" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213">
-        <v>1283</v>
+        <v>404</v>
       </c>
       <c r="B213" t="s">
-        <v>313</v>
+        <v>260</v>
       </c>
       <c r="C213" t="s">
         <v>21</v>
       </c>
       <c r="D213">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E213">
         <v>1</v>
       </c>
+      <c r="F213">
+        <v>0</v>
+      </c>
       <c r="G213">
-        <v>468004.02</v>
+        <v>206444.44</v>
       </c>
       <c r="H213">
-        <v>14286.06</v>
+        <v>13922.94</v>
       </c>
       <c r="I213">
-        <v>453717.96</v>
+        <v>192521.5</v>
       </c>
       <c r="J213" t="s">
-        <v>314</v>
+        <v>261</v>
       </c>
       <c r="K213" t="s">
         <v>23</v>
       </c>
       <c r="L213" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214">
-        <v>1386</v>
+        <v>895</v>
       </c>
       <c r="B214" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="C214" t="s">
-        <v>160</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G214">
-        <v>1120720.19</v>
+        <v>505000.0</v>
       </c>
       <c r="H214">
-        <v>20200.0</v>
+        <v>102075.8</v>
       </c>
       <c r="I214">
-        <v>1100520.19</v>
+        <v>402924.2</v>
       </c>
       <c r="J214" t="s">
-        <v>126</v>
+        <v>31</v>
       </c>
       <c r="K214" t="s">
         <v>23</v>
       </c>
       <c r="L214" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:12">
       <c r="A215">
-        <v>870</v>
+        <v>1093</v>
       </c>
       <c r="B215" t="s">
-        <v>255</v>
+        <v>324</v>
       </c>
       <c r="C215" t="s">
-        <v>21</v>
+        <v>149</v>
+      </c>
+      <c r="D215">
+        <v>1</v>
+      </c>
+      <c r="E215">
+        <v>2</v>
       </c>
       <c r="G215">
-        <v>3950.0</v>
+        <v>242877.46</v>
       </c>
       <c r="H215">
-        <v>150000.0</v>
+        <v>63867.24</v>
       </c>
       <c r="I215">
-        <v>-146050.0</v>
+        <v>179010.22</v>
       </c>
       <c r="J215" t="s">
-        <v>205</v>
+        <v>240</v>
       </c>
       <c r="K215" t="s">
         <v>23</v>
       </c>
       <c r="L215" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:12">
       <c r="A216">
-        <v>981</v>
+        <v>870</v>
       </c>
       <c r="B216" t="s">
-        <v>101</v>
+        <v>277</v>
       </c>
       <c r="C216" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="G216">
-        <v>4572689.26</v>
+        <v>3950.0</v>
       </c>
       <c r="H216">
-        <v>3572.88</v>
+        <v>150000.0</v>
       </c>
       <c r="I216">
-        <v>4569116.38</v>
+        <v>-146050.0</v>
       </c>
       <c r="J216" t="s">
-        <v>51</v>
+        <v>224</v>
       </c>
       <c r="K216" t="s">
         <v>23</v>
       </c>
       <c r="L216" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="217" spans="1:12">
       <c r="A217">
-        <v>1256</v>
+        <v>981</v>
       </c>
       <c r="B217" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="C217" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G217">
-        <v>1502889.42</v>
+        <v>4572689.26</v>
       </c>
       <c r="H217">
-        <v>859041.14</v>
+        <v>3572.88</v>
       </c>
       <c r="I217">
-        <v>643848.28</v>
+        <v>4569116.38</v>
       </c>
       <c r="J217" t="s">
-        <v>175</v>
+        <v>67</v>
       </c>
       <c r="K217" t="s">
         <v>23</v>
       </c>
       <c r="L217" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218">
-        <v>1315</v>
+        <v>1256</v>
       </c>
       <c r="B218" t="s">
-        <v>316</v>
+        <v>96</v>
       </c>
       <c r="C218" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="E218">
+        <v>173</v>
+      </c>
+      <c r="D218">
         <v>1</v>
       </c>
       <c r="G218">
-        <v>310323.68</v>
+        <v>1502889.42</v>
       </c>
       <c r="H218">
-        <v>8000.0</v>
+        <v>859041.14</v>
       </c>
       <c r="I218">
-        <v>302323.68</v>
+        <v>643848.28</v>
       </c>
       <c r="J218" t="s">
-        <v>65</v>
+        <v>176</v>
       </c>
       <c r="K218" t="s">
         <v>23</v>
       </c>
       <c r="L218" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219">
-        <v>1419</v>
+        <v>1315</v>
       </c>
       <c r="B219" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
       <c r="C219" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="E219">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G219">
-        <v>63.0</v>
+        <v>310323.68</v>
       </c>
       <c r="H219">
-        <v>6300.0</v>
+        <v>8000.0</v>
       </c>
       <c r="I219">
-        <v>-6237.0</v>
+        <v>302323.68</v>
       </c>
       <c r="J219" t="s">
-        <v>295</v>
+        <v>55</v>
       </c>
       <c r="K219" t="s">
         <v>23</v>
       </c>
       <c r="L219" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220">
-        <v>97</v>
+        <v>1421</v>
       </c>
       <c r="B220" t="s">
-        <v>265</v>
+        <v>326</v>
       </c>
       <c r="C220" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="D220">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="E220">
+        <v>2</v>
       </c>
       <c r="G220">
-        <v>110100.0</v>
+        <v>79500.0</v>
       </c>
       <c r="H220">
-        <v>137102.62</v>
+        <v>0.0</v>
       </c>
       <c r="I220">
-        <v>-27002.62</v>
+        <v>79500.0</v>
       </c>
       <c r="J220" t="s">
-        <v>42</v>
+        <v>327</v>
       </c>
       <c r="K220" t="s">
         <v>23</v>
       </c>
       <c r="L220" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221">
-        <v>890</v>
+        <v>506</v>
       </c>
       <c r="B221" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="C221" t="s">
-        <v>64</v>
+        <v>21</v>
+      </c>
+      <c r="D221">
+        <v>3</v>
+      </c>
+      <c r="E221">
+        <v>2</v>
+      </c>
+      <c r="F221">
+        <v>0</v>
       </c>
       <c r="G221">
-        <v>251840.13</v>
+        <v>1572114.72</v>
       </c>
       <c r="H221">
-        <v>17296.79</v>
+        <v>0.0</v>
       </c>
       <c r="I221">
-        <v>234543.34</v>
+        <v>1572114.72</v>
       </c>
       <c r="J221" t="s">
-        <v>121</v>
+        <v>22</v>
       </c>
       <c r="K221" t="s">
         <v>23</v>
       </c>
       <c r="L221" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="222" spans="1:12">
       <c r="A222">
-        <v>1070</v>
+        <v>905</v>
       </c>
       <c r="B222" t="s">
-        <v>320</v>
+        <v>273</v>
       </c>
       <c r="C222" t="s">
-        <v>321</v>
+        <v>26</v>
+      </c>
+      <c r="D222">
+        <v>1</v>
+      </c>
+      <c r="E222">
+        <v>1</v>
       </c>
       <c r="G222">
-        <v>392600.0</v>
+        <v>119054.68</v>
       </c>
       <c r="H222">
-        <v>152000.0</v>
+        <v>42500.0</v>
       </c>
       <c r="I222">
-        <v>240600.0</v>
+        <v>76554.68</v>
       </c>
       <c r="J222" t="s">
-        <v>217</v>
+        <v>89</v>
       </c>
       <c r="K222" t="s">
         <v>23</v>
       </c>
       <c r="L222" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223">
-        <v>1264</v>
+        <v>1210</v>
       </c>
       <c r="B223" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="C223" t="s">
-        <v>21</v>
+        <v>330</v>
       </c>
       <c r="D223">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G223">
-        <v>112809.3</v>
+        <v>80000.0</v>
       </c>
       <c r="H223">
-        <v>25700.0</v>
+        <v>0.0</v>
       </c>
       <c r="I223">
-        <v>87109.3</v>
+        <v>80000.0</v>
       </c>
       <c r="J223" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="K223" t="s">
         <v>23</v>
       </c>
       <c r="L223" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224">
-        <v>1353</v>
+        <v>1283</v>
       </c>
       <c r="B224" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="C224" t="s">
-        <v>324</v>
+        <v>26</v>
+      </c>
+      <c r="D224">
+        <v>4</v>
+      </c>
+      <c r="E224">
+        <v>1</v>
       </c>
       <c r="G224">
-        <v>34396.81</v>
+        <v>468004.02</v>
       </c>
       <c r="H224">
-        <v>0.0</v>
+        <v>14286.06</v>
       </c>
       <c r="I224">
-        <v>34396.81</v>
+        <v>453717.96</v>
       </c>
       <c r="J224" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="K224" t="s">
         <v>23</v>
       </c>
       <c r="L224" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225">
-        <v>806</v>
+        <v>1386</v>
       </c>
       <c r="B225" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C225" t="s">
-        <v>64</v>
+        <v>161</v>
+      </c>
+      <c r="D225">
+        <v>8</v>
+      </c>
+      <c r="E225">
+        <v>1</v>
       </c>
       <c r="G225">
-        <v>593120.03</v>
+        <v>1120720.19</v>
       </c>
       <c r="H225">
-        <v>69039.94</v>
+        <v>20200.0</v>
       </c>
       <c r="I225">
-        <v>524080.09</v>
+        <v>1100520.19</v>
       </c>
       <c r="J225" t="s">
-        <v>56</v>
+        <v>136</v>
       </c>
       <c r="K225" t="s">
         <v>23</v>
       </c>
       <c r="L225" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226">
-        <v>917</v>
+        <v>806</v>
       </c>
       <c r="B226" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="C226" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="G226">
-        <v>28173.33</v>
+        <v>593120.03</v>
       </c>
       <c r="H226">
-        <v>15216.23</v>
+        <v>69039.94</v>
       </c>
       <c r="I226">
-        <v>12957.1</v>
+        <v>524080.09</v>
       </c>
       <c r="J226" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="K226" t="s">
         <v>23</v>
       </c>
       <c r="L226" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227">
-        <v>1231</v>
+        <v>917</v>
       </c>
       <c r="B227" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="C227" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G227">
-        <v>414885.94</v>
+        <v>28173.33</v>
       </c>
       <c r="H227">
-        <v>169.34</v>
+        <v>15216.23</v>
       </c>
       <c r="I227">
-        <v>414716.6</v>
+        <v>12957.1</v>
       </c>
       <c r="J227" t="s">
-        <v>329</v>
+        <v>47</v>
       </c>
       <c r="K227" t="s">
         <v>23</v>
       </c>
       <c r="L227" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228">
-        <v>1296</v>
+        <v>1231</v>
       </c>
       <c r="B228" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="C228" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D228">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E228">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G228">
-        <v>284352.41</v>
+        <v>414885.94</v>
       </c>
       <c r="H228">
-        <v>66722.07</v>
+        <v>169.34</v>
       </c>
       <c r="I228">
-        <v>217630.34</v>
+        <v>414716.6</v>
       </c>
       <c r="J228" t="s">
-        <v>260</v>
+        <v>337</v>
       </c>
       <c r="K228" t="s">
         <v>23</v>
       </c>
       <c r="L228" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229">
-        <v>1399</v>
+        <v>1296</v>
       </c>
       <c r="B229" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="C229" t="s">
-        <v>332</v>
+        <v>26</v>
       </c>
       <c r="D229">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E229">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G229">
-        <v>1170686.16</v>
+        <v>284352.41</v>
       </c>
       <c r="H229">
-        <v>128800.0</v>
+        <v>66722.07</v>
       </c>
       <c r="I229">
-        <v>1041886.16</v>
+        <v>217630.34</v>
       </c>
       <c r="J229" t="s">
-        <v>333</v>
+        <v>269</v>
       </c>
       <c r="K229" t="s">
         <v>23</v>
       </c>
       <c r="L229" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230">
-        <v>863</v>
+        <v>1401</v>
       </c>
       <c r="B230" t="s">
-        <v>273</v>
+        <v>339</v>
       </c>
       <c r="C230" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="D230">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E230">
         <v>1</v>
       </c>
       <c r="G230">
-        <v>130859.0</v>
+        <v>384181.41</v>
       </c>
       <c r="H230">
-        <v>16548.0</v>
+        <v>235175.0</v>
       </c>
       <c r="I230">
-        <v>114311.0</v>
+        <v>149006.41</v>
       </c>
       <c r="J230" t="s">
-        <v>22</v>
+        <v>340</v>
       </c>
       <c r="K230" t="s">
         <v>23</v>
       </c>
       <c r="L230" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231">
-        <v>930</v>
+        <v>97</v>
       </c>
       <c r="B231" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="C231" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D231">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E231">
         <v>1</v>
       </c>
       <c r="G231">
-        <v>324095.0</v>
+        <v>110100.0</v>
       </c>
       <c r="H231">
-        <v>10000.0</v>
+        <v>137102.62</v>
       </c>
       <c r="I231">
-        <v>314095.0</v>
+        <v>-27002.62</v>
       </c>
       <c r="J231" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="K231" t="s">
         <v>23</v>
       </c>
       <c r="L231" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
-        <v>1252</v>
+        <v>890</v>
       </c>
       <c r="B232" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="C232" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G232">
-        <v>12000.0</v>
+        <v>251840.13</v>
       </c>
       <c r="H232">
-        <v>2500.0</v>
+        <v>17296.79</v>
       </c>
       <c r="I232">
-        <v>9500.0</v>
+        <v>234543.34</v>
       </c>
       <c r="J232" t="s">
-        <v>39</v>
+        <v>116</v>
       </c>
       <c r="K232" t="s">
         <v>23</v>
       </c>
       <c r="L232" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
-        <v>1309</v>
+        <v>1070</v>
       </c>
       <c r="B233" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="C233" t="s">
-        <v>21</v>
+        <v>343</v>
       </c>
       <c r="G233">
-        <v>365600.0</v>
+        <v>392600.0</v>
       </c>
       <c r="H233">
-        <v>153000.0</v>
+        <v>152000.0</v>
       </c>
       <c r="I233">
-        <v>212600.0</v>
+        <v>240600.0</v>
       </c>
       <c r="J233" t="s">
-        <v>185</v>
+        <v>240</v>
       </c>
       <c r="K233" t="s">
         <v>23</v>
       </c>
       <c r="L233" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="234" spans="1:12">
       <c r="A234">
-        <v>1413</v>
+        <v>1264</v>
       </c>
       <c r="B234" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="C234" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="D234">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E234">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G234">
-        <v>65730.0</v>
+        <v>112809.3</v>
       </c>
       <c r="H234">
-        <v>60000.0</v>
+        <v>25700.0</v>
       </c>
       <c r="I234">
-        <v>5730.0</v>
+        <v>87109.3</v>
       </c>
       <c r="J234" t="s">
-        <v>106</v>
+        <v>31</v>
       </c>
       <c r="K234" t="s">
         <v>23</v>
       </c>
       <c r="L234" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="235" spans="1:12">
       <c r="A235">
-        <v>458</v>
+        <v>1353</v>
       </c>
       <c r="B235" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C235" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>346</v>
       </c>
       <c r="G235">
-        <v>521877.0</v>
+        <v>34396.81</v>
       </c>
       <c r="H235">
-        <v>181479.0</v>
+        <v>0.0</v>
       </c>
       <c r="I235">
-        <v>340398.0</v>
+        <v>34396.81</v>
       </c>
       <c r="J235" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="K235" t="s">
         <v>23</v>
       </c>
       <c r="L235" t="s">
-        <v>166</v>
+        <v>36</v>
       </c>
     </row>
     <row r="236" spans="1:12">
       <c r="A236">
-        <v>900</v>
+        <v>1437</v>
       </c>
       <c r="B236" t="s">
-        <v>281</v>
+        <v>348</v>
       </c>
       <c r="C236" t="s">
-        <v>21</v>
+        <v>63</v>
+      </c>
+      <c r="D236">
+        <v>1</v>
       </c>
       <c r="E236">
         <v>1</v>
       </c>
       <c r="G236">
-        <v>20198.0</v>
+        <v>100504.56</v>
       </c>
       <c r="H236">
-        <v>32864.64</v>
+        <v>48684.35</v>
       </c>
       <c r="I236">
-        <v>-12666.64</v>
+        <v>51820.21</v>
       </c>
       <c r="J236" t="s">
-        <v>209</v>
+        <v>349</v>
       </c>
       <c r="K236" t="s">
         <v>23</v>
       </c>
       <c r="L236" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
     </row>
     <row r="237" spans="1:12">
       <c r="A237">
-        <v>1132</v>
+        <v>458</v>
       </c>
       <c r="B237" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="C237" t="s">
-        <v>340</v>
+        <v>21</v>
       </c>
       <c r="D237">
+        <v>2</v>
+      </c>
+      <c r="E237">
+        <v>2</v>
+      </c>
+      <c r="F237">
         <v>0</v>
       </c>
-      <c r="E237">
-[...1 lines deleted...]
-      </c>
       <c r="G237">
-        <v>29600.0</v>
+        <v>521877.0</v>
       </c>
       <c r="H237">
-        <v>19700.0</v>
+        <v>181479.0</v>
       </c>
       <c r="I237">
-        <v>9900.0</v>
+        <v>340398.0</v>
       </c>
       <c r="J237" t="s">
-        <v>84</v>
+        <v>351</v>
       </c>
       <c r="K237" t="s">
         <v>23</v>
       </c>
       <c r="L237" t="s">
-        <v>80</v>
+        <v>157</v>
       </c>
     </row>
     <row r="238" spans="1:12">
       <c r="A238">
-        <v>1277</v>
+        <v>900</v>
       </c>
       <c r="B238" t="s">
-        <v>341</v>
+        <v>291</v>
       </c>
       <c r="C238" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="E238">
         <v>1</v>
       </c>
       <c r="G238">
-        <v>978900.0</v>
+        <v>20198.0</v>
       </c>
       <c r="H238">
-        <v>67000.0</v>
+        <v>32864.64</v>
       </c>
       <c r="I238">
-        <v>911900.0</v>
+        <v>-12666.64</v>
       </c>
       <c r="J238" t="s">
-        <v>205</v>
+        <v>228</v>
       </c>
       <c r="K238" t="s">
         <v>23</v>
       </c>
       <c r="L238" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="239" spans="1:12">
       <c r="A239">
-        <v>1375</v>
+        <v>1132</v>
       </c>
       <c r="B239" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="C239" t="s">
-        <v>37</v>
+        <v>353</v>
       </c>
       <c r="D239">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E239">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G239">
-        <v>95000.0</v>
+        <v>29600.0</v>
       </c>
       <c r="H239">
-        <v>0.0</v>
+        <v>19700.0</v>
       </c>
       <c r="I239">
-        <v>95000.0</v>
+        <v>9900.0</v>
       </c>
       <c r="J239" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="K239" t="s">
         <v>23</v>
       </c>
       <c r="L239" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240">
-        <v>1427</v>
+        <v>1277</v>
       </c>
       <c r="B240" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="C240" t="s">
-        <v>344</v>
+        <v>26</v>
       </c>
       <c r="D240">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E240">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G240">
-        <v>10744.89</v>
+        <v>978900.0</v>
       </c>
       <c r="H240">
-        <v>14310.21</v>
+        <v>67000.0</v>
       </c>
       <c r="I240">
-        <v>-3565.32</v>
+        <v>911900.0</v>
       </c>
       <c r="J240" t="s">
-        <v>98</v>
+        <v>224</v>
       </c>
       <c r="K240" t="s">
         <v>23</v>
       </c>
       <c r="L240" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="241" spans="1:12">
       <c r="A241">
-        <v>582</v>
+        <v>1375</v>
       </c>
       <c r="B241" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="C241" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D241">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E241">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="F241">
         <v>0</v>
       </c>
       <c r="G241">
-        <v>146614.35</v>
+        <v>95000.0</v>
       </c>
       <c r="H241">
         <v>0.0</v>
       </c>
       <c r="I241">
-        <v>146614.35</v>
+        <v>95000.0</v>
       </c>
       <c r="J241" t="s">
-        <v>165</v>
+        <v>35</v>
       </c>
       <c r="K241" t="s">
         <v>23</v>
       </c>
       <c r="L241" t="s">
-        <v>166</v>
+        <v>36</v>
       </c>
     </row>
     <row r="242" spans="1:12">
       <c r="A242">
-        <v>912</v>
+        <v>863</v>
       </c>
       <c r="B242" t="s">
-        <v>346</v>
+        <v>297</v>
       </c>
       <c r="C242" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="D242">
+        <v>3</v>
+      </c>
+      <c r="E242">
+        <v>1</v>
       </c>
       <c r="G242">
-        <v>112589.87</v>
+        <v>130859.0</v>
       </c>
       <c r="H242">
-        <v>7965.56</v>
+        <v>16548.0</v>
       </c>
       <c r="I242">
-        <v>104624.31</v>
+        <v>114311.0</v>
       </c>
       <c r="J242" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="K242" t="s">
         <v>23</v>
       </c>
       <c r="L242" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="243" spans="1:12">
       <c r="A243">
-        <v>1223</v>
+        <v>930</v>
       </c>
       <c r="B243" t="s">
-        <v>347</v>
+        <v>298</v>
       </c>
       <c r="C243" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D243">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E243">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G243">
-        <v>382374.71</v>
+        <v>324095.0</v>
       </c>
       <c r="H243">
-        <v>4000.0</v>
+        <v>10000.0</v>
       </c>
       <c r="I243">
-        <v>378374.71</v>
+        <v>314095.0</v>
       </c>
       <c r="J243" t="s">
-        <v>56</v>
+        <v>123</v>
       </c>
       <c r="K243" t="s">
         <v>23</v>
       </c>
       <c r="L243" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="244" spans="1:12">
       <c r="A244">
-        <v>1290</v>
+        <v>1252</v>
       </c>
       <c r="B244" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="C244" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="E244">
+        <v>1</v>
       </c>
       <c r="G244">
-        <v>6720.04</v>
+        <v>12000.0</v>
       </c>
       <c r="H244">
-        <v>2248.1</v>
+        <v>2500.0</v>
       </c>
       <c r="I244">
-        <v>4471.94</v>
+        <v>9500.0</v>
       </c>
       <c r="J244" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="K244" t="s">
         <v>23</v>
       </c>
       <c r="L244" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="245" spans="1:12">
       <c r="A245">
-        <v>1393</v>
+        <v>1309</v>
       </c>
       <c r="B245" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="C245" t="s">
-        <v>350</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G245">
-        <v>145314.6</v>
+        <v>365600.0</v>
       </c>
       <c r="H245">
-        <v>112153.66</v>
+        <v>153000.0</v>
       </c>
       <c r="I245">
-        <v>33160.94</v>
+        <v>212600.0</v>
       </c>
       <c r="J245" t="s">
-        <v>98</v>
+        <v>199</v>
       </c>
       <c r="K245" t="s">
         <v>23</v>
       </c>
       <c r="L245" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="246" spans="1:12">
       <c r="A246">
+        <v>1415</v>
+      </c>
+      <c r="B246" t="s">
+        <v>358</v>
+      </c>
+      <c r="C246" t="s">
+        <v>359</v>
+      </c>
+      <c r="D246">
+        <v>1</v>
+      </c>
+      <c r="E246">
+        <v>1</v>
+      </c>
+      <c r="G246">
+        <v>134406.35</v>
+      </c>
+      <c r="H246">
+        <v>70792.14</v>
+      </c>
+      <c r="I246">
+        <v>63614.21</v>
+      </c>
+      <c r="J246" t="s">
         <v>61</v>
       </c>
-      <c r="B246" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K246" t="s">
         <v>23</v>
       </c>
       <c r="L246" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="247" spans="1:12">
       <c r="A247">
-        <v>878</v>
+        <v>61</v>
       </c>
       <c r="B247" t="s">
-        <v>351</v>
+        <v>303</v>
       </c>
       <c r="C247" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="E247">
+        <v>1</v>
       </c>
       <c r="G247">
-        <v>17518.0</v>
+        <v>30122.0</v>
       </c>
       <c r="H247">
-        <v>7000.0</v>
+        <v>26637.0</v>
       </c>
       <c r="I247">
-        <v>10518.0</v>
+        <v>3485.0</v>
       </c>
       <c r="J247" t="s">
-        <v>352</v>
+        <v>236</v>
       </c>
       <c r="K247" t="s">
         <v>23</v>
       </c>
       <c r="L247" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="248" spans="1:12">
       <c r="A248">
-        <v>1063</v>
+        <v>878</v>
       </c>
       <c r="B248" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="C248" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="G248">
-        <v>1453.61</v>
+        <v>17518.0</v>
       </c>
       <c r="H248">
-        <v>16349.4</v>
+        <v>7000.0</v>
       </c>
       <c r="I248">
-        <v>-14895.79</v>
+        <v>10518.0</v>
       </c>
       <c r="J248" t="s">
-        <v>58</v>
+        <v>361</v>
       </c>
       <c r="K248" t="s">
         <v>23</v>
       </c>
       <c r="L248" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="249" spans="1:12">
       <c r="A249">
-        <v>1258</v>
+        <v>1063</v>
       </c>
       <c r="B249" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="C249" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G249">
-        <v>6.53</v>
+        <v>1453.61</v>
       </c>
       <c r="H249">
-        <v>0.0</v>
+        <v>16349.4</v>
       </c>
       <c r="I249">
-        <v>6.53</v>
+        <v>-14895.79</v>
       </c>
       <c r="J249" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="K249" t="s">
         <v>23</v>
       </c>
       <c r="L249" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="250" spans="1:12">
       <c r="A250">
-        <v>1338</v>
+        <v>1258</v>
       </c>
       <c r="B250" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="C250" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="G250">
-        <v>45109.11</v>
+        <v>6.53</v>
       </c>
       <c r="H250">
         <v>0.0</v>
       </c>
       <c r="I250">
-        <v>45109.11</v>
+        <v>6.53</v>
       </c>
       <c r="J250" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="K250" t="s">
         <v>23</v>
       </c>
       <c r="L250" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="251" spans="1:12">
       <c r="A251">
-        <v>1240</v>
+        <v>1338</v>
       </c>
       <c r="B251" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="C251" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="G251">
-        <v>252500.0</v>
+        <v>45109.11</v>
       </c>
       <c r="H251">
-        <v>93600.0</v>
+        <v>0.0</v>
       </c>
       <c r="I251">
-        <v>158900.0</v>
+        <v>45109.11</v>
       </c>
       <c r="J251" t="s">
-        <v>30</v>
+        <v>208</v>
       </c>
       <c r="K251" t="s">
         <v>23</v>
       </c>
       <c r="L251" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="252" spans="1:12">
       <c r="A252">
-        <v>1303</v>
+        <v>1431</v>
       </c>
       <c r="B252" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="C252" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="D252">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E252">
         <v>1</v>
       </c>
       <c r="G252">
-        <v>548738.0</v>
+        <v>379486.12</v>
       </c>
       <c r="H252">
-        <v>18946.0</v>
+        <v>84029.26</v>
       </c>
       <c r="I252">
-        <v>529792.0</v>
+        <v>295456.86</v>
       </c>
       <c r="J252" t="s">
-        <v>251</v>
+        <v>366</v>
       </c>
       <c r="K252" t="s">
         <v>23</v>
       </c>
       <c r="L252" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="253" spans="1:12">
       <c r="A253">
-        <v>1406</v>
+        <v>582</v>
       </c>
       <c r="B253" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="C253" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="D253">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E253">
         <v>1</v>
       </c>
+      <c r="F253">
+        <v>0</v>
+      </c>
       <c r="G253">
-        <v>635643.0</v>
+        <v>146614.35</v>
       </c>
       <c r="H253">
-        <v>203950.0</v>
+        <v>0.0</v>
       </c>
       <c r="I253">
-        <v>431693.0</v>
+        <v>146614.35</v>
       </c>
       <c r="J253" t="s">
-        <v>359</v>
+        <v>183</v>
       </c>
       <c r="K253" t="s">
         <v>23</v>
       </c>
       <c r="L253" t="s">
-        <v>35</v>
+        <v>157</v>
       </c>
     </row>
     <row r="254" spans="1:12">
       <c r="A254">
-        <v>410</v>
+        <v>912</v>
       </c>
       <c r="B254" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="C254" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="G254">
-        <v>222518.69</v>
+        <v>112589.87</v>
       </c>
       <c r="H254">
-        <v>12000.0</v>
+        <v>7965.56</v>
       </c>
       <c r="I254">
-        <v>210518.69</v>
+        <v>104624.31</v>
       </c>
       <c r="J254" t="s">
-        <v>223</v>
+        <v>31</v>
       </c>
       <c r="K254" t="s">
         <v>23</v>
       </c>
       <c r="L254" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
     </row>
     <row r="255" spans="1:12">
       <c r="A255">
-        <v>895</v>
+        <v>1223</v>
       </c>
       <c r="B255" t="s">
-        <v>302</v>
+        <v>369</v>
       </c>
       <c r="C255" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D255">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="E255">
+        <v>2</v>
       </c>
       <c r="G255">
-        <v>498460.0</v>
+        <v>382374.71</v>
       </c>
       <c r="H255">
-        <v>44220.05</v>
+        <v>4000.0</v>
       </c>
       <c r="I255">
-        <v>454239.95</v>
+        <v>378374.71</v>
       </c>
       <c r="J255" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="K255" t="s">
         <v>23</v>
       </c>
       <c r="L255" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256">
-        <v>1093</v>
+        <v>1290</v>
       </c>
       <c r="B256" t="s">
-        <v>303</v>
+        <v>370</v>
       </c>
       <c r="C256" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="G256">
-        <v>236616.86</v>
+        <v>6720.04</v>
       </c>
       <c r="H256">
-        <v>69100.87</v>
+        <v>2248.1</v>
       </c>
       <c r="I256">
-        <v>167515.99</v>
+        <v>4471.94</v>
       </c>
       <c r="J256" t="s">
-        <v>217</v>
+        <v>49</v>
       </c>
       <c r="K256" t="s">
         <v>23</v>
       </c>
       <c r="L256" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257">
-        <v>1272</v>
+        <v>1395</v>
       </c>
       <c r="B257" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="C257" t="s">
-        <v>21</v>
+        <v>372</v>
       </c>
       <c r="D257">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E257">
         <v>2</v>
       </c>
       <c r="G257">
-        <v>282566.84</v>
+        <v>2798982.27</v>
       </c>
       <c r="H257">
-        <v>123980.79</v>
+        <v>65897.78</v>
       </c>
       <c r="I257">
-        <v>158586.05</v>
+        <v>2733084.49</v>
       </c>
       <c r="J257" t="s">
-        <v>58</v>
+        <v>208</v>
       </c>
       <c r="K257" t="s">
         <v>23</v>
       </c>
       <c r="L257" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="258" spans="1:12">
       <c r="A258">
-        <v>1366</v>
+        <v>1093</v>
       </c>
       <c r="B258" t="s">
-        <v>362</v>
+        <v>324</v>
       </c>
       <c r="C258" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="D258">
+        <v>1</v>
+      </c>
+      <c r="E258">
         <v>2</v>
       </c>
       <c r="G258">
-        <v>111000.0</v>
+        <v>236616.86</v>
       </c>
       <c r="H258">
-        <v>0.0</v>
+        <v>69100.87</v>
       </c>
       <c r="I258">
-        <v>111000.0</v>
+        <v>167515.99</v>
       </c>
       <c r="J258" t="s">
-        <v>45</v>
+        <v>240</v>
       </c>
       <c r="K258" t="s">
         <v>23</v>
       </c>
       <c r="L258" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="259" spans="1:12">
       <c r="A259">
-        <v>851</v>
+        <v>1272</v>
       </c>
       <c r="B259" t="s">
-        <v>307</v>
+        <v>373</v>
       </c>
       <c r="C259" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D259">
+        <v>1</v>
+      </c>
+      <c r="E259">
         <v>2</v>
       </c>
-      <c r="E259">
-[...1 lines deleted...]
-      </c>
       <c r="G259">
-        <v>250300.0</v>
+        <v>282566.84</v>
       </c>
       <c r="H259">
-        <v>6000.0</v>
+        <v>123980.79</v>
       </c>
       <c r="I259">
-        <v>244300.0</v>
+        <v>158586.05</v>
       </c>
       <c r="J259" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="K259" t="s">
         <v>23</v>
       </c>
       <c r="L259" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260">
-        <v>920</v>
+        <v>1366</v>
       </c>
       <c r="B260" t="s">
-        <v>308</v>
+        <v>374</v>
       </c>
       <c r="C260" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="E260">
+        <v>375</v>
+      </c>
+      <c r="D260">
         <v>2</v>
       </c>
       <c r="G260">
-        <v>33940.0</v>
+        <v>111000.0</v>
       </c>
       <c r="H260">
-        <v>6400.0</v>
+        <v>0.0</v>
       </c>
       <c r="I260">
-        <v>27540.0</v>
+        <v>111000.0</v>
       </c>
       <c r="J260" t="s">
-        <v>87</v>
+        <v>35</v>
       </c>
       <c r="K260" t="s">
         <v>23</v>
       </c>
       <c r="L260" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261">
-        <v>508</v>
+        <v>851</v>
       </c>
       <c r="B261" t="s">
-        <v>364</v>
+        <v>316</v>
       </c>
       <c r="C261" t="s">
-        <v>37</v>
+        <v>26</v>
+      </c>
+      <c r="D261">
+        <v>2</v>
       </c>
       <c r="E261">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G261">
-        <v>401023.56</v>
+        <v>250300.0</v>
       </c>
       <c r="H261">
-        <v>83755.0</v>
+        <v>6000.0</v>
       </c>
       <c r="I261">
-        <v>317268.56</v>
+        <v>244300.0</v>
       </c>
       <c r="J261" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="K261" t="s">
         <v>23</v>
       </c>
       <c r="L261" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="262" spans="1:12">
       <c r="A262">
-        <v>907</v>
+        <v>920</v>
       </c>
       <c r="B262" t="s">
-        <v>365</v>
+        <v>317</v>
       </c>
       <c r="C262" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="E262">
+        <v>2</v>
       </c>
       <c r="G262">
-        <v>25450.0</v>
+        <v>33940.0</v>
       </c>
       <c r="H262">
-        <v>17100.0</v>
+        <v>6400.0</v>
       </c>
       <c r="I262">
-        <v>8350.0</v>
+        <v>27540.0</v>
       </c>
       <c r="J262" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="K262" t="s">
         <v>23</v>
       </c>
       <c r="L262" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="263" spans="1:12">
       <c r="A263">
-        <v>1214</v>
+        <v>1240</v>
       </c>
       <c r="B263" t="s">
-        <v>366</v>
+        <v>376</v>
       </c>
       <c r="C263" t="s">
-        <v>37</v>
+        <v>26</v>
+      </c>
+      <c r="D263">
+        <v>2</v>
+      </c>
+      <c r="E263">
+        <v>1</v>
       </c>
       <c r="G263">
-        <v>599.95</v>
+        <v>252500.0</v>
       </c>
       <c r="H263">
-        <v>1100.0</v>
+        <v>93600.0</v>
       </c>
       <c r="I263">
-        <v>-500.05</v>
+        <v>158900.0</v>
       </c>
       <c r="J263" t="s">
-        <v>367</v>
+        <v>41</v>
       </c>
       <c r="K263" t="s">
         <v>23</v>
       </c>
       <c r="L263" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="264" spans="1:12">
       <c r="A264">
-        <v>1284</v>
+        <v>1303</v>
       </c>
       <c r="B264" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="C264" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D264">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E264">
         <v>1</v>
       </c>
       <c r="G264">
-        <v>239977.08</v>
+        <v>548738.0</v>
       </c>
       <c r="H264">
-        <v>1643.0</v>
+        <v>18946.0</v>
       </c>
       <c r="I264">
-        <v>238334.08</v>
+        <v>529792.0</v>
       </c>
       <c r="J264" t="s">
-        <v>314</v>
+        <v>257</v>
       </c>
       <c r="K264" t="s">
         <v>23</v>
       </c>
       <c r="L264" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="265" spans="1:12">
       <c r="A265">
-        <v>1387</v>
+        <v>1408</v>
       </c>
       <c r="B265" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="C265" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="D265">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E265">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G265">
-        <v>666461.73</v>
+        <v>50412.49</v>
       </c>
       <c r="H265">
-        <v>185429.99</v>
+        <v>0.0</v>
       </c>
       <c r="I265">
-        <v>481031.74</v>
+        <v>50412.49</v>
       </c>
       <c r="J265" t="s">
-        <v>45</v>
+        <v>379</v>
       </c>
       <c r="K265" t="s">
         <v>23</v>
       </c>
       <c r="L265" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
-        <v>871</v>
+        <v>410</v>
       </c>
       <c r="B266" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="C266" t="s">
-        <v>371</v>
+        <v>21</v>
+      </c>
+      <c r="D266">
+        <v>1</v>
+      </c>
+      <c r="E266">
+        <v>2</v>
+      </c>
+      <c r="F266">
+        <v>0</v>
       </c>
       <c r="G266">
-        <v>82899.55</v>
+        <v>222518.69</v>
       </c>
       <c r="H266">
-        <v>17423.33</v>
+        <v>12000.0</v>
       </c>
       <c r="I266">
-        <v>65476.22</v>
+        <v>210518.69</v>
       </c>
       <c r="J266" t="s">
-        <v>205</v>
+        <v>232</v>
       </c>
       <c r="K266" t="s">
         <v>23</v>
       </c>
       <c r="L266" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
-        <v>981</v>
+        <v>895</v>
       </c>
       <c r="B267" t="s">
-        <v>101</v>
+        <v>323</v>
       </c>
       <c r="C267" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>26</v>
+      </c>
+      <c r="D267">
+        <v>3</v>
       </c>
       <c r="G267">
-        <v>4621152.02</v>
+        <v>498460.0</v>
       </c>
       <c r="H267">
-        <v>46966.73</v>
+        <v>44220.05</v>
       </c>
       <c r="I267">
-        <v>4574185.29</v>
+        <v>454239.95</v>
       </c>
       <c r="J267" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="K267" t="s">
         <v>23</v>
       </c>
       <c r="L267" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268">
-        <v>1256</v>
+        <v>871</v>
       </c>
       <c r="B268" t="s">
-        <v>102</v>
+        <v>381</v>
       </c>
       <c r="C268" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>382</v>
       </c>
       <c r="G268">
-        <v>1502889.42</v>
+        <v>82899.55</v>
       </c>
       <c r="H268">
-        <v>859041.14</v>
+        <v>17423.33</v>
       </c>
       <c r="I268">
-        <v>643848.28</v>
+        <v>65476.22</v>
       </c>
       <c r="J268" t="s">
-        <v>51</v>
+        <v>224</v>
       </c>
       <c r="K268" t="s">
         <v>23</v>
       </c>
       <c r="L268" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269">
-        <v>1316</v>
+        <v>981</v>
       </c>
       <c r="B269" t="s">
-        <v>372</v>
+        <v>95</v>
       </c>
       <c r="C269" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>173</v>
       </c>
       <c r="E269">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G269">
-        <v>1085586.78</v>
+        <v>4621152.02</v>
       </c>
       <c r="H269">
-        <v>5836.0</v>
+        <v>46966.73</v>
       </c>
       <c r="I269">
-        <v>1079750.78</v>
+        <v>4574185.29</v>
       </c>
       <c r="J269" t="s">
-        <v>333</v>
+        <v>67</v>
       </c>
       <c r="K269" t="s">
         <v>23</v>
       </c>
       <c r="L269" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="270" spans="1:12">
       <c r="A270">
-        <v>1420</v>
+        <v>1256</v>
       </c>
       <c r="B270" t="s">
-        <v>373</v>
+        <v>96</v>
       </c>
       <c r="C270" t="s">
-        <v>75</v>
+        <v>173</v>
       </c>
       <c r="D270">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="E270">
         <v>1</v>
       </c>
       <c r="G270">
-        <v>134078.09</v>
+        <v>1502889.42</v>
       </c>
       <c r="H270">
-        <v>51009.02</v>
+        <v>859041.14</v>
       </c>
       <c r="I270">
-        <v>83069.07</v>
+        <v>643848.28</v>
       </c>
       <c r="J270" t="s">
-        <v>374</v>
+        <v>67</v>
       </c>
       <c r="K270" t="s">
         <v>23</v>
       </c>
       <c r="L270" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="271" spans="1:12">
       <c r="A271">
-        <v>120</v>
+        <v>1316</v>
       </c>
       <c r="B271" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="C271" t="s">
-        <v>376</v>
+        <v>245</v>
+      </c>
+      <c r="D271">
+        <v>10</v>
       </c>
       <c r="E271">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G271">
-        <v>75488.52</v>
+        <v>1085586.78</v>
       </c>
       <c r="H271">
-        <v>52088.08</v>
+        <v>5836.0</v>
       </c>
       <c r="I271">
-        <v>23400.44</v>
+        <v>1079750.78</v>
       </c>
       <c r="J271" t="s">
-        <v>126</v>
+        <v>221</v>
       </c>
       <c r="K271" t="s">
         <v>23</v>
       </c>
       <c r="L271" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="272" spans="1:12">
       <c r="A272">
-        <v>890</v>
+        <v>1423</v>
       </c>
       <c r="B272" t="s">
-        <v>319</v>
+        <v>384</v>
       </c>
       <c r="C272" t="s">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="D272">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E272">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G272">
-        <v>324218.62</v>
+        <v>116431.29</v>
       </c>
       <c r="H272">
-        <v>15513.76</v>
+        <v>74000.0</v>
       </c>
       <c r="I272">
-        <v>308704.86</v>
+        <v>42431.29</v>
       </c>
       <c r="J272" t="s">
-        <v>121</v>
+        <v>385</v>
       </c>
       <c r="K272" t="s">
         <v>23</v>
       </c>
       <c r="L272" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="273" spans="1:12">
       <c r="A273">
-        <v>1070</v>
+        <v>508</v>
       </c>
       <c r="B273" t="s">
-        <v>320</v>
+        <v>386</v>
       </c>
       <c r="C273" t="s">
         <v>21</v>
       </c>
-      <c r="D273">
-[...1 lines deleted...]
-      </c>
       <c r="E273">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="F273">
+        <v>0</v>
       </c>
       <c r="G273">
-        <v>394150.0</v>
+        <v>401023.56</v>
       </c>
       <c r="H273">
-        <v>145000.0</v>
+        <v>83755.0</v>
       </c>
       <c r="I273">
-        <v>249150.0</v>
+        <v>317268.56</v>
       </c>
       <c r="J273" t="s">
-        <v>217</v>
+        <v>22</v>
       </c>
       <c r="K273" t="s">
         <v>23</v>
       </c>
       <c r="L273" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274">
-        <v>1265</v>
+        <v>907</v>
       </c>
       <c r="B274" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="C274" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G274">
-        <v>8000.0</v>
+        <v>25450.0</v>
       </c>
       <c r="H274">
-        <v>0.0</v>
+        <v>17100.0</v>
       </c>
       <c r="I274">
-        <v>8000.0</v>
+        <v>8350.0</v>
       </c>
       <c r="J274" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="K274" t="s">
         <v>23</v>
       </c>
       <c r="L274" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="275" spans="1:12">
       <c r="A275">
-        <v>1357</v>
+        <v>1214</v>
       </c>
       <c r="B275" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="C275" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="G275">
-        <v>958366.72</v>
+        <v>599.95</v>
       </c>
       <c r="H275">
-        <v>73117.48</v>
+        <v>1100.0</v>
       </c>
       <c r="I275">
-        <v>885249.24</v>
+        <v>-500.05</v>
       </c>
       <c r="J275" t="s">
-        <v>174</v>
+        <v>389</v>
       </c>
       <c r="K275" t="s">
         <v>23</v>
       </c>
       <c r="L275" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
     </row>
     <row r="276" spans="1:12">
       <c r="A276">
-        <v>806</v>
+        <v>1284</v>
       </c>
       <c r="B276" t="s">
-        <v>326</v>
+        <v>390</v>
       </c>
       <c r="C276" t="s">
-        <v>380</v>
+        <v>26</v>
       </c>
       <c r="D276">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E276">
         <v>1</v>
       </c>
       <c r="G276">
-        <v>573104.21</v>
+        <v>239977.08</v>
       </c>
       <c r="H276">
-        <v>41792.97</v>
+        <v>1643.0</v>
       </c>
       <c r="I276">
-        <v>531311.24</v>
+        <v>238334.08</v>
       </c>
       <c r="J276" t="s">
-        <v>56</v>
+        <v>332</v>
       </c>
       <c r="K276" t="s">
         <v>23</v>
       </c>
       <c r="L276" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="277" spans="1:12">
       <c r="A277">
-        <v>917</v>
+        <v>1387</v>
       </c>
       <c r="B277" t="s">
-        <v>327</v>
+        <v>391</v>
       </c>
       <c r="C277" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="D277">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E277">
         <v>1</v>
       </c>
       <c r="G277">
-        <v>44329.07</v>
+        <v>666461.73</v>
       </c>
       <c r="H277">
-        <v>719.99</v>
+        <v>185429.99</v>
       </c>
       <c r="I277">
-        <v>43609.08</v>
+        <v>481031.74</v>
       </c>
       <c r="J277" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="K277" t="s">
         <v>23</v>
       </c>
       <c r="L277" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="278" spans="1:12">
       <c r="A278">
-        <v>1232</v>
+        <v>806</v>
       </c>
       <c r="B278" t="s">
-        <v>381</v>
+        <v>334</v>
       </c>
       <c r="C278" t="s">
-        <v>21</v>
+        <v>392</v>
       </c>
       <c r="D278">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E278">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G278">
-        <v>534931.82</v>
+        <v>573104.21</v>
       </c>
       <c r="H278">
-        <v>0.0</v>
+        <v>41792.97</v>
       </c>
       <c r="I278">
-        <v>534931.82</v>
+        <v>531311.24</v>
       </c>
       <c r="J278" t="s">
-        <v>329</v>
+        <v>47</v>
       </c>
       <c r="K278" t="s">
         <v>23</v>
       </c>
       <c r="L278" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="279" spans="1:12">
       <c r="A279">
-        <v>1297</v>
+        <v>917</v>
       </c>
       <c r="B279" t="s">
-        <v>382</v>
+        <v>335</v>
       </c>
       <c r="C279" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D279">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E279">
         <v>1</v>
       </c>
       <c r="G279">
-        <v>437289.77</v>
+        <v>44329.07</v>
       </c>
       <c r="H279">
-        <v>51601.74</v>
+        <v>719.99</v>
       </c>
       <c r="I279">
-        <v>385688.03</v>
+        <v>43609.08</v>
       </c>
       <c r="J279" t="s">
-        <v>352</v>
+        <v>47</v>
       </c>
       <c r="K279" t="s">
         <v>23</v>
       </c>
       <c r="L279" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
-        <v>1400</v>
+        <v>1232</v>
       </c>
       <c r="B280" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="C280" t="s">
-        <v>384</v>
+        <v>26</v>
       </c>
       <c r="D280">
+        <v>5</v>
+      </c>
+      <c r="E280">
         <v>2</v>
       </c>
-      <c r="E280">
-[...1 lines deleted...]
-      </c>
       <c r="G280">
-        <v>516311.12</v>
+        <v>534931.82</v>
       </c>
       <c r="H280">
         <v>0.0</v>
       </c>
       <c r="I280">
-        <v>516311.12</v>
+        <v>534931.82</v>
       </c>
       <c r="J280" t="s">
-        <v>385</v>
+        <v>337</v>
       </c>
       <c r="K280" t="s">
         <v>23</v>
       </c>
       <c r="L280" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
-        <v>865</v>
+        <v>1297</v>
       </c>
       <c r="B281" t="s">
-        <v>20</v>
+        <v>394</v>
       </c>
       <c r="C281" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="D281">
+        <v>1</v>
+      </c>
+      <c r="E281">
+        <v>1</v>
       </c>
       <c r="G281">
-        <v>181115.38</v>
+        <v>437289.77</v>
       </c>
       <c r="H281">
-        <v>88858.12</v>
+        <v>51601.74</v>
       </c>
       <c r="I281">
-        <v>92257.26</v>
+        <v>385688.03</v>
       </c>
       <c r="J281" t="s">
-        <v>22</v>
+        <v>361</v>
       </c>
       <c r="K281" t="s">
         <v>23</v>
       </c>
       <c r="L281" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282">
-        <v>950</v>
+        <v>1402</v>
       </c>
       <c r="B282" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="C282" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="D282">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E282">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G282">
-        <v>203291.0</v>
+        <v>138274.0</v>
       </c>
       <c r="H282">
-        <v>123626.0</v>
+        <v>34797.85</v>
       </c>
       <c r="I282">
-        <v>79665.0</v>
+        <v>103476.15</v>
       </c>
       <c r="J282" t="s">
-        <v>27</v>
+        <v>396</v>
       </c>
       <c r="K282" t="s">
         <v>23</v>
       </c>
       <c r="L282" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283">
-        <v>1253</v>
+        <v>120</v>
       </c>
       <c r="B283" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="C283" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>398</v>
       </c>
       <c r="E283">
         <v>1</v>
       </c>
+      <c r="F283">
+        <v>0</v>
+      </c>
       <c r="G283">
-        <v>95600.0</v>
+        <v>75488.52</v>
       </c>
       <c r="H283">
-        <v>20000.0</v>
+        <v>52088.08</v>
       </c>
       <c r="I283">
-        <v>75600.0</v>
+        <v>23400.44</v>
       </c>
       <c r="J283" t="s">
-        <v>39</v>
+        <v>136</v>
       </c>
       <c r="K283" t="s">
         <v>23</v>
       </c>
       <c r="L283" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="284" spans="1:12">
       <c r="A284">
-        <v>1310</v>
+        <v>890</v>
       </c>
       <c r="B284" t="s">
-        <v>388</v>
+        <v>341</v>
       </c>
       <c r="C284" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D284">
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="E284">
+        <v>2</v>
       </c>
       <c r="G284">
-        <v>137915.0</v>
+        <v>324218.62</v>
       </c>
       <c r="H284">
-        <v>11500.0</v>
+        <v>15513.76</v>
       </c>
       <c r="I284">
-        <v>126415.0</v>
+        <v>308704.86</v>
       </c>
       <c r="J284" t="s">
-        <v>205</v>
+        <v>116</v>
       </c>
       <c r="K284" t="s">
         <v>23</v>
       </c>
       <c r="L284" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="285" spans="1:12">
       <c r="A285">
-        <v>1414</v>
+        <v>1070</v>
       </c>
       <c r="B285" t="s">
-        <v>389</v>
+        <v>342</v>
       </c>
       <c r="C285" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="D285">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E285">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G285">
-        <v>498255.76</v>
+        <v>394150.0</v>
       </c>
       <c r="H285">
-        <v>84794.29</v>
+        <v>145000.0</v>
       </c>
       <c r="I285">
-        <v>413461.47</v>
+        <v>249150.0</v>
       </c>
       <c r="J285" t="s">
-        <v>390</v>
+        <v>240</v>
       </c>
       <c r="K285" t="s">
         <v>23</v>
       </c>
       <c r="L285" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="286" spans="1:12">
       <c r="A286">
-        <v>464</v>
+        <v>1265</v>
       </c>
       <c r="B286" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="C286" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="E286">
         <v>1</v>
       </c>
-      <c r="F286">
-[...1 lines deleted...]
-      </c>
       <c r="G286">
-        <v>182920.28</v>
+        <v>8000.0</v>
       </c>
       <c r="H286">
-        <v>76590.61</v>
+        <v>0.0</v>
       </c>
       <c r="I286">
-        <v>106329.67</v>
+        <v>8000.0</v>
       </c>
       <c r="J286" t="s">
-        <v>223</v>
+        <v>31</v>
       </c>
       <c r="K286" t="s">
         <v>23</v>
       </c>
       <c r="L286" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
     </row>
     <row r="287" spans="1:12">
       <c r="A287">
-        <v>902</v>
+        <v>1357</v>
       </c>
       <c r="B287" t="s">
-        <v>38</v>
+        <v>400</v>
       </c>
       <c r="C287" t="s">
-        <v>64</v>
+        <v>401</v>
+      </c>
+      <c r="D287">
+        <v>6</v>
       </c>
       <c r="G287">
-        <v>61820.05</v>
+        <v>958366.72</v>
       </c>
       <c r="H287">
-        <v>3100.0</v>
+        <v>73117.48</v>
       </c>
       <c r="I287">
-        <v>58720.05</v>
+        <v>885249.24</v>
       </c>
       <c r="J287" t="s">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="K287" t="s">
         <v>23</v>
       </c>
       <c r="L287" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288">
-        <v>1133</v>
+        <v>1452</v>
       </c>
       <c r="B288" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="C288" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="D288">
         <v>1</v>
       </c>
       <c r="E288">
         <v>1</v>
       </c>
       <c r="G288">
-        <v>136242.0</v>
+        <v>8363.1</v>
       </c>
       <c r="H288">
-        <v>80140.0</v>
+        <v>12570.98</v>
       </c>
       <c r="I288">
-        <v>56102.0</v>
+        <v>-4207.88</v>
       </c>
       <c r="J288" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="K288" t="s">
         <v>23</v>
       </c>
       <c r="L288" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289">
-        <v>1278</v>
+        <v>464</v>
       </c>
       <c r="B289" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="C289" t="s">
         <v>21</v>
       </c>
       <c r="D289">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E289">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="F289">
+        <v>0</v>
       </c>
       <c r="G289">
-        <v>581969.79</v>
+        <v>182920.28</v>
       </c>
       <c r="H289">
-        <v>240989.61</v>
+        <v>76590.61</v>
       </c>
       <c r="I289">
-        <v>340980.18</v>
+        <v>106329.67</v>
       </c>
       <c r="J289" t="s">
-        <v>22</v>
+        <v>232</v>
       </c>
       <c r="K289" t="s">
         <v>23</v>
       </c>
       <c r="L289" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290">
-        <v>1377</v>
+        <v>902</v>
       </c>
       <c r="B290" t="s">
-        <v>395</v>
+        <v>25</v>
       </c>
       <c r="C290" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="G290">
-        <v>4369120.67</v>
+        <v>61820.05</v>
       </c>
       <c r="H290">
-        <v>220652.06</v>
+        <v>3100.0</v>
       </c>
       <c r="I290">
-        <v>4148468.61</v>
+        <v>58720.05</v>
       </c>
       <c r="J290" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="K290" t="s">
         <v>23</v>
       </c>
       <c r="L290" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
-        <v>1338</v>
+        <v>1133</v>
       </c>
       <c r="B291" t="s">
-        <v>355</v>
+        <v>405</v>
       </c>
       <c r="C291" t="s">
-        <v>48</v>
+        <v>406</v>
+      </c>
+      <c r="D291">
+        <v>1</v>
+      </c>
+      <c r="E291">
+        <v>1</v>
       </c>
       <c r="G291">
-        <v>45109.11</v>
+        <v>136242.0</v>
       </c>
       <c r="H291">
-        <v>0.0</v>
+        <v>80140.0</v>
       </c>
       <c r="I291">
-        <v>45109.11</v>
+        <v>56102.0</v>
       </c>
       <c r="J291" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="K291" t="s">
         <v>23</v>
       </c>
       <c r="L291" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
-        <v>587</v>
+        <v>1278</v>
       </c>
       <c r="B292" t="s">
-        <v>396</v>
+        <v>407</v>
       </c>
       <c r="C292" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="D292">
+        <v>4</v>
+      </c>
+      <c r="E292">
         <v>3</v>
       </c>
-      <c r="E292">
-[...4 lines deleted...]
-      </c>
       <c r="G292">
-        <v>447920.86</v>
+        <v>581969.79</v>
       </c>
       <c r="H292">
-        <v>1787.44</v>
+        <v>240989.61</v>
       </c>
       <c r="I292">
-        <v>446133.42</v>
+        <v>340980.18</v>
       </c>
       <c r="J292" t="s">
-        <v>165</v>
+        <v>33</v>
       </c>
       <c r="K292" t="s">
         <v>23</v>
       </c>
       <c r="L292" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293">
-        <v>912</v>
+        <v>1377</v>
       </c>
       <c r="B293" t="s">
-        <v>346</v>
+        <v>408</v>
       </c>
       <c r="C293" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="D293">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="E293">
+        <v>0</v>
       </c>
       <c r="G293">
-        <v>113026.22</v>
+        <v>4369120.67</v>
       </c>
       <c r="H293">
-        <v>23077.6</v>
+        <v>220652.06</v>
       </c>
       <c r="I293">
-        <v>89948.62</v>
+        <v>4148468.61</v>
       </c>
       <c r="J293" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K293" t="s">
         <v>23</v>
       </c>
       <c r="L293" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294">
-        <v>1226</v>
+        <v>865</v>
       </c>
       <c r="B294" t="s">
-        <v>397</v>
+        <v>37</v>
       </c>
       <c r="C294" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G294">
-        <v>81658.09</v>
+        <v>181115.38</v>
       </c>
       <c r="H294">
-        <v>55000.0</v>
+        <v>88858.12</v>
       </c>
       <c r="I294">
-        <v>26658.09</v>
+        <v>92257.26</v>
       </c>
       <c r="J294" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="K294" t="s">
         <v>23</v>
       </c>
       <c r="L294" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="295" spans="1:12">
       <c r="A295">
-        <v>1291</v>
+        <v>950</v>
       </c>
       <c r="B295" t="s">
-        <v>398</v>
+        <v>409</v>
       </c>
       <c r="C295" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="D295">
+        <v>1</v>
+      </c>
+      <c r="E295">
         <v>2</v>
       </c>
-      <c r="E295">
-[...1 lines deleted...]
-      </c>
       <c r="G295">
-        <v>420529.01</v>
+        <v>203291.0</v>
       </c>
       <c r="H295">
-        <v>7800.0</v>
+        <v>123626.0</v>
       </c>
       <c r="I295">
-        <v>412729.01</v>
+        <v>79665.0</v>
       </c>
       <c r="J295" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="K295" t="s">
         <v>23</v>
       </c>
       <c r="L295" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296">
-        <v>1394</v>
+        <v>1253</v>
       </c>
       <c r="B296" t="s">
-        <v>399</v>
+        <v>410</v>
       </c>
       <c r="C296" t="s">
-        <v>400</v>
+        <v>26</v>
       </c>
       <c r="D296">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E296">
         <v>1</v>
       </c>
       <c r="G296">
-        <v>106000.0</v>
+        <v>95600.0</v>
       </c>
       <c r="H296">
-        <v>43000.0</v>
+        <v>20000.0</v>
       </c>
       <c r="I296">
-        <v>63000.0</v>
+        <v>75600.0</v>
       </c>
       <c r="J296" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="K296" t="s">
         <v>23</v>
       </c>
       <c r="L296" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297">
-        <v>75</v>
+        <v>1310</v>
       </c>
       <c r="B297" t="s">
-        <v>62</v>
+        <v>411</v>
       </c>
       <c r="C297" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="D297">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G297">
-        <v>261729.0</v>
+        <v>137915.0</v>
       </c>
       <c r="H297">
-        <v>97191.76</v>
+        <v>11500.0</v>
       </c>
       <c r="I297">
-        <v>164537.24</v>
+        <v>126415.0</v>
       </c>
       <c r="J297" t="s">
-        <v>58</v>
+        <v>224</v>
       </c>
       <c r="K297" t="s">
         <v>23</v>
       </c>
       <c r="L297" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
-        <v>878</v>
+        <v>1416</v>
       </c>
       <c r="B298" t="s">
-        <v>351</v>
+        <v>412</v>
       </c>
       <c r="C298" t="s">
-        <v>21</v>
+        <v>413</v>
       </c>
       <c r="D298">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E298">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G298">
-        <v>34326.01</v>
+        <v>42040.49</v>
       </c>
       <c r="H298">
-        <v>20479.42</v>
+        <v>18000.0</v>
       </c>
       <c r="I298">
-        <v>13846.59</v>
+        <v>24040.49</v>
       </c>
       <c r="J298" t="s">
-        <v>352</v>
+        <v>414</v>
       </c>
       <c r="K298" t="s">
         <v>23</v>
       </c>
       <c r="L298" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
-        <v>1063</v>
+        <v>1396</v>
       </c>
       <c r="B299" t="s">
-        <v>353</v>
+        <v>415</v>
       </c>
       <c r="C299" t="s">
-        <v>21</v>
+        <v>44</v>
+      </c>
+      <c r="D299">
+        <v>3</v>
+      </c>
+      <c r="E299">
+        <v>1</v>
       </c>
       <c r="G299">
-        <v>216.14</v>
+        <v>1245912.6</v>
       </c>
       <c r="H299">
-        <v>2383.0</v>
+        <v>74288.68</v>
       </c>
       <c r="I299">
-        <v>-2166.86</v>
+        <v>1171623.92</v>
       </c>
       <c r="J299" t="s">
-        <v>58</v>
+        <v>416</v>
       </c>
       <c r="K299" t="s">
         <v>23</v>
       </c>
       <c r="L299" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
-        <v>1259</v>
+        <v>75</v>
       </c>
       <c r="B300" t="s">
-        <v>401</v>
+        <v>52</v>
       </c>
       <c r="C300" t="s">
-        <v>21</v>
+        <v>54</v>
+      </c>
+      <c r="D300">
+        <v>0</v>
+      </c>
+      <c r="E300">
+        <v>0</v>
+      </c>
+      <c r="F300">
+        <v>0</v>
       </c>
       <c r="G300">
-        <v>0.0</v>
+        <v>261729.0</v>
       </c>
       <c r="H300">
-        <v>0.0</v>
+        <v>97191.76</v>
       </c>
       <c r="I300">
-        <v>0.0</v>
+        <v>164537.24</v>
       </c>
       <c r="J300" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="K300" t="s">
         <v>23</v>
       </c>
       <c r="L300" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
-        <v>925</v>
+        <v>878</v>
       </c>
       <c r="B301" t="s">
-        <v>70</v>
+        <v>360</v>
       </c>
       <c r="C301" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="D301">
+        <v>2</v>
+      </c>
+      <c r="E301">
+        <v>3</v>
       </c>
       <c r="G301">
-        <v>94782.88</v>
+        <v>34326.01</v>
       </c>
       <c r="H301">
-        <v>65067.43</v>
+        <v>20479.42</v>
       </c>
       <c r="I301">
-        <v>29715.45</v>
+        <v>13846.59</v>
       </c>
       <c r="J301" t="s">
-        <v>22</v>
+        <v>361</v>
       </c>
       <c r="K301" t="s">
         <v>23</v>
       </c>
       <c r="L301" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
-        <v>1241</v>
+        <v>1063</v>
       </c>
       <c r="B302" t="s">
-        <v>402</v>
+        <v>362</v>
       </c>
       <c r="C302" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="G302">
-        <v>813843.0</v>
+        <v>216.14</v>
       </c>
       <c r="H302">
-        <v>73000.0</v>
+        <v>2383.0</v>
       </c>
       <c r="I302">
-        <v>740843.0</v>
+        <v>-2166.86</v>
       </c>
       <c r="J302" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="K302" t="s">
         <v>23</v>
       </c>
       <c r="L302" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
-        <v>1304</v>
+        <v>1259</v>
       </c>
       <c r="B303" t="s">
-        <v>403</v>
+        <v>417</v>
       </c>
       <c r="C303" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="G303">
-        <v>515697.51</v>
+        <v>0.0</v>
       </c>
       <c r="H303">
-        <v>144300.0</v>
+        <v>0.0</v>
       </c>
       <c r="I303">
-        <v>371397.51</v>
+        <v>0.0</v>
       </c>
       <c r="J303" t="s">
-        <v>251</v>
+        <v>31</v>
       </c>
       <c r="K303" t="s">
         <v>23</v>
       </c>
       <c r="L303" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
-        <v>1407</v>
+        <v>1338</v>
       </c>
       <c r="B304" t="s">
-        <v>404</v>
+        <v>364</v>
       </c>
       <c r="C304" t="s">
-        <v>405</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="G304">
-        <v>27427.46</v>
+        <v>45109.11</v>
       </c>
       <c r="H304">
-        <v>16450.0</v>
+        <v>0.0</v>
       </c>
       <c r="I304">
-        <v>10977.46</v>
+        <v>45109.11</v>
       </c>
       <c r="J304" t="s">
-        <v>406</v>
+        <v>208</v>
       </c>
       <c r="K304" t="s">
         <v>23</v>
       </c>
       <c r="L304" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
-        <v>413</v>
+        <v>1432</v>
       </c>
       <c r="B305" t="s">
-        <v>407</v>
+        <v>418</v>
       </c>
       <c r="C305" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D305">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E305">
         <v>1</v>
       </c>
-      <c r="F305">
-[...1 lines deleted...]
-      </c>
       <c r="G305">
-        <v>414701.14</v>
+        <v>186800.0</v>
       </c>
       <c r="H305">
-        <v>126600.0</v>
+        <v>30758.0</v>
       </c>
       <c r="I305">
-        <v>288101.14</v>
+        <v>156042.0</v>
       </c>
       <c r="J305" t="s">
-        <v>408</v>
+        <v>419</v>
       </c>
       <c r="K305" t="s">
         <v>23</v>
       </c>
       <c r="L305" t="s">
-        <v>166</v>
+        <v>24</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
-        <v>898</v>
+        <v>587</v>
       </c>
       <c r="B306" t="s">
-        <v>81</v>
+        <v>420</v>
       </c>
       <c r="C306" t="s">
-        <v>64</v>
+        <v>21</v>
+      </c>
+      <c r="D306">
+        <v>3</v>
+      </c>
+      <c r="E306">
+        <v>2</v>
+      </c>
+      <c r="F306">
+        <v>0</v>
       </c>
       <c r="G306">
-        <v>203621.72</v>
+        <v>447920.86</v>
       </c>
       <c r="H306">
-        <v>22117.38</v>
+        <v>1787.44</v>
       </c>
       <c r="I306">
-        <v>181504.34</v>
+        <v>446133.42</v>
       </c>
       <c r="J306" t="s">
-        <v>42</v>
+        <v>183</v>
       </c>
       <c r="K306" t="s">
         <v>23</v>
       </c>
       <c r="L306" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
-        <v>1114</v>
+        <v>912</v>
       </c>
       <c r="B307" t="s">
-        <v>409</v>
+        <v>368</v>
       </c>
       <c r="C307" t="s">
-        <v>410</v>
+        <v>26</v>
       </c>
       <c r="D307">
         <v>1</v>
       </c>
-      <c r="E307">
-[...1 lines deleted...]
-      </c>
       <c r="G307">
-        <v>129978.12</v>
+        <v>113026.22</v>
       </c>
       <c r="H307">
-        <v>52121.87</v>
+        <v>23077.6</v>
       </c>
       <c r="I307">
-        <v>77856.25</v>
+        <v>89948.62</v>
       </c>
       <c r="J307" t="s">
-        <v>411</v>
+        <v>31</v>
       </c>
       <c r="K307" t="s">
         <v>23</v>
       </c>
       <c r="L307" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
-        <v>1273</v>
+        <v>1226</v>
       </c>
       <c r="B308" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="C308" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D308">
+        <v>1</v>
       </c>
       <c r="E308">
         <v>1</v>
       </c>
       <c r="G308">
-        <v>188538.26</v>
+        <v>81658.09</v>
       </c>
       <c r="H308">
-        <v>11030.0</v>
+        <v>55000.0</v>
       </c>
       <c r="I308">
-        <v>177508.26</v>
+        <v>26658.09</v>
       </c>
       <c r="J308" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="K308" t="s">
         <v>23</v>
       </c>
       <c r="L308" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
-        <v>1368</v>
+        <v>1291</v>
       </c>
       <c r="B309" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C309" t="s">
-        <v>414</v>
+        <v>26</v>
+      </c>
+      <c r="D309">
+        <v>2</v>
       </c>
       <c r="E309">
         <v>1</v>
       </c>
       <c r="G309">
-        <v>31516.0</v>
+        <v>420529.01</v>
       </c>
       <c r="H309">
-        <v>12000.0</v>
+        <v>7800.0</v>
       </c>
       <c r="I309">
-        <v>19516.0</v>
+        <v>412729.01</v>
       </c>
       <c r="J309" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="K309" t="s">
         <v>23</v>
       </c>
       <c r="L309" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
-        <v>860</v>
+        <v>898</v>
       </c>
       <c r="B310" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="C310" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="G310">
-        <v>394542.27</v>
+        <v>203621.72</v>
       </c>
       <c r="H310">
-        <v>215536.49</v>
+        <v>22117.38</v>
       </c>
       <c r="I310">
-        <v>179005.78</v>
+        <v>181504.34</v>
       </c>
       <c r="J310" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="K310" t="s">
         <v>23</v>
       </c>
       <c r="L310" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
-        <v>508</v>
+        <v>1114</v>
       </c>
       <c r="B311" t="s">
-        <v>364</v>
+        <v>423</v>
       </c>
       <c r="C311" t="s">
-        <v>37</v>
+        <v>424</v>
+      </c>
+      <c r="D311">
+        <v>1</v>
       </c>
       <c r="E311">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G311">
-        <v>401023.56</v>
+        <v>129978.12</v>
       </c>
       <c r="H311">
-        <v>83755.0</v>
+        <v>52121.87</v>
       </c>
       <c r="I311">
-        <v>317268.56</v>
+        <v>77856.25</v>
       </c>
       <c r="J311" t="s">
-        <v>27</v>
+        <v>425</v>
       </c>
       <c r="K311" t="s">
         <v>23</v>
       </c>
       <c r="L311" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312">
-        <v>907</v>
+        <v>1273</v>
       </c>
       <c r="B312" t="s">
-        <v>365</v>
+        <v>426</v>
       </c>
       <c r="C312" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E312">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G312">
-        <v>38167.25</v>
+        <v>188538.26</v>
       </c>
       <c r="H312">
-        <v>36025.62</v>
+        <v>11030.0</v>
       </c>
       <c r="I312">
-        <v>2141.63</v>
+        <v>177508.26</v>
       </c>
       <c r="J312" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="K312" t="s">
         <v>23</v>
       </c>
       <c r="L312" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313">
-        <v>1214</v>
+        <v>1368</v>
       </c>
       <c r="B313" t="s">
-        <v>366</v>
+        <v>427</v>
       </c>
       <c r="C313" t="s">
-        <v>103</v>
+        <v>428</v>
+      </c>
+      <c r="E313">
+        <v>1</v>
       </c>
       <c r="G313">
-        <v>1620.0</v>
+        <v>31516.0</v>
       </c>
       <c r="H313">
-        <v>0.0</v>
+        <v>12000.0</v>
       </c>
       <c r="I313">
-        <v>1620.0</v>
+        <v>19516.0</v>
       </c>
       <c r="J313" t="s">
-        <v>367</v>
+        <v>35</v>
       </c>
       <c r="K313" t="s">
         <v>23</v>
       </c>
       <c r="L313" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314">
-        <v>1285</v>
+        <v>860</v>
       </c>
       <c r="B314" t="s">
-        <v>415</v>
+        <v>84</v>
       </c>
       <c r="C314" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G314">
-        <v>370300.0</v>
+        <v>394542.27</v>
       </c>
       <c r="H314">
-        <v>96000.0</v>
+        <v>215536.49</v>
       </c>
       <c r="I314">
-        <v>274300.0</v>
+        <v>179005.78</v>
       </c>
       <c r="J314" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="K314" t="s">
         <v>23</v>
       </c>
       <c r="L314" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315">
-        <v>1388</v>
+        <v>925</v>
       </c>
       <c r="B315" t="s">
-        <v>416</v>
+        <v>86</v>
       </c>
       <c r="C315" t="s">
-        <v>417</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="G315">
-        <v>12680.96</v>
+        <v>94782.88</v>
       </c>
       <c r="H315">
-        <v>8850.0</v>
+        <v>65067.43</v>
       </c>
       <c r="I315">
-        <v>3830.96</v>
+        <v>29715.45</v>
       </c>
       <c r="J315" t="s">
-        <v>98</v>
+        <v>33</v>
       </c>
       <c r="K315" t="s">
         <v>23</v>
       </c>
       <c r="L315" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316">
-        <v>871</v>
+        <v>1241</v>
       </c>
       <c r="B316" t="s">
-        <v>370</v>
+        <v>429</v>
       </c>
       <c r="C316" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D316">
+        <v>3</v>
       </c>
       <c r="E316">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G316">
-        <v>62682.38</v>
+        <v>813843.0</v>
       </c>
       <c r="H316">
-        <v>10836.0</v>
+        <v>73000.0</v>
       </c>
       <c r="I316">
-        <v>51846.38</v>
+        <v>740843.0</v>
       </c>
       <c r="J316" t="s">
-        <v>205</v>
+        <v>41</v>
       </c>
       <c r="K316" t="s">
         <v>23</v>
       </c>
       <c r="L316" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317">
-        <v>981</v>
+        <v>1304</v>
       </c>
       <c r="B317" t="s">
-        <v>101</v>
+        <v>430</v>
       </c>
       <c r="C317" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>26</v>
+      </c>
+      <c r="D317">
+        <v>9</v>
       </c>
       <c r="G317">
-        <v>4603660.36</v>
+        <v>515697.51</v>
       </c>
       <c r="H317">
-        <v>24438.37</v>
+        <v>144300.0</v>
       </c>
       <c r="I317">
-        <v>4579221.99</v>
+        <v>371397.51</v>
       </c>
       <c r="J317" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="K317" t="s">
         <v>23</v>
       </c>
       <c r="L317" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318">
-        <v>1256</v>
+        <v>1409</v>
       </c>
       <c r="B318" t="s">
-        <v>102</v>
+        <v>431</v>
       </c>
       <c r="C318" t="s">
-        <v>103</v>
+        <v>432</v>
       </c>
       <c r="D318">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="E318">
+        <v>0</v>
       </c>
       <c r="G318">
-        <v>1502850.0</v>
+        <v>764425.31</v>
       </c>
       <c r="H318">
-        <v>840186.0</v>
+        <v>237000.0</v>
       </c>
       <c r="I318">
-        <v>662664.0</v>
+        <v>527425.31</v>
       </c>
       <c r="J318" t="s">
-        <v>175</v>
+        <v>246</v>
       </c>
       <c r="K318" t="s">
         <v>23</v>
       </c>
       <c r="L318" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319">
-        <v>1322</v>
+        <v>413</v>
       </c>
       <c r="B319" t="s">
-        <v>418</v>
+        <v>433</v>
       </c>
       <c r="C319" t="s">
-        <v>48</v>
+        <v>21</v>
+      </c>
+      <c r="D319">
+        <v>3</v>
+      </c>
+      <c r="E319">
+        <v>1</v>
+      </c>
+      <c r="F319">
+        <v>0</v>
       </c>
       <c r="G319">
-        <v>182600.0</v>
+        <v>414701.14</v>
       </c>
       <c r="H319">
-        <v>0.0</v>
+        <v>126600.0</v>
       </c>
       <c r="I319">
-        <v>182600.0</v>
+        <v>288101.14</v>
       </c>
       <c r="J319" t="s">
-        <v>243</v>
+        <v>434</v>
       </c>
       <c r="K319" t="s">
         <v>23</v>
       </c>
       <c r="L319" t="s">
-        <v>35</v>
+        <v>157</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320">
-        <v>1421</v>
+        <v>871</v>
       </c>
       <c r="B320" t="s">
-        <v>419</v>
+        <v>381</v>
       </c>
       <c r="C320" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="E320">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G320">
-        <v>79500.0</v>
+        <v>62682.38</v>
       </c>
       <c r="H320">
-        <v>0.0</v>
+        <v>10836.0</v>
       </c>
       <c r="I320">
-        <v>79500.0</v>
+        <v>51846.38</v>
       </c>
       <c r="J320" t="s">
-        <v>420</v>
+        <v>224</v>
       </c>
       <c r="K320" t="s">
         <v>23</v>
       </c>
       <c r="L320" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
-        <v>169</v>
+        <v>981</v>
       </c>
       <c r="B321" t="s">
-        <v>421</v>
+        <v>95</v>
       </c>
       <c r="C321" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="E321">
         <v>1</v>
       </c>
       <c r="G321">
-        <v>382000.0</v>
+        <v>4603660.36</v>
       </c>
       <c r="H321">
-        <v>7000.0</v>
+        <v>24438.37</v>
       </c>
       <c r="I321">
-        <v>375000.0</v>
+        <v>4579221.99</v>
       </c>
       <c r="J321" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="K321" t="s">
         <v>23</v>
       </c>
       <c r="L321" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
-        <v>892</v>
+        <v>1256</v>
       </c>
       <c r="B322" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="C322" t="s">
-        <v>64</v>
+        <v>97</v>
+      </c>
+      <c r="D322">
+        <v>1</v>
       </c>
       <c r="G322">
-        <v>115049.85</v>
+        <v>1502850.0</v>
       </c>
       <c r="H322">
-        <v>62000.0</v>
+        <v>840186.0</v>
       </c>
       <c r="I322">
-        <v>53049.85</v>
+        <v>662664.0</v>
       </c>
       <c r="J322" t="s">
-        <v>112</v>
+        <v>176</v>
       </c>
       <c r="K322" t="s">
         <v>23</v>
       </c>
       <c r="L322" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
-        <v>1071</v>
+        <v>1322</v>
       </c>
       <c r="B323" t="s">
-        <v>113</v>
+        <v>435</v>
       </c>
       <c r="C323" t="s">
-        <v>423</v>
+        <v>60</v>
       </c>
       <c r="G323">
-        <v>3717.4</v>
+        <v>182600.0</v>
       </c>
       <c r="H323">
-        <v>1400.0</v>
+        <v>0.0</v>
       </c>
       <c r="I323">
-        <v>2317.4</v>
+        <v>182600.0</v>
       </c>
       <c r="J323" t="s">
-        <v>58</v>
+        <v>120</v>
       </c>
       <c r="K323" t="s">
         <v>23</v>
       </c>
       <c r="L323" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
-        <v>1266</v>
+        <v>1423</v>
       </c>
       <c r="B324" t="s">
-        <v>424</v>
+        <v>384</v>
       </c>
       <c r="C324" t="s">
-        <v>21</v>
+        <v>169</v>
+      </c>
+      <c r="D324">
+        <v>8</v>
+      </c>
+      <c r="E324">
+        <v>1</v>
       </c>
       <c r="G324">
-        <v>19064.75</v>
+        <v>2160200.42</v>
       </c>
       <c r="H324">
-        <v>0.0</v>
+        <v>110000.0</v>
       </c>
       <c r="I324">
-        <v>19064.75</v>
+        <v>2050200.42</v>
       </c>
       <c r="J324" t="s">
-        <v>54</v>
+        <v>385</v>
       </c>
       <c r="K324" t="s">
         <v>23</v>
       </c>
       <c r="L324" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
-        <v>1358</v>
+        <v>508</v>
       </c>
       <c r="B325" t="s">
-        <v>425</v>
+        <v>386</v>
       </c>
       <c r="C325" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>21</v>
+      </c>
+      <c r="E325">
+        <v>2</v>
+      </c>
+      <c r="F325">
+        <v>0</v>
       </c>
       <c r="G325">
-        <v>152198.0</v>
+        <v>401023.56</v>
       </c>
       <c r="H325">
-        <v>0.0</v>
+        <v>83755.0</v>
       </c>
       <c r="I325">
-        <v>152198.0</v>
+        <v>317268.56</v>
       </c>
       <c r="J325" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="K325" t="s">
         <v>23</v>
       </c>
       <c r="L325" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
-        <v>806</v>
+        <v>907</v>
       </c>
       <c r="B326" t="s">
-        <v>326</v>
+        <v>387</v>
       </c>
       <c r="C326" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="E326">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G326">
-        <v>394861.08</v>
+        <v>38167.25</v>
       </c>
       <c r="H326">
-        <v>47137.03</v>
+        <v>36025.62</v>
       </c>
       <c r="I326">
-        <v>347724.05</v>
+        <v>2141.63</v>
       </c>
       <c r="J326" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K326" t="s">
         <v>23</v>
       </c>
       <c r="L326" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
-        <v>918</v>
+        <v>1214</v>
       </c>
       <c r="B327" t="s">
-        <v>118</v>
+        <v>388</v>
       </c>
       <c r="C327" t="s">
-        <v>64</v>
+        <v>97</v>
       </c>
       <c r="G327">
-        <v>99118.27</v>
+        <v>1620.0</v>
       </c>
       <c r="H327">
-        <v>18765.82</v>
+        <v>0.0</v>
       </c>
       <c r="I327">
-        <v>80352.45</v>
+        <v>1620.0</v>
       </c>
       <c r="J327" t="s">
-        <v>119</v>
+        <v>389</v>
       </c>
       <c r="K327" t="s">
         <v>23</v>
       </c>
       <c r="L327" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
-        <v>1233</v>
+        <v>1285</v>
       </c>
       <c r="B328" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C328" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D328">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G328">
-        <v>253605.74</v>
+        <v>370300.0</v>
       </c>
       <c r="H328">
-        <v>24752.53</v>
+        <v>96000.0</v>
       </c>
       <c r="I328">
-        <v>228853.21</v>
+        <v>274300.0</v>
       </c>
       <c r="J328" t="s">
-        <v>329</v>
+        <v>49</v>
       </c>
       <c r="K328" t="s">
         <v>23</v>
       </c>
       <c r="L328" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
-        <v>1298</v>
+        <v>1389</v>
       </c>
       <c r="B329" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="C329" t="s">
-        <v>21</v>
+        <v>438</v>
       </c>
       <c r="D329">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="E329">
+        <v>1</v>
       </c>
       <c r="G329">
-        <v>141371.15</v>
+        <v>72387.61</v>
       </c>
       <c r="H329">
-        <v>9578.07</v>
+        <v>0.0</v>
       </c>
       <c r="I329">
-        <v>131793.08</v>
+        <v>72387.61</v>
       </c>
       <c r="J329" t="s">
-        <v>352</v>
+        <v>103</v>
       </c>
       <c r="K329" t="s">
         <v>23</v>
       </c>
       <c r="L329" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
-        <v>1401</v>
+        <v>806</v>
       </c>
       <c r="B330" t="s">
-        <v>429</v>
+        <v>334</v>
       </c>
       <c r="C330" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="D330">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E330">
         <v>1</v>
       </c>
       <c r="G330">
-        <v>384181.41</v>
+        <v>394861.08</v>
       </c>
       <c r="H330">
-        <v>235175.0</v>
+        <v>47137.03</v>
       </c>
       <c r="I330">
-        <v>149006.41</v>
+        <v>347724.05</v>
       </c>
       <c r="J330" t="s">
-        <v>430</v>
+        <v>47</v>
       </c>
       <c r="K330" t="s">
         <v>23</v>
       </c>
       <c r="L330" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
-        <v>1019</v>
+        <v>918</v>
       </c>
       <c r="B331" t="s">
-        <v>431</v>
+        <v>113</v>
       </c>
       <c r="C331" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="G331">
-        <v>167711.15</v>
+        <v>99118.27</v>
       </c>
       <c r="H331">
-        <v>6477.77</v>
+        <v>18765.82</v>
       </c>
       <c r="I331">
-        <v>161233.38</v>
+        <v>80352.45</v>
       </c>
       <c r="J331" t="s">
-        <v>433</v>
+        <v>114</v>
       </c>
       <c r="K331" t="s">
-        <v>434</v>
+        <v>23</v>
       </c>
       <c r="L331" t="s">
-        <v>435</v>
+        <v>28</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
+        <v>1233</v>
+      </c>
+      <c r="B332" t="s">
+        <v>439</v>
+      </c>
+      <c r="C332" t="s">
+        <v>26</v>
+      </c>
+      <c r="D332">
+        <v>3</v>
+      </c>
+      <c r="G332">
+        <v>253605.74</v>
+      </c>
+      <c r="H332">
+        <v>24752.53</v>
+      </c>
+      <c r="I332">
+        <v>228853.21</v>
+      </c>
+      <c r="J332" t="s">
+        <v>337</v>
+      </c>
+      <c r="K332" t="s">
+        <v>23</v>
+      </c>
+      <c r="L332" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="333" spans="1:12">
+      <c r="A333">
+        <v>1298</v>
+      </c>
+      <c r="B333" t="s">
+        <v>440</v>
+      </c>
+      <c r="C333" t="s">
+        <v>26</v>
+      </c>
+      <c r="D333">
+        <v>3</v>
+      </c>
+      <c r="G333">
+        <v>141371.15</v>
+      </c>
+      <c r="H333">
+        <v>9578.07</v>
+      </c>
+      <c r="I333">
+        <v>131793.08</v>
+      </c>
+      <c r="J333" t="s">
+        <v>361</v>
+      </c>
+      <c r="K333" t="s">
+        <v>23</v>
+      </c>
+      <c r="L333" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="334" spans="1:12">
+      <c r="A334">
+        <v>1403</v>
+      </c>
+      <c r="B334" t="s">
+        <v>441</v>
+      </c>
+      <c r="C334" t="s">
+        <v>44</v>
+      </c>
+      <c r="D334">
+        <v>6</v>
+      </c>
+      <c r="E334">
+        <v>4</v>
+      </c>
+      <c r="G334">
+        <v>28589909.55</v>
+      </c>
+      <c r="H334">
+        <v>482263.43</v>
+      </c>
+      <c r="I334">
+        <v>28107646.12</v>
+      </c>
+      <c r="J334" t="s">
+        <v>442</v>
+      </c>
+      <c r="K334" t="s">
+        <v>23</v>
+      </c>
+      <c r="L334" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="335" spans="1:12">
+      <c r="A335">
+        <v>169</v>
+      </c>
+      <c r="B335" t="s">
+        <v>443</v>
+      </c>
+      <c r="C335" t="s">
+        <v>444</v>
+      </c>
+      <c r="D335">
+        <v>1</v>
+      </c>
+      <c r="E335">
+        <v>1</v>
+      </c>
+      <c r="G335">
+        <v>382000.0</v>
+      </c>
+      <c r="H335">
+        <v>7000.0</v>
+      </c>
+      <c r="I335">
+        <v>375000.0</v>
+      </c>
+      <c r="J335" t="s">
+        <v>35</v>
+      </c>
+      <c r="K335" t="s">
+        <v>23</v>
+      </c>
+      <c r="L335" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="336" spans="1:12">
+      <c r="A336">
+        <v>892</v>
+      </c>
+      <c r="B336" t="s">
+        <v>122</v>
+      </c>
+      <c r="C336" t="s">
+        <v>54</v>
+      </c>
+      <c r="G336">
+        <v>115049.85</v>
+      </c>
+      <c r="H336">
+        <v>62000.0</v>
+      </c>
+      <c r="I336">
+        <v>53049.85</v>
+      </c>
+      <c r="J336" t="s">
+        <v>123</v>
+      </c>
+      <c r="K336" t="s">
+        <v>23</v>
+      </c>
+      <c r="L336" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="337" spans="1:12">
+      <c r="A337">
+        <v>1071</v>
+      </c>
+      <c r="B337" t="s">
+        <v>124</v>
+      </c>
+      <c r="C337" t="s">
+        <v>445</v>
+      </c>
+      <c r="G337">
+        <v>3717.4</v>
+      </c>
+      <c r="H337">
+        <v>1400.0</v>
+      </c>
+      <c r="I337">
+        <v>2317.4</v>
+      </c>
+      <c r="J337" t="s">
+        <v>49</v>
+      </c>
+      <c r="K337" t="s">
+        <v>23</v>
+      </c>
+      <c r="L337" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="338" spans="1:12">
+      <c r="A338">
+        <v>1266</v>
+      </c>
+      <c r="B338" t="s">
+        <v>446</v>
+      </c>
+      <c r="C338" t="s">
+        <v>26</v>
+      </c>
+      <c r="G338">
+        <v>19064.75</v>
+      </c>
+      <c r="H338">
+        <v>0.0</v>
+      </c>
+      <c r="I338">
+        <v>19064.75</v>
+      </c>
+      <c r="J338" t="s">
+        <v>70</v>
+      </c>
+      <c r="K338" t="s">
+        <v>23</v>
+      </c>
+      <c r="L338" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="339" spans="1:12">
+      <c r="A339">
+        <v>1358</v>
+      </c>
+      <c r="B339" t="s">
+        <v>447</v>
+      </c>
+      <c r="C339" t="s">
+        <v>448</v>
+      </c>
+      <c r="D339">
+        <v>1</v>
+      </c>
+      <c r="G339">
+        <v>152198.0</v>
+      </c>
+      <c r="H339">
+        <v>0.0</v>
+      </c>
+      <c r="I339">
+        <v>152198.0</v>
+      </c>
+      <c r="J339" t="s">
+        <v>67</v>
+      </c>
+      <c r="K339" t="s">
+        <v>23</v>
+      </c>
+      <c r="L339" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="340" spans="1:12">
+      <c r="A340">
+        <v>1453</v>
+      </c>
+      <c r="B340" t="s">
+        <v>449</v>
+      </c>
+      <c r="C340" t="s">
+        <v>450</v>
+      </c>
+      <c r="D340">
+        <v>0</v>
+      </c>
+      <c r="E340">
+        <v>1</v>
+      </c>
+      <c r="G340">
+        <v>27200.76</v>
+      </c>
+      <c r="H340">
+        <v>17796.45</v>
+      </c>
+      <c r="I340">
+        <v>9404.31</v>
+      </c>
+      <c r="J340" t="s">
+        <v>103</v>
+      </c>
+      <c r="K340" t="s">
+        <v>23</v>
+      </c>
+      <c r="L340" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="341" spans="1:12">
+      <c r="A341">
+        <v>1019</v>
+      </c>
+      <c r="B341" t="s">
+        <v>451</v>
+      </c>
+      <c r="C341" t="s">
+        <v>452</v>
+      </c>
+      <c r="D341">
+        <v>2</v>
+      </c>
+      <c r="G341">
+        <v>167711.15</v>
+      </c>
+      <c r="H341">
+        <v>6477.77</v>
+      </c>
+      <c r="I341">
+        <v>161233.38</v>
+      </c>
+      <c r="J341" t="s">
+        <v>453</v>
+      </c>
+      <c r="K341" t="s">
+        <v>454</v>
+      </c>
+      <c r="L341" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="342" spans="1:12">
+      <c r="A342">
         <v>1021</v>
       </c>
-      <c r="B332" t="s">
-[...5 lines deleted...]
-      <c r="G332">
+      <c r="B342" t="s">
+        <v>456</v>
+      </c>
+      <c r="C342" t="s">
+        <v>457</v>
+      </c>
+      <c r="G342">
         <v>251853.4</v>
       </c>
-      <c r="H332">
+      <c r="H342">
         <v>53576.21</v>
       </c>
-      <c r="I332">
+      <c r="I342">
         <v>198277.19</v>
       </c>
-      <c r="J332" t="s">
-[...6 lines deleted...]
-        <v>435</v>
+      <c r="J342" t="s">
+        <v>458</v>
+      </c>
+      <c r="K342" t="s">
+        <v>454</v>
+      </c>
+      <c r="L342" t="s">
+        <v>455</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">