--- v0 (2025-10-12)
+++ v1 (2026-01-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="genero personas" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="991">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1011">
   <si>
     <t>Metadatos</t>
   </si>
   <si>
     <t>Email contacto datos abiertos:</t>
   </si>
   <si>
     <t>info@ciudadaniaydesarrollo.org</t>
   </si>
   <si>
     <t>Autor datos abiertos:</t>
   </si>
   <si>
     <t>Fundación Ciudadanía y Desarrollo</t>
   </si>
   <si>
     <t>Licencia datos abiertos:</t>
   </si>
   <si>
     <t>Creative Commons Attribution Share-Alike 4.0 (CC-BY-SA-4.0)</t>
   </si>
   <si>
     <t>Datos</t>
   </si>
   <si>
@@ -2916,50 +2916,110 @@
     <t>Iván Andrés Morales Revelo</t>
   </si>
   <si>
     <t>Christian Eduardo Troya Macías</t>
   </si>
   <si>
     <t>Manuel Hernán Torres Torres</t>
   </si>
   <si>
     <t>Christian Sebastian Reyes Mora</t>
   </si>
   <si>
     <t>María Belén Cadena Ramírez</t>
   </si>
   <si>
     <t>David Marcelo Rojas Cajas</t>
   </si>
   <si>
     <t>María Gabriela Centeno Apolo</t>
   </si>
   <si>
     <t>Luis Antonio Cueva Ordoñez</t>
   </si>
   <si>
     <t>María Augusta Muñoz Sánchez</t>
+  </si>
+  <si>
+    <t>David Eduardo Flores Brandt</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Ejecutiva para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>María Belén Toca Mena</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Ejecutiva para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Daniel Caicedo de los Ríos</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Legislativa para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Silvana Mariuxi Ramírez Verdezoto</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Legislativa para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Santiago Cristóbal Ribadeneira Villacrés</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Judicial para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Natalia de Jesús Guarnizo Condolo</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Judicial para la Comisión Ciudadana de Selección del Fiscal General del Estado.</t>
+  </si>
+  <si>
+    <t>Tayron Michael Valarezo Eras</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Electoral para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Maribel Rocío Baldeón Andrade</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Electoral para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Carlos Andrés Guerrero Arízaga</t>
+  </si>
+  <si>
+    <t>Delegado de la Función de Transparencia para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Pamela Teresa Garay Mateo</t>
+  </si>
+  <si>
+    <t>Delegada de la Función de Transparencia para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
   </si>
   <si>
     <t>Diego Patricio García Carrión</t>
   </si>
   <si>
     <t>Procurador General del Estado</t>
   </si>
   <si>
     <t>Institucion Independiente</t>
   </si>
   <si>
     <t>Procuraduría General del Estado</t>
   </si>
   <si>
     <t>Rafael Parreño Navas</t>
   </si>
   <si>
     <t>Íñigo Francisco Alberto Salvador Crespo</t>
   </si>
   <si>
     <t>Juan Carlos Larrea Valencia</t>
   </si>
   <si>
     <t>Ana Carolina Donoso Bustamante</t>
   </si>
@@ -3369,51 +3429,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F871"/>
+  <dimension ref="A1:F881"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F7" sqref="F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="35" customWidth="true" style="0"/>
     <col min="3" max="3" width="35" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="35" customWidth="true" style="0"/>
     <col min="6" max="6" width="35" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
@@ -20401,366 +20461,566 @@
         <v>87</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855">
         <v>1427</v>
       </c>
       <c r="B855" t="s">
         <v>967</v>
       </c>
       <c r="C855" t="s">
         <v>24</v>
       </c>
       <c r="D855" t="s">
         <v>958</v>
       </c>
       <c r="E855" t="s">
         <v>17</v>
       </c>
       <c r="F855" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856">
-        <v>225</v>
+        <v>1428</v>
       </c>
       <c r="B856" t="s">
         <v>968</v>
       </c>
       <c r="C856" t="s">
         <v>15</v>
       </c>
       <c r="D856" t="s">
         <v>969</v>
       </c>
       <c r="E856" t="s">
-        <v>970</v>
+        <v>17</v>
       </c>
       <c r="F856" t="s">
-        <v>971</v>
+        <v>18</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857">
-        <v>226</v>
+        <v>1429</v>
       </c>
       <c r="B857" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
       <c r="C857" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D857" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="E857" t="s">
-        <v>970</v>
+        <v>17</v>
       </c>
       <c r="F857" t="s">
-        <v>971</v>
+        <v>18</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858">
-        <v>397</v>
+        <v>1430</v>
       </c>
       <c r="B858" t="s">
+        <v>972</v>
+      </c>
+      <c r="C858" t="s">
+        <v>15</v>
+      </c>
+      <c r="D858" t="s">
         <v>973</v>
       </c>
-      <c r="C858" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E858" t="s">
-        <v>970</v>
+        <v>17</v>
       </c>
       <c r="F858" t="s">
-        <v>971</v>
+        <v>28</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859">
-        <v>1021</v>
+        <v>1431</v>
       </c>
       <c r="B859" t="s">
         <v>974</v>
       </c>
       <c r="C859" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D859" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
       <c r="E859" t="s">
-        <v>970</v>
+        <v>17</v>
       </c>
       <c r="F859" t="s">
-        <v>971</v>
+        <v>28</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860">
-        <v>949</v>
+        <v>1432</v>
       </c>
       <c r="B860" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C860" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D860" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="E860" t="s">
-        <v>970</v>
+        <v>17</v>
       </c>
       <c r="F860" t="s">
-        <v>977</v>
+        <v>87</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861">
-        <v>953</v>
+        <v>1433</v>
       </c>
       <c r="B861" t="s">
         <v>978</v>
       </c>
       <c r="C861" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D861" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="E861" t="s">
-        <v>970</v>
+        <v>17</v>
       </c>
       <c r="F861" t="s">
-        <v>977</v>
+        <v>87</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862">
-        <v>954</v>
+        <v>1434</v>
       </c>
       <c r="B862" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="C862" t="s">
         <v>15</v>
       </c>
       <c r="D862" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="E862" t="s">
-        <v>970</v>
+        <v>17</v>
       </c>
       <c r="F862" t="s">
-        <v>977</v>
+        <v>93</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863">
-        <v>955</v>
+        <v>1435</v>
       </c>
       <c r="B863" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="C863" t="s">
         <v>24</v>
       </c>
       <c r="D863" t="s">
-        <v>976</v>
+        <v>983</v>
       </c>
       <c r="E863" t="s">
-        <v>970</v>
+        <v>17</v>
       </c>
       <c r="F863" t="s">
-        <v>977</v>
+        <v>93</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864">
-        <v>956</v>
+        <v>1436</v>
       </c>
       <c r="B864" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="C864" t="s">
         <v>15</v>
       </c>
       <c r="D864" t="s">
-        <v>976</v>
+        <v>985</v>
       </c>
       <c r="E864" t="s">
-        <v>970</v>
+        <v>17</v>
       </c>
       <c r="F864" t="s">
-        <v>977</v>
+        <v>79</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865">
-        <v>957</v>
+        <v>1437</v>
       </c>
       <c r="B865" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="C865" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D865" t="s">
-        <v>976</v>
+        <v>987</v>
       </c>
       <c r="E865" t="s">
-        <v>970</v>
+        <v>17</v>
       </c>
       <c r="F865" t="s">
-        <v>977</v>
+        <v>79</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866">
-        <v>958</v>
+        <v>225</v>
       </c>
       <c r="B866" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="C866" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D866" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="E866" t="s">
-        <v>970</v>
+        <v>990</v>
       </c>
       <c r="F866" t="s">
-        <v>977</v>
+        <v>991</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867">
-        <v>959</v>
+        <v>226</v>
       </c>
       <c r="B867" t="s">
-        <v>985</v>
+        <v>992</v>
       </c>
       <c r="C867" t="s">
         <v>15</v>
       </c>
       <c r="D867" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="E867" t="s">
-        <v>970</v>
+        <v>990</v>
       </c>
       <c r="F867" t="s">
-        <v>977</v>
+        <v>991</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868">
-        <v>961</v>
+        <v>397</v>
       </c>
       <c r="B868" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
       <c r="C868" t="s">
         <v>15</v>
       </c>
       <c r="D868" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="E868" t="s">
-        <v>970</v>
+        <v>990</v>
       </c>
       <c r="F868" t="s">
-        <v>977</v>
+        <v>991</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869">
-        <v>962</v>
+        <v>1021</v>
       </c>
       <c r="B869" t="s">
-        <v>987</v>
+        <v>994</v>
       </c>
       <c r="C869" t="s">
         <v>15</v>
       </c>
       <c r="D869" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="E869" t="s">
-        <v>970</v>
+        <v>990</v>
       </c>
       <c r="F869" t="s">
-        <v>977</v>
+        <v>991</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870">
-        <v>963</v>
+        <v>949</v>
       </c>
       <c r="B870" t="s">
-        <v>988</v>
+        <v>995</v>
       </c>
       <c r="C870" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D870" t="s">
-        <v>984</v>
+        <v>996</v>
       </c>
       <c r="E870" t="s">
-        <v>970</v>
+        <v>990</v>
       </c>
       <c r="F870" t="s">
-        <v>977</v>
+        <v>997</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871">
+        <v>953</v>
+      </c>
+      <c r="B871" t="s">
+        <v>998</v>
+      </c>
+      <c r="C871" t="s">
+        <v>15</v>
+      </c>
+      <c r="D871" t="s">
+        <v>996</v>
+      </c>
+      <c r="E871" t="s">
+        <v>990</v>
+      </c>
+      <c r="F871" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="872" spans="1:6">
+      <c r="A872">
+        <v>954</v>
+      </c>
+      <c r="B872" t="s">
+        <v>999</v>
+      </c>
+      <c r="C872" t="s">
+        <v>15</v>
+      </c>
+      <c r="D872" t="s">
+        <v>996</v>
+      </c>
+      <c r="E872" t="s">
+        <v>990</v>
+      </c>
+      <c r="F872" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="873" spans="1:6">
+      <c r="A873">
+        <v>955</v>
+      </c>
+      <c r="B873" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C873" t="s">
+        <v>24</v>
+      </c>
+      <c r="D873" t="s">
+        <v>996</v>
+      </c>
+      <c r="E873" t="s">
+        <v>990</v>
+      </c>
+      <c r="F873" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="874" spans="1:6">
+      <c r="A874">
+        <v>956</v>
+      </c>
+      <c r="B874" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C874" t="s">
+        <v>15</v>
+      </c>
+      <c r="D874" t="s">
+        <v>996</v>
+      </c>
+      <c r="E874" t="s">
+        <v>990</v>
+      </c>
+      <c r="F874" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="875" spans="1:6">
+      <c r="A875">
+        <v>957</v>
+      </c>
+      <c r="B875" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C875" t="s">
+        <v>15</v>
+      </c>
+      <c r="D875" t="s">
+        <v>996</v>
+      </c>
+      <c r="E875" t="s">
+        <v>990</v>
+      </c>
+      <c r="F875" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="876" spans="1:6">
+      <c r="A876">
+        <v>958</v>
+      </c>
+      <c r="B876" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C876" t="s">
+        <v>24</v>
+      </c>
+      <c r="D876" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E876" t="s">
+        <v>990</v>
+      </c>
+      <c r="F876" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="877" spans="1:6">
+      <c r="A877">
+        <v>959</v>
+      </c>
+      <c r="B877" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C877" t="s">
+        <v>15</v>
+      </c>
+      <c r="D877" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E877" t="s">
+        <v>990</v>
+      </c>
+      <c r="F877" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="878" spans="1:6">
+      <c r="A878">
+        <v>961</v>
+      </c>
+      <c r="B878" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C878" t="s">
+        <v>15</v>
+      </c>
+      <c r="D878" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E878" t="s">
+        <v>990</v>
+      </c>
+      <c r="F878" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="879" spans="1:6">
+      <c r="A879">
+        <v>962</v>
+      </c>
+      <c r="B879" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C879" t="s">
+        <v>15</v>
+      </c>
+      <c r="D879" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E879" t="s">
+        <v>990</v>
+      </c>
+      <c r="F879" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="880" spans="1:6">
+      <c r="A880">
+        <v>963</v>
+      </c>
+      <c r="B880" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C880" t="s">
+        <v>15</v>
+      </c>
+      <c r="D880" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E880" t="s">
+        <v>990</v>
+      </c>
+      <c r="F880" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="881" spans="1:6">
+      <c r="A881">
         <v>1019</v>
       </c>
-      <c r="B871" t="s">
-[...5 lines deleted...]
-      <c r="D871" t="s">
+      <c r="B881" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C881" t="s">
+        <v>15</v>
+      </c>
+      <c r="D881" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E881" t="s">
         <v>990</v>
       </c>
-      <c r="E871" t="s">
-[...3 lines deleted...]
-        <v>971</v>
+      <c r="F881" t="s">
+        <v>991</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">