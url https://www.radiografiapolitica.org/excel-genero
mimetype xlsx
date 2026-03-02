--- v1 (2026-01-13)
+++ v2 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="genero personas" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1011">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1019">
   <si>
     <t>Metadatos</t>
   </si>
   <si>
     <t>Email contacto datos abiertos:</t>
   </si>
   <si>
     <t>info@ciudadaniaydesarrollo.org</t>
   </si>
   <si>
     <t>Autor datos abiertos:</t>
   </si>
   <si>
     <t>Fundación Ciudadanía y Desarrollo</t>
   </si>
   <si>
     <t>Licencia datos abiertos:</t>
   </si>
   <si>
     <t>Creative Commons Attribution Share-Alike 4.0 (CC-BY-SA-4.0)</t>
   </si>
   <si>
     <t>Datos</t>
   </si>
   <si>
@@ -2918,66 +2918,90 @@
   <si>
     <t>Christian Eduardo Troya Macías</t>
   </si>
   <si>
     <t>Manuel Hernán Torres Torres</t>
   </si>
   <si>
     <t>Christian Sebastian Reyes Mora</t>
   </si>
   <si>
     <t>María Belén Cadena Ramírez</t>
   </si>
   <si>
     <t>David Marcelo Rojas Cajas</t>
   </si>
   <si>
     <t>María Gabriela Centeno Apolo</t>
   </si>
   <si>
     <t>Luis Antonio Cueva Ordoñez</t>
   </si>
   <si>
     <t>María Augusta Muñoz Sánchez</t>
   </si>
   <si>
+    <t>Carla Alejandra Román Cisneros</t>
+  </si>
+  <si>
+    <t>Carlos Sebastián Garcés Vásconez</t>
+  </si>
+  <si>
+    <t>Raisa Jomaira León Muñoz</t>
+  </si>
+  <si>
+    <t>Diana Marvella Rosero Mora</t>
+  </si>
+  <si>
+    <t>Sandra Margarita Armijos Mijas</t>
+  </si>
+  <si>
+    <t>Diego Fernando Carlosama Collaguazo</t>
+  </si>
+  <si>
+    <t>Samantha Belén Carrera Sánchez</t>
+  </si>
+  <si>
     <t>David Eduardo Flores Brandt</t>
   </si>
   <si>
     <t>Delegado de la Función Ejecutiva para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
   </si>
   <si>
     <t>María Belén Toca Mena</t>
   </si>
   <si>
     <t>Delegada de la Función Ejecutiva para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
   </si>
   <si>
     <t>Daniel Caicedo de los Ríos</t>
   </si>
   <si>
     <t>Delegado de la Función Legislativa para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Jorge Armando Espinoza Espinoza</t>
   </si>
   <si>
     <t>Silvana Mariuxi Ramírez Verdezoto</t>
   </si>
   <si>
     <t>Delegada de la Función Legislativa para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
   </si>
   <si>
     <t>Santiago Cristóbal Ribadeneira Villacrés</t>
   </si>
   <si>
     <t>Delegado de la Función Judicial para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
   </si>
   <si>
     <t>Natalia de Jesús Guarnizo Condolo</t>
   </si>
   <si>
     <t>Delegada de la Función Judicial para la Comisión Ciudadana de Selección del Fiscal General del Estado.</t>
   </si>
   <si>
     <t>Tayron Michael Valarezo Eras</t>
   </si>
   <si>
     <t>Delegado de la Función Electoral para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
   </si>
@@ -3429,51 +3453,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F881"/>
+  <dimension ref="A1:F889"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F7" sqref="F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="35" customWidth="true" style="0"/>
     <col min="3" max="3" width="35" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="35" customWidth="true" style="0"/>
     <col min="6" max="6" width="35" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
@@ -20461,566 +20485,726 @@
         <v>87</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855">
         <v>1427</v>
       </c>
       <c r="B855" t="s">
         <v>967</v>
       </c>
       <c r="C855" t="s">
         <v>24</v>
       </c>
       <c r="D855" t="s">
         <v>958</v>
       </c>
       <c r="E855" t="s">
         <v>17</v>
       </c>
       <c r="F855" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856">
-        <v>1428</v>
+        <v>1448</v>
       </c>
       <c r="B856" t="s">
         <v>968</v>
       </c>
       <c r="C856" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D856" t="s">
-        <v>969</v>
+        <v>958</v>
       </c>
       <c r="E856" t="s">
         <v>17</v>
       </c>
       <c r="F856" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857">
-        <v>1429</v>
+        <v>1449</v>
       </c>
       <c r="B857" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="C857" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D857" t="s">
-        <v>971</v>
+        <v>958</v>
       </c>
       <c r="E857" t="s">
         <v>17</v>
       </c>
       <c r="F857" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858">
-        <v>1430</v>
+        <v>1450</v>
       </c>
       <c r="B858" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
       <c r="C858" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D858" t="s">
-        <v>973</v>
+        <v>958</v>
       </c>
       <c r="E858" t="s">
         <v>17</v>
       </c>
       <c r="F858" t="s">
-        <v>28</v>
+        <v>87</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859">
-        <v>1431</v>
+        <v>1452</v>
       </c>
       <c r="B859" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="C859" t="s">
         <v>24</v>
       </c>
       <c r="D859" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="E859" t="s">
         <v>17</v>
       </c>
       <c r="F859" t="s">
-        <v>28</v>
+        <v>87</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860">
-        <v>1432</v>
+        <v>1453</v>
       </c>
       <c r="B860" t="s">
-        <v>976</v>
+        <v>972</v>
       </c>
       <c r="C860" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D860" t="s">
-        <v>977</v>
+        <v>958</v>
       </c>
       <c r="E860" t="s">
         <v>17</v>
       </c>
       <c r="F860" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861">
-        <v>1433</v>
+        <v>1454</v>
       </c>
       <c r="B861" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="C861" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D861" t="s">
-        <v>979</v>
+        <v>958</v>
       </c>
       <c r="E861" t="s">
         <v>17</v>
       </c>
       <c r="F861" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862">
-        <v>1434</v>
+        <v>1456</v>
       </c>
       <c r="B862" t="s">
-        <v>980</v>
+        <v>974</v>
       </c>
       <c r="C862" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D862" t="s">
-        <v>981</v>
+        <v>958</v>
       </c>
       <c r="E862" t="s">
         <v>17</v>
       </c>
       <c r="F862" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863">
-        <v>1435</v>
+        <v>1428</v>
       </c>
       <c r="B863" t="s">
-        <v>982</v>
+        <v>975</v>
       </c>
       <c r="C863" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D863" t="s">
-        <v>983</v>
+        <v>976</v>
       </c>
       <c r="E863" t="s">
         <v>17</v>
       </c>
       <c r="F863" t="s">
-        <v>93</v>
+        <v>18</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864">
-        <v>1436</v>
+        <v>1429</v>
       </c>
       <c r="B864" t="s">
-        <v>984</v>
+        <v>977</v>
       </c>
       <c r="C864" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D864" t="s">
-        <v>985</v>
+        <v>978</v>
       </c>
       <c r="E864" t="s">
         <v>17</v>
       </c>
       <c r="F864" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865">
-        <v>1437</v>
+        <v>1430</v>
       </c>
       <c r="B865" t="s">
-        <v>986</v>
+        <v>979</v>
       </c>
       <c r="C865" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D865" t="s">
-        <v>987</v>
+        <v>980</v>
       </c>
       <c r="E865" t="s">
         <v>17</v>
       </c>
       <c r="F865" t="s">
-        <v>79</v>
+        <v>28</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866">
-        <v>225</v>
+        <v>1455</v>
       </c>
       <c r="B866" t="s">
-        <v>988</v>
+        <v>981</v>
       </c>
       <c r="C866" t="s">
         <v>15</v>
       </c>
       <c r="D866" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="E866" t="s">
-        <v>990</v>
+        <v>17</v>
       </c>
       <c r="F866" t="s">
-        <v>991</v>
+        <v>28</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867">
-        <v>226</v>
+        <v>1431</v>
       </c>
       <c r="B867" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="C867" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D867" t="s">
-        <v>989</v>
+        <v>983</v>
       </c>
       <c r="E867" t="s">
-        <v>990</v>
+        <v>17</v>
       </c>
       <c r="F867" t="s">
-        <v>991</v>
+        <v>28</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868">
-        <v>397</v>
+        <v>1432</v>
       </c>
       <c r="B868" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="C868" t="s">
         <v>15</v>
       </c>
       <c r="D868" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="E868" t="s">
-        <v>990</v>
+        <v>17</v>
       </c>
       <c r="F868" t="s">
-        <v>991</v>
+        <v>87</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869">
-        <v>1021</v>
+        <v>1433</v>
       </c>
       <c r="B869" t="s">
-        <v>994</v>
+        <v>986</v>
       </c>
       <c r="C869" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D869" t="s">
-        <v>989</v>
+        <v>987</v>
       </c>
       <c r="E869" t="s">
-        <v>990</v>
+        <v>17</v>
       </c>
       <c r="F869" t="s">
-        <v>991</v>
+        <v>87</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870">
-        <v>949</v>
+        <v>1434</v>
       </c>
       <c r="B870" t="s">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="C870" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D870" t="s">
-        <v>996</v>
+        <v>989</v>
       </c>
       <c r="E870" t="s">
-        <v>990</v>
+        <v>17</v>
       </c>
       <c r="F870" t="s">
-        <v>997</v>
+        <v>93</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871">
-        <v>953</v>
+        <v>1435</v>
       </c>
       <c r="B871" t="s">
-        <v>998</v>
+        <v>990</v>
       </c>
       <c r="C871" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D871" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="E871" t="s">
-        <v>990</v>
+        <v>17</v>
       </c>
       <c r="F871" t="s">
-        <v>997</v>
+        <v>93</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872">
-        <v>954</v>
+        <v>1436</v>
       </c>
       <c r="B872" t="s">
-        <v>999</v>
+        <v>992</v>
       </c>
       <c r="C872" t="s">
         <v>15</v>
       </c>
       <c r="D872" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="E872" t="s">
-        <v>990</v>
+        <v>17</v>
       </c>
       <c r="F872" t="s">
-        <v>997</v>
+        <v>79</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873">
-        <v>955</v>
+        <v>1437</v>
       </c>
       <c r="B873" t="s">
-        <v>1000</v>
+        <v>994</v>
       </c>
       <c r="C873" t="s">
         <v>24</v>
       </c>
       <c r="D873" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
       <c r="E873" t="s">
-        <v>990</v>
+        <v>17</v>
       </c>
       <c r="F873" t="s">
-        <v>997</v>
+        <v>79</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874">
-        <v>956</v>
+        <v>225</v>
       </c>
       <c r="B874" t="s">
-        <v>1001</v>
+        <v>996</v>
       </c>
       <c r="C874" t="s">
         <v>15</v>
       </c>
       <c r="D874" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="E874" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="F874" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875">
-        <v>957</v>
+        <v>226</v>
       </c>
       <c r="B875" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
       <c r="C875" t="s">
         <v>15</v>
       </c>
       <c r="D875" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="E875" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="F875" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876">
-        <v>958</v>
+        <v>397</v>
       </c>
       <c r="B876" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
       <c r="C876" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D876" t="s">
-        <v>1004</v>
+        <v>997</v>
       </c>
       <c r="E876" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="F876" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877">
-        <v>959</v>
+        <v>1021</v>
       </c>
       <c r="B877" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="C877" t="s">
         <v>15</v>
       </c>
       <c r="D877" t="s">
-        <v>1004</v>
+        <v>997</v>
       </c>
       <c r="E877" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="F877" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878">
-        <v>961</v>
+        <v>949</v>
       </c>
       <c r="B878" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="C878" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D878" t="s">
         <v>1004</v>
       </c>
       <c r="E878" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="F878" t="s">
-        <v>997</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879">
-        <v>962</v>
+        <v>953</v>
       </c>
       <c r="B879" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
       <c r="C879" t="s">
         <v>15</v>
       </c>
       <c r="D879" t="s">
         <v>1004</v>
       </c>
       <c r="E879" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="F879" t="s">
-        <v>997</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880">
-        <v>963</v>
+        <v>954</v>
       </c>
       <c r="B880" t="s">
-        <v>1008</v>
+        <v>1007</v>
       </c>
       <c r="C880" t="s">
         <v>15</v>
       </c>
       <c r="D880" t="s">
         <v>1004</v>
       </c>
       <c r="E880" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="F880" t="s">
-        <v>997</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881">
+        <v>955</v>
+      </c>
+      <c r="B881" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C881" t="s">
+        <v>24</v>
+      </c>
+      <c r="D881" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E881" t="s">
+        <v>998</v>
+      </c>
+      <c r="F881" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="882" spans="1:6">
+      <c r="A882">
+        <v>956</v>
+      </c>
+      <c r="B882" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C882" t="s">
+        <v>15</v>
+      </c>
+      <c r="D882" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E882" t="s">
+        <v>998</v>
+      </c>
+      <c r="F882" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="883" spans="1:6">
+      <c r="A883">
+        <v>957</v>
+      </c>
+      <c r="B883" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C883" t="s">
+        <v>15</v>
+      </c>
+      <c r="D883" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E883" t="s">
+        <v>998</v>
+      </c>
+      <c r="F883" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="884" spans="1:6">
+      <c r="A884">
+        <v>958</v>
+      </c>
+      <c r="B884" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C884" t="s">
+        <v>24</v>
+      </c>
+      <c r="D884" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E884" t="s">
+        <v>998</v>
+      </c>
+      <c r="F884" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="885" spans="1:6">
+      <c r="A885">
+        <v>959</v>
+      </c>
+      <c r="B885" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C885" t="s">
+        <v>15</v>
+      </c>
+      <c r="D885" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E885" t="s">
+        <v>998</v>
+      </c>
+      <c r="F885" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="886" spans="1:6">
+      <c r="A886">
+        <v>961</v>
+      </c>
+      <c r="B886" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C886" t="s">
+        <v>15</v>
+      </c>
+      <c r="D886" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E886" t="s">
+        <v>998</v>
+      </c>
+      <c r="F886" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="887" spans="1:6">
+      <c r="A887">
+        <v>962</v>
+      </c>
+      <c r="B887" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C887" t="s">
+        <v>15</v>
+      </c>
+      <c r="D887" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E887" t="s">
+        <v>998</v>
+      </c>
+      <c r="F887" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="888" spans="1:6">
+      <c r="A888">
+        <v>963</v>
+      </c>
+      <c r="B888" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C888" t="s">
+        <v>15</v>
+      </c>
+      <c r="D888" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E888" t="s">
+        <v>998</v>
+      </c>
+      <c r="F888" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="889" spans="1:6">
+      <c r="A889">
         <v>1019</v>
       </c>
-      <c r="B881" t="s">
-[...12 lines deleted...]
-        <v>991</v>
+      <c r="B889" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C889" t="s">
+        <v>15</v>
+      </c>
+      <c r="D889" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E889" t="s">
+        <v>998</v>
+      </c>
+      <c r="F889" t="s">
+        <v>999</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">